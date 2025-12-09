--- v0 (2025-10-08)
+++ v1 (2025-12-09)
@@ -19,106 +19,108 @@
   <Override PartName="/xl/worksheets/sheet10.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet11.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet12.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet13.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet14.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet15.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet16.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet17.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet18.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet19.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet20.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet21.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet22.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet23.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet24.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet25.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet26.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet27.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet28.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet29.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet30.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet31.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet32.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet33.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet34.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet35.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rce9a895af1c640b9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7366acf746a44b1faf4951c744348723.psmdcp" Id="R6f23e702f17e47ae" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6c6cdccff14443dd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/4de2168bea554ade9666423a326fbf73.psmdcp" Id="R3259931bea22498c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="19X" sheetId="2" r:id="rId2"/>
     <x:sheet name="22" sheetId="3" r:id="rId3"/>
     <x:sheet name="28 East Shore Express" sheetId="4" r:id="rId4"/>
     <x:sheet name="50" sheetId="5" r:id="rId5"/>
-    <x:sheet name="55" sheetId="6" r:id="rId6"/>
-[...28 lines deleted...]
-    <x:sheet name="TTD Demand Response" sheetId="35" r:id="rId35"/>
+    <x:sheet name="51" sheetId="6" r:id="rId6"/>
+    <x:sheet name="55" sheetId="7" r:id="rId7"/>
+    <x:sheet name="HWY 267" sheetId="8" r:id="rId8"/>
+    <x:sheet name="HWY 89" sheetId="9" r:id="rId9"/>
+    <x:sheet name="Lake Link Zone 1" sheetId="10" r:id="rId10"/>
+    <x:sheet name="Mainline Nevada" sheetId="11" r:id="rId11"/>
+    <x:sheet name="Mainline North Shore" sheetId="12" r:id="rId12"/>
+    <x:sheet name="Mainline West Shore" sheetId="13" r:id="rId13"/>
+    <x:sheet name="Night Service 267" sheetId="14" r:id="rId14"/>
+    <x:sheet name="Night Service Olympic Valley..." sheetId="15" r:id="rId15"/>
+    <x:sheet name="TART ADA Paratransit" sheetId="16" r:id="rId16"/>
+    <x:sheet name="TART Connect 1 and 2" sheetId="17" r:id="rId17"/>
+    <x:sheet name="TART Connect 3" sheetId="18" r:id="rId18"/>
+    <x:sheet name="TTD ADA Paratransit" sheetId="19" r:id="rId19"/>
+    <x:sheet name="10 Orange" sheetId="20" r:id="rId20"/>
+    <x:sheet name="11 Green" sheetId="21" r:id="rId21"/>
+    <x:sheet name="12 Red" sheetId="22" r:id="rId22"/>
+    <x:sheet name="13 Yellow" sheetId="23" r:id="rId23"/>
+    <x:sheet name="14 Purple" sheetId="24" r:id="rId24"/>
+    <x:sheet name="15 Blue" sheetId="25" r:id="rId25"/>
+    <x:sheet name="18X" sheetId="26" r:id="rId26"/>
+    <x:sheet name="20X" sheetId="27" r:id="rId27"/>
+    <x:sheet name="21x" sheetId="28" r:id="rId28"/>
+    <x:sheet name="23" sheetId="29" r:id="rId29"/>
+    <x:sheet name="30 Emerald Bay Trolley" sheetId="30" r:id="rId30"/>
+    <x:sheet name="53" sheetId="31" r:id="rId31"/>
+    <x:sheet name="53 Late Night" sheetId="32" r:id="rId32"/>
+    <x:sheet name="Night Service 89" sheetId="33" r:id="rId33"/>
+    <x:sheet name="TART Connect 1" sheetId="34" r:id="rId34"/>
+    <x:sheet name="TART Connect 2" sheetId="35" r:id="rId35"/>
+    <x:sheet name="TTD Demand Response" sheetId="36" r:id="rId36"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="70" uniqueCount="70">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="71" uniqueCount="71">
   <x:si>
     <x:t>Annual Ridership Report for Route 19X</x:t>
   </x:si>
   <x:si>
     <x:t>2023 - 2024</x:t>
   </x:si>
   <x:si>
     <x:t>2022 - 2023</x:t>
   </x:si>
   <x:si>
     <x:t>2021 - 2022</x:t>
   </x:si>
   <x:si>
     <x:t>2020 - 2021</x:t>
   </x:si>
   <x:si>
     <x:t>2019 - 2020</x:t>
   </x:si>
   <x:si>
     <x:t>2018 - 2019</x:t>
   </x:si>
   <x:si>
     <x:t>2017 - 2018</x:t>
   </x:si>
   <x:si>
@@ -194,50 +196,53 @@
     <x:t>h) Average On-Time Performance (Number of Trips On-Time)</x:t>
   </x:si>
   <x:si>
     <x:t>i) Average On-Time Performance (Number of Trips Late)</x:t>
   </x:si>
   <x:si>
     <x:t>j) Average On-Time Performance (Number of Trips Early)</x:t>
   </x:si>
   <x:si>
     <x:t>k) Vehicle Requirement (Number of Peak Vehicles on Route)</x:t>
   </x:si>
   <x:si>
     <x:t>l) Average Deadhead Hours</x:t>
   </x:si>
   <x:si>
     <x:t>m) Average Deadhead Miles</x:t>
   </x:si>
   <x:si>
     <x:t>Annual Ridership Report for Route 22</x:t>
   </x:si>
   <x:si>
     <x:t>Annual Ridership Report for Route 28 East Shore Express</x:t>
   </x:si>
   <x:si>
     <x:t>Annual Ridership Report for Route 50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Annual Ridership Report for Route 51</x:t>
   </x:si>
   <x:si>
     <x:t>Annual Ridership Report for Route 55</x:t>
   </x:si>
   <x:si>
     <x:t>Annual Ridership Report for Route HWY 267</x:t>
   </x:si>
   <x:si>
     <x:t>Annual Ridership Report for Route HWY 89</x:t>
   </x:si>
   <x:si>
     <x:t>Annual Ridership Report for Route Lake Link Zone 1</x:t>
   </x:si>
   <x:si>
     <x:t>Annual Ridership Report for Route Mainline Nevada</x:t>
   </x:si>
   <x:si>
     <x:t>Annual Ridership Report for Route Mainline North Shore</x:t>
   </x:si>
   <x:si>
     <x:t>Annual Ridership Report for Route Mainline West Shore</x:t>
   </x:si>
   <x:si>
     <x:t>Annual Ridership Report for Route Night Service 267</x:t>
   </x:si>
@@ -380,51 +385,51 @@
   </x:cellStyleXfs>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="rId36" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rId37" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet3.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet4.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet5.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet6.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet7.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet8.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet9.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet10.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet11.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet12.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet13.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet14.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet15.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet16.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet17.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet18.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet19.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet20.xml" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet21.xml" Id="rId22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet22.xml" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet23.xml" Id="rId24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet24.xml" Id="rId25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet25.xml" Id="rId26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet26.xml" Id="rId27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet27.xml" Id="rId28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet28.xml" Id="rId29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet29.xml" Id="rId30" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet30.xml" Id="rId31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet31.xml" Id="rId32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet32.xml" Id="rId33" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet33.xml" Id="rId34" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet34.xml" Id="rId35" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/xl/theme/theme1.xml" Id="rId39" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="rId37" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rId38" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet3.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet4.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet5.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet6.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet7.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet8.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet9.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet10.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet11.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet12.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet13.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet14.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet15.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet16.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet17.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet18.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet19.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet20.xml" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet21.xml" Id="rId22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet22.xml" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet23.xml" Id="rId24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet24.xml" Id="rId25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet25.xml" Id="rId26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet26.xml" Id="rId27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet27.xml" Id="rId28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet28.xml" Id="rId29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet29.xml" Id="rId30" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet30.xml" Id="rId31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet31.xml" Id="rId32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet32.xml" Id="rId33" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet33.xml" Id="rId34" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet34.xml" Id="rId35" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet35.xml" Id="rId36" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/xl/theme/theme1.xml" Id="rId40" /></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -1481,230 +1486,246 @@
   </x:sheetData>
   <x:mergeCells count="9">
     <x:mergeCell ref="A1:O1"/>
     <x:mergeCell ref="B8:D8"/>
     <x:mergeCell ref="E8:G8"/>
     <x:mergeCell ref="H8:J8"/>
     <x:mergeCell ref="K8:M8"/>
     <x:mergeCell ref="N8:P8"/>
     <x:mergeCell ref="Q8:S8"/>
     <x:mergeCell ref="T8:V8"/>
     <x:mergeCell ref="W8:Y8"/>
   </x:mergeCells>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:S22"/>
+  <x:dimension ref="A1:V22"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="54.790625" style="0" customWidth="1"/>
-    <x:col min="2" max="7" width="11.920625" style="0" customWidth="1"/>
-    <x:col min="8" max="8" width="10.000625" style="0" customWidth="1"/>
+    <x:col min="2" max="8" width="11.920625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="9.610625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.230625" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="10.000625" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="9.610625" style="0" customWidth="1"/>
     <x:col min="13" max="13" width="8.230625" style="0" customWidth="1"/>
     <x:col min="14" max="14" width="10.000625" style="0" customWidth="1"/>
     <x:col min="15" max="15" width="9.610625" style="0" customWidth="1"/>
     <x:col min="16" max="16" width="8.230625" style="0" customWidth="1"/>
     <x:col min="17" max="17" width="10.000625" style="0" customWidth="1"/>
     <x:col min="18" max="18" width="9.610625" style="0" customWidth="1"/>
     <x:col min="19" max="19" width="8.230625" style="0" customWidth="1"/>
+    <x:col min="20" max="20" width="10.000625" style="0" customWidth="1"/>
+    <x:col min="21" max="21" width="9.610625" style="0" customWidth="1"/>
+    <x:col min="22" max="22" width="8.230625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
-    <x:row r="1" spans="1:19">
+    <x:row r="1" spans="1:22">
       <x:c r="A1" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B1" s="1" t="s"/>
       <x:c r="C1" s="1" t="s"/>
       <x:c r="D1" s="1" t="s"/>
       <x:c r="E1" s="1" t="s"/>
       <x:c r="F1" s="1" t="s"/>
       <x:c r="G1" s="1" t="s"/>
       <x:c r="H1" s="1" t="s"/>
       <x:c r="I1" s="1" t="s"/>
       <x:c r="J1" s="1" t="s"/>
       <x:c r="K1" s="1" t="s"/>
       <x:c r="L1" s="1" t="s"/>
       <x:c r="M1" s="1" t="s"/>
       <x:c r="N1" s="1" t="s"/>
       <x:c r="O1" s="1" t="s"/>
     </x:row>
-    <x:row r="2" spans="1:19">
+    <x:row r="2" spans="1:22">
       <x:c r="B2" s="2" t="s">
-        <x:v>2</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="C2" s="2" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="D2" s="2" t="s">
         <x:v>3</x:v>
       </x:c>
-      <x:c r="D2" s="2" t="s">
+      <x:c r="E2" s="2" t="s">
         <x:v>4</x:v>
       </x:c>
-      <x:c r="E2" s="2" t="s">
+      <x:c r="F2" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
-      <x:c r="F2" s="2" t="s">
+      <x:c r="G2" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
-      <x:c r="G2" s="2" t="s">
+      <x:c r="H2" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
     </x:row>
-    <x:row r="3" spans="1:19">
+    <x:row r="3" spans="1:22">
       <x:c r="A3" s="3" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B3" s="0" t="n">
-        <x:v>4994</x:v>
+        <x:v>3605</x:v>
       </x:c>
       <x:c r="C3" s="0" t="n">
-        <x:v>5082</x:v>
+        <x:v>4322</x:v>
       </x:c>
       <x:c r="D3" s="0" t="n">
-        <x:v>4994</x:v>
-[...2 lines deleted...]
-        <x:v>6512</x:v>
+        <x:v>4282</x:v>
       </x:c>
       <x:c r="F3" s="0" t="n">
-        <x:v>7407</x:v>
+        <x:v>4414</x:v>
       </x:c>
       <x:c r="G3" s="0" t="n">
-        <x:v>6823</x:v>
-[...2 lines deleted...]
-    <x:row r="4" spans="1:19">
+        <x:v>4205</x:v>
+      </x:c>
+      <x:c r="H3" s="0" t="n">
+        <x:v>4199</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4" spans="1:22">
       <x:c r="A4" s="3" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B4" s="0" t="n">
-        <x:v>113555</x:v>
+        <x:v>52385</x:v>
       </x:c>
       <x:c r="C4" s="0" t="n">
-        <x:v>115543</x:v>
+        <x:v>85857</x:v>
       </x:c>
       <x:c r="D4" s="0" t="n">
-        <x:v>113555</x:v>
-[...2 lines deleted...]
-        <x:v>147791</x:v>
+        <x:v>85334</x:v>
       </x:c>
       <x:c r="F4" s="0" t="n">
-        <x:v>167421</x:v>
+        <x:v>89199</x:v>
       </x:c>
       <x:c r="G4" s="0" t="n">
-        <x:v>153480</x:v>
-[...2 lines deleted...]
-    <x:row r="5" spans="1:19">
+        <x:v>91978</x:v>
+      </x:c>
+      <x:c r="H4" s="0" t="n">
+        <x:v>91560</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5" spans="1:22">
       <x:c r="A5" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B5" s="0" t="n">
-        <x:v>1027618</x:v>
+        <x:v>1103164</x:v>
       </x:c>
       <x:c r="C5" s="0" t="n">
-        <x:v>1192023</x:v>
-[...2 lines deleted...]
-        <x:v>1339507</x:v>
+        <x:v>889462</x:v>
+      </x:c>
+      <x:c r="D5" s="0" t="n">
+        <x:v>1004384</x:v>
       </x:c>
       <x:c r="F5" s="0" t="n">
-        <x:v>1258779</x:v>
+        <x:v>907927</x:v>
       </x:c>
       <x:c r="G5" s="0" t="n">
-        <x:v>1034847</x:v>
-[...2 lines deleted...]
-    <x:row r="6" spans="1:19">
+        <x:v>714657</x:v>
+      </x:c>
+      <x:c r="H5" s="0" t="n">
+        <x:v>636941</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="6" spans="1:22">
       <x:c r="A6" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B6" s="0" t="n">
-        <x:v>125278</x:v>
+        <x:v>38274</x:v>
       </x:c>
       <x:c r="C6" s="0" t="n">
-        <x:v>106417</x:v>
-[...2 lines deleted...]
-        <x:v>100328</x:v>
+        <x:v>35367</x:v>
+      </x:c>
+      <x:c r="D6" s="0" t="n">
+        <x:v>38274</x:v>
       </x:c>
       <x:c r="F6" s="0" t="n">
-        <x:v>127520</x:v>
+        <x:v>33032</x:v>
       </x:c>
       <x:c r="G6" s="0" t="n">
-        <x:v>138063</x:v>
-[...2 lines deleted...]
-    <x:row r="8" spans="1:19">
+        <x:v>54051</x:v>
+      </x:c>
+      <x:c r="H6" s="0" t="n">
+        <x:v>45980</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="8" spans="1:22">
       <x:c r="B8" s="2" t="s">
-        <x:v>14</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="C8" s="2" t="s"/>
       <x:c r="D8" s="2" t="s"/>
       <x:c r="E8" s="2" t="s">
-        <x:v>15</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="F8" s="2" t="s"/>
       <x:c r="G8" s="2" t="s"/>
       <x:c r="H8" s="2" t="s">
-        <x:v>16</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="I8" s="2" t="s"/>
       <x:c r="J8" s="2" t="s"/>
       <x:c r="K8" s="2" t="s">
-        <x:v>17</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="L8" s="2" t="s"/>
       <x:c r="M8" s="2" t="s"/>
       <x:c r="N8" s="2" t="s">
-        <x:v>18</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="O8" s="2" t="s"/>
       <x:c r="P8" s="2" t="s"/>
       <x:c r="Q8" s="2" t="s">
-        <x:v>19</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="R8" s="2" t="s"/>
       <x:c r="S8" s="2" t="s"/>
-    </x:row>
-    <x:row r="9" spans="1:19">
+      <x:c r="T8" s="2" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="U8" s="2" t="s"/>
+      <x:c r="V8" s="2" t="s"/>
+    </x:row>
+    <x:row r="9" spans="1:22">
       <x:c r="B9" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="C9" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="D9" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="E9" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F9" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="G9" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H9" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="I9" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="J9" s="2" t="s">
@@ -1715,805 +1736,837 @@
       </x:c>
       <x:c r="L9" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="M9" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="N9" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="O9" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="P9" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q9" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="R9" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="S9" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
-    </x:row>
-    <x:row r="10" spans="1:19">
+      <x:c r="T9" s="2" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="U9" s="2" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="V9" s="2" t="s">
+        <x:v>23</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="10" spans="1:22">
       <x:c r="A10" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B10" s="0" t="n">
-        <x:v>226</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C10" s="0" t="n">
-        <x:v>217</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="D10" s="0" t="n">
-        <x:v>193</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="E10" s="0" t="n">
-        <x:v>263</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="F10" s="0" t="n">
-        <x:v>261</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="G10" s="0" t="n">
-        <x:v>229</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="H10" s="0" t="n">
-        <x:v>226</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="I10" s="0" t="n">
-        <x:v>217</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="J10" s="0" t="n">
-        <x:v>193</x:v>
-[...8 lines deleted...]
-        <x:v>283</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="N10" s="0" t="n">
-        <x:v>309</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="O10" s="0" t="n">
-        <x:v>286</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="P10" s="0" t="n">
-        <x:v>293</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="Q10" s="0" t="n">
-        <x:v>330</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="R10" s="0" t="n">
-        <x:v>331</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="S10" s="0" t="n">
-        <x:v>315</x:v>
-[...2 lines deleted...]
-    <x:row r="11" spans="1:19">
+        <x:v>117</x:v>
+      </x:c>
+      <x:c r="T10" s="0" t="n">
+        <x:v>109</x:v>
+      </x:c>
+      <x:c r="U10" s="0" t="n">
+        <x:v>112</x:v>
+      </x:c>
+      <x:c r="V10" s="0" t="n">
+        <x:v>106</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="11" spans="1:22">
       <x:c r="A11" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B11" s="0" t="n">
-        <x:v>78</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="C11" s="0" t="n">
-        <x:v>72</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="D11" s="0" t="n">
-        <x:v>68</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="E11" s="0" t="n">
-        <x:v>110</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="F11" s="0" t="n">
-        <x:v>110</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="G11" s="0" t="n">
-        <x:v>97</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="H11" s="0" t="n">
-        <x:v>78</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="I11" s="0" t="n">
-        <x:v>72</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="J11" s="0" t="n">
-        <x:v>68</x:v>
-[...8 lines deleted...]
-        <x:v>109</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="N11" s="0" t="n">
-        <x:v>109</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="O11" s="0" t="n">
-        <x:v>106</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="P11" s="0" t="n">
-        <x:v>115</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="Q11" s="0" t="n">
-        <x:v>29</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="R11" s="0" t="n">
-        <x:v>122</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="S11" s="0" t="n">
-        <x:v>112</x:v>
-[...2 lines deleted...]
-    <x:row r="12" spans="1:19">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="T11" s="0" t="n">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="U11" s="0" t="n">
+        <x:v>43</x:v>
+      </x:c>
+      <x:c r="V11" s="0" t="n">
+        <x:v>41</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="12" spans="1:22">
       <x:c r="A12" s="3" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B12" s="0" t="n">
-        <x:v>74</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="C12" s="0" t="n">
-        <x:v>68</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="D12" s="0" t="n">
-        <x:v>63</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="E12" s="0" t="n">
-        <x:v>79</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="F12" s="0" t="n">
-        <x:v>79</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="G12" s="0" t="n">
-        <x:v>66</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="H12" s="0" t="n">
-        <x:v>74</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="I12" s="0" t="n">
-        <x:v>68</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="J12" s="0" t="n">
-        <x:v>63</x:v>
-[...8 lines deleted...]
-        <x:v>80</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="N12" s="0" t="n">
-        <x:v>96</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="O12" s="0" t="n">
-        <x:v>86</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="P12" s="0" t="n">
-        <x:v>83</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="Q12" s="0" t="n">
-        <x:v>113</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="R12" s="0" t="n">
-        <x:v>114</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="S12" s="0" t="n">
-        <x:v>96</x:v>
-[...2 lines deleted...]
-    <x:row r="13" spans="1:19">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="T12" s="0" t="n">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="U12" s="0" t="n">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="V12" s="0" t="n">
+        <x:v>29</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="13" spans="1:22">
       <x:c r="A13" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B13" s="0" t="n">
-        <x:v>70</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="C13" s="0" t="n">
-        <x:v>84</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="D13" s="0" t="n">
-        <x:v>82</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="E13" s="0" t="n">
-        <x:v>75</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="F13" s="0" t="n">
-        <x:v>72</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="G13" s="0" t="n">
-        <x:v>65</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="H13" s="0" t="n">
-        <x:v>70</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="I13" s="0" t="n">
-        <x:v>84</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="J13" s="0" t="n">
-        <x:v>82</x:v>
-[...8 lines deleted...]
-        <x:v>92</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="N13" s="0" t="n">
-        <x:v>103</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="O13" s="0" t="n">
-        <x:v>94</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="P13" s="0" t="n">
-        <x:v>95</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="Q13" s="0" t="n">
-        <x:v>111</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="R13" s="0" t="n">
-        <x:v>109</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="S13" s="0" t="n">
-        <x:v>104</x:v>
-[...2 lines deleted...]
-    <x:row r="14" spans="1:19">
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="T13" s="0" t="n">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="U13" s="0" t="n">
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="V13" s="0" t="n">
+        <x:v>33</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="14" spans="1:22">
       <x:c r="A14" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
     </x:row>
-    <x:row r="15" spans="1:19">
+    <x:row r="15" spans="1:22">
       <x:c r="A15" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B15" s="0" t="n">
-        <x:v>14</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="C15" s="0" t="n">
-        <x:v>14</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="D15" s="0" t="n">
-        <x:v>20</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="E15" s="0" t="n">
-        <x:v>14</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="F15" s="0" t="n">
-        <x:v>14</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="G15" s="0" t="n">
-        <x:v>14</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="H15" s="0" t="n">
-        <x:v>14</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="I15" s="0" t="n">
-        <x:v>14</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="J15" s="0" t="n">
-        <x:v>20</x:v>
-[...8 lines deleted...]
-        <x:v>20</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="N15" s="0" t="n">
-        <x:v>20</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="O15" s="0" t="n">
-        <x:v>20</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="P15" s="0" t="n">
-        <x:v>20</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="Q15" s="0" t="n">
-        <x:v>19</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="R15" s="0" t="n">
-        <x:v>19</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="S15" s="0" t="n">
-        <x:v>19</x:v>
-[...2 lines deleted...]
-    <x:row r="16" spans="1:19">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="T15" s="0" t="n">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="U15" s="0" t="n">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="V15" s="0" t="n">
+        <x:v>12</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="16" spans="1:22">
       <x:c r="A16" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B16" s="0" t="n">
-        <x:v>311</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="C16" s="0" t="n">
-        <x:v>459</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="D16" s="0" t="n">
-        <x:v>459</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="E16" s="0" t="n">
-        <x:v>317</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="F16" s="0" t="n">
-        <x:v>317</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="G16" s="0" t="n">
-        <x:v>317</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="H16" s="0" t="n">
-        <x:v>311</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="I16" s="0" t="n">
-        <x:v>459</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="J16" s="0" t="n">
-        <x:v>459</x:v>
-[...8 lines deleted...]
-        <x:v>459</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="N16" s="0" t="n">
-        <x:v>459</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="O16" s="0" t="n">
-        <x:v>459</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="P16" s="0" t="n">
-        <x:v>459</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="Q16" s="0" t="n">
-        <x:v>420</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="R16" s="0" t="n">
-        <x:v>420</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="S16" s="0" t="n">
-        <x:v>420</x:v>
-[...2 lines deleted...]
-    <x:row r="17" spans="1:19">
+        <x:v>252</x:v>
+      </x:c>
+      <x:c r="T16" s="0" t="n">
+        <x:v>251</x:v>
+      </x:c>
+      <x:c r="U16" s="0" t="n">
+        <x:v>251</x:v>
+      </x:c>
+      <x:c r="V16" s="0" t="n">
+        <x:v>251</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="17" spans="1:22">
       <x:c r="A17" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
-    <x:row r="18" spans="1:19">
+    <x:row r="18" spans="1:22">
       <x:c r="A18" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
-    <x:row r="19" spans="1:19">
+    <x:row r="19" spans="1:22">
       <x:c r="A19" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
-    <x:row r="20" spans="1:19">
+    <x:row r="20" spans="1:22">
       <x:c r="A20" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B20" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C20" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D20" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="E20" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="F20" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="G20" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="H20" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="I20" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="J20" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
-      <x:c r="K20" s="0" t="n">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="N20" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="O20" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="P20" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="Q20" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="R20" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="S20" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
-    </x:row>
-    <x:row r="21" spans="1:19">
+      <x:c r="T20" s="0" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="U20" s="0" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="V20" s="0" t="n">
+        <x:v>2</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="21" spans="1:22">
       <x:c r="A21" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B21" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="C21" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="D21" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="E21" s="0" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F21" s="0" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="G21" s="0" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H21" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="I21" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="J21" s="0" t="n">
-        <x:v>2</x:v>
-[...8 lines deleted...]
-        <x:v>2</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="N21" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="O21" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="P21" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="Q21" s="0" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="R21" s="0" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="S21" s="0" t="n">
         <x:v>1</x:v>
       </x:c>
-    </x:row>
-    <x:row r="22" spans="1:19">
+      <x:c r="T21" s="0" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="U21" s="0" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="V21" s="0" t="n">
+        <x:v>1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="22" spans="1:22">
       <x:c r="A22" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B22" s="0" t="n">
-        <x:v>60</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="C22" s="0" t="n">
-        <x:v>60</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="D22" s="0" t="n">
-        <x:v>60</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="E22" s="0" t="n">
-        <x:v>58</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="F22" s="0" t="n">
-        <x:v>58</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="G22" s="0" t="n">
-        <x:v>58</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="H22" s="0" t="n">
-        <x:v>60</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="I22" s="0" t="n">
-        <x:v>60</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="J22" s="0" t="n">
-        <x:v>60</x:v>
-[...8 lines deleted...]
-        <x:v>68</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="N22" s="0" t="n">
-        <x:v>70</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="O22" s="0" t="n">
-        <x:v>71</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="P22" s="0" t="n">
-        <x:v>71</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="Q22" s="0" t="n">
-        <x:v>50</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="R22" s="0" t="n">
-        <x:v>52</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="S22" s="0" t="n">
-        <x:v>52</x:v>
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="T22" s="0" t="n">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="U22" s="0" t="n">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="V22" s="0" t="n">
+        <x:v>31</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
-  <x:mergeCells count="7">
+  <x:mergeCells count="8">
     <x:mergeCell ref="A1:O1"/>
     <x:mergeCell ref="B8:D8"/>
     <x:mergeCell ref="E8:G8"/>
     <x:mergeCell ref="H8:J8"/>
     <x:mergeCell ref="K8:M8"/>
     <x:mergeCell ref="N8:P8"/>
     <x:mergeCell ref="Q8:S8"/>
+    <x:mergeCell ref="T8:V8"/>
   </x:mergeCells>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:S22"/>
+  <x:dimension ref="A1:V22"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="54.790625" style="0" customWidth="1"/>
-    <x:col min="2" max="7" width="11.920625" style="0" customWidth="1"/>
-    <x:col min="8" max="8" width="10.000625" style="0" customWidth="1"/>
+    <x:col min="2" max="8" width="11.920625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="9.610625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.230625" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="10.000625" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="9.610625" style="0" customWidth="1"/>
     <x:col min="13" max="13" width="8.230625" style="0" customWidth="1"/>
     <x:col min="14" max="14" width="10.000625" style="0" customWidth="1"/>
     <x:col min="15" max="15" width="9.610625" style="0" customWidth="1"/>
     <x:col min="16" max="16" width="8.230625" style="0" customWidth="1"/>
     <x:col min="17" max="17" width="10.000625" style="0" customWidth="1"/>
     <x:col min="18" max="18" width="9.610625" style="0" customWidth="1"/>
     <x:col min="19" max="19" width="8.230625" style="0" customWidth="1"/>
+    <x:col min="20" max="20" width="10.000625" style="0" customWidth="1"/>
+    <x:col min="21" max="21" width="9.610625" style="0" customWidth="1"/>
+    <x:col min="22" max="22" width="8.230625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
-    <x:row r="1" spans="1:19">
+    <x:row r="1" spans="1:22">
       <x:c r="A1" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B1" s="1" t="s"/>
       <x:c r="C1" s="1" t="s"/>
       <x:c r="D1" s="1" t="s"/>
       <x:c r="E1" s="1" t="s"/>
       <x:c r="F1" s="1" t="s"/>
       <x:c r="G1" s="1" t="s"/>
       <x:c r="H1" s="1" t="s"/>
       <x:c r="I1" s="1" t="s"/>
       <x:c r="J1" s="1" t="s"/>
       <x:c r="K1" s="1" t="s"/>
       <x:c r="L1" s="1" t="s"/>
       <x:c r="M1" s="1" t="s"/>
       <x:c r="N1" s="1" t="s"/>
       <x:c r="O1" s="1" t="s"/>
     </x:row>
-    <x:row r="2" spans="1:19">
+    <x:row r="2" spans="1:22">
       <x:c r="B2" s="2" t="s">
-        <x:v>2</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="C2" s="2" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="D2" s="2" t="s">
         <x:v>3</x:v>
       </x:c>
-      <x:c r="D2" s="2" t="s">
+      <x:c r="E2" s="2" t="s">
         <x:v>4</x:v>
       </x:c>
-      <x:c r="E2" s="2" t="s">
+      <x:c r="F2" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
-      <x:c r="F2" s="2" t="s">
+      <x:c r="G2" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
-      <x:c r="G2" s="2" t="s">
+      <x:c r="H2" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
     </x:row>
-    <x:row r="3" spans="1:19">
+    <x:row r="3" spans="1:22">
       <x:c r="A3" s="3" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B3" s="0" t="n">
-        <x:v>3972</x:v>
+        <x:v>4630</x:v>
       </x:c>
       <x:c r="C3" s="0" t="n">
-        <x:v>3787</x:v>
+        <x:v>4994</x:v>
       </x:c>
       <x:c r="D3" s="0" t="n">
-        <x:v>3972</x:v>
+        <x:v>5082</x:v>
       </x:c>
       <x:c r="E3" s="0" t="n">
-        <x:v>3972</x:v>
+        <x:v>4994</x:v>
       </x:c>
       <x:c r="F3" s="0" t="n">
-        <x:v>3946</x:v>
+        <x:v>6512</x:v>
       </x:c>
       <x:c r="G3" s="0" t="n">
-        <x:v>3954</x:v>
-[...2 lines deleted...]
-    <x:row r="4" spans="1:19">
+        <x:v>7407</x:v>
+      </x:c>
+      <x:c r="H3" s="0" t="n">
+        <x:v>6823</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4" spans="1:22">
       <x:c r="A4" s="3" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B4" s="0" t="n">
-        <x:v>84095</x:v>
+        <x:v>105097</x:v>
       </x:c>
       <x:c r="C4" s="0" t="n">
-        <x:v>79585</x:v>
+        <x:v>113555</x:v>
       </x:c>
       <x:c r="D4" s="0" t="n">
-        <x:v>84095</x:v>
+        <x:v>115543</x:v>
       </x:c>
       <x:c r="E4" s="0" t="n">
-        <x:v>84095</x:v>
+        <x:v>113555</x:v>
       </x:c>
       <x:c r="F4" s="0" t="n">
-        <x:v>83832</x:v>
+        <x:v>147791</x:v>
       </x:c>
       <x:c r="G4" s="0" t="n">
-        <x:v>84055</x:v>
-[...2 lines deleted...]
-    <x:row r="5" spans="1:19">
+        <x:v>167421</x:v>
+      </x:c>
+      <x:c r="H4" s="0" t="n">
+        <x:v>153480</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5" spans="1:22">
       <x:c r="A5" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B5" s="0" t="n">
-        <x:v>817422</x:v>
+        <x:v>1416748</x:v>
       </x:c>
       <x:c r="C5" s="0" t="n">
-        <x:v>888399</x:v>
-[...2 lines deleted...]
-        <x:v>817011</x:v>
+        <x:v>1027618</x:v>
+      </x:c>
+      <x:c r="D5" s="0" t="n">
+        <x:v>1192023</x:v>
       </x:c>
       <x:c r="F5" s="0" t="n">
-        <x:v>670524</x:v>
+        <x:v>1339507</x:v>
       </x:c>
       <x:c r="G5" s="0" t="n">
-        <x:v>599802</x:v>
-[...2 lines deleted...]
-    <x:row r="6" spans="1:19">
+        <x:v>1258779</x:v>
+      </x:c>
+      <x:c r="H5" s="0" t="n">
+        <x:v>1034847</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="6" spans="1:22">
       <x:c r="A6" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B6" s="0" t="n">
-        <x:v>28022</x:v>
+        <x:v>106417</x:v>
       </x:c>
       <x:c r="C6" s="0" t="n">
-        <x:v>19637</x:v>
-[...2 lines deleted...]
-        <x:v>28903</x:v>
+        <x:v>125278</x:v>
+      </x:c>
+      <x:c r="D6" s="0" t="n">
+        <x:v>106417</x:v>
       </x:c>
       <x:c r="F6" s="0" t="n">
-        <x:v>40021</x:v>
+        <x:v>100328</x:v>
       </x:c>
       <x:c r="G6" s="0" t="n">
-        <x:v>40353</x:v>
-[...2 lines deleted...]
-    <x:row r="8" spans="1:19">
+        <x:v>127520</x:v>
+      </x:c>
+      <x:c r="H6" s="0" t="n">
+        <x:v>138063</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="8" spans="1:22">
       <x:c r="B8" s="2" t="s">
-        <x:v>14</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="C8" s="2" t="s"/>
       <x:c r="D8" s="2" t="s"/>
       <x:c r="E8" s="2" t="s">
-        <x:v>15</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="F8" s="2" t="s"/>
       <x:c r="G8" s="2" t="s"/>
       <x:c r="H8" s="2" t="s">
-        <x:v>16</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="I8" s="2" t="s"/>
       <x:c r="J8" s="2" t="s"/>
       <x:c r="K8" s="2" t="s">
-        <x:v>17</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="L8" s="2" t="s"/>
       <x:c r="M8" s="2" t="s"/>
       <x:c r="N8" s="2" t="s">
-        <x:v>18</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="O8" s="2" t="s"/>
       <x:c r="P8" s="2" t="s"/>
       <x:c r="Q8" s="2" t="s">
-        <x:v>19</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="R8" s="2" t="s"/>
       <x:c r="S8" s="2" t="s"/>
-    </x:row>
-    <x:row r="9" spans="1:19">
+      <x:c r="T8" s="2" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="U8" s="2" t="s"/>
+      <x:c r="V8" s="2" t="s"/>
+    </x:row>
+    <x:row r="9" spans="1:22">
       <x:c r="B9" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="C9" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="D9" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="E9" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F9" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="G9" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H9" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="I9" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="J9" s="2" t="s">
@@ -2524,736 +2577,918 @@
       </x:c>
       <x:c r="L9" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="M9" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="N9" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="O9" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="P9" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q9" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="R9" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="S9" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
-    </x:row>
-    <x:row r="10" spans="1:19">
+      <x:c r="T9" s="2" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="U9" s="2" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="V9" s="2" t="s">
+        <x:v>23</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="10" spans="1:22">
       <x:c r="A10" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B10" s="0" t="n">
-        <x:v>92</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="C10" s="0" t="n">
-        <x:v>87</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="D10" s="0" t="n">
-        <x:v>78</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="E10" s="0" t="n">
-        <x:v>48</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="F10" s="0" t="n">
-        <x:v>50</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="G10" s="0" t="n">
-        <x:v>46</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="H10" s="0" t="n">
-        <x:v>92</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="I10" s="0" t="n">
-        <x:v>87</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="J10" s="0" t="n">
-        <x:v>78</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="K10" s="0" t="n">
-        <x:v>92</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="L10" s="0" t="n">
-        <x:v>87</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="M10" s="0" t="n">
-        <x:v>78</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="N10" s="0" t="n">
-        <x:v>95</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="O10" s="0" t="n">
-        <x:v>96</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="P10" s="0" t="n">
-        <x:v>94</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="Q10" s="0" t="n">
-        <x:v>94</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="R10" s="0" t="n">
-        <x:v>102</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="S10" s="0" t="n">
-        <x:v>98</x:v>
-[...2 lines deleted...]
-    <x:row r="11" spans="1:19">
+        <x:v>293</x:v>
+      </x:c>
+      <x:c r="T10" s="0" t="n">
+        <x:v>330</x:v>
+      </x:c>
+      <x:c r="U10" s="0" t="n">
+        <x:v>331</x:v>
+      </x:c>
+      <x:c r="V10" s="0" t="n">
+        <x:v>315</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="11" spans="1:22">
       <x:c r="A11" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B11" s="0" t="n">
-        <x:v>13</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="C11" s="0" t="n">
-        <x:v>52</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="D11" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="E11" s="0" t="n">
-        <x:v>17</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="F11" s="0" t="n">
-        <x:v>52</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="G11" s="0" t="n">
-        <x:v>16</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="H11" s="0" t="n">
-        <x:v>13</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="I11" s="0" t="n">
-        <x:v>52</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="J11" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="K11" s="0" t="n">
-        <x:v>27</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="L11" s="0" t="n">
-        <x:v>52</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="M11" s="0" t="n">
-        <x:v>26</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="N11" s="0" t="n">
-        <x:v>30</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="O11" s="0" t="n">
-        <x:v>52</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="P11" s="0" t="n">
-        <x:v>30</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="Q11" s="0" t="n">
+        <x:v>109</x:v>
+      </x:c>
+      <x:c r="R11" s="0" t="n">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="S11" s="0" t="n">
+        <x:v>115</x:v>
+      </x:c>
+      <x:c r="T11" s="0" t="n">
         <x:v>29</x:v>
       </x:c>
-      <x:c r="R11" s="0" t="n">
-[...6 lines deleted...]
-    <x:row r="12" spans="1:19">
+      <x:c r="U11" s="0" t="n">
+        <x:v>122</x:v>
+      </x:c>
+      <x:c r="V11" s="0" t="n">
+        <x:v>112</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="12" spans="1:22">
       <x:c r="A12" s="3" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B12" s="0" t="n">
-        <x:v>19</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C12" s="0" t="n">
-        <x:v>21</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="D12" s="0" t="n">
-        <x:v>19</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="E12" s="0" t="n">
-        <x:v>14</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="F12" s="0" t="n">
-        <x:v>15</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="G12" s="0" t="n">
-        <x:v>15</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="H12" s="0" t="n">
-        <x:v>19</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="I12" s="0" t="n">
-        <x:v>21</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="J12" s="0" t="n">
-        <x:v>19</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="K12" s="0" t="n">
-        <x:v>28</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L12" s="0" t="n">
-        <x:v>24</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="M12" s="0" t="n">
-        <x:v>22</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="N12" s="0" t="n">
-        <x:v>27</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="O12" s="0" t="n">
-        <x:v>25</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="P12" s="0" t="n">
-        <x:v>26</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="Q12" s="0" t="n">
-        <x:v>33</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="R12" s="0" t="n">
-        <x:v>32</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="S12" s="0" t="n">
-        <x:v>30</x:v>
-[...2 lines deleted...]
-    <x:row r="13" spans="1:19">
+        <x:v>83</x:v>
+      </x:c>
+      <x:c r="T12" s="0" t="n">
+        <x:v>113</x:v>
+      </x:c>
+      <x:c r="U12" s="0" t="n">
+        <x:v>114</x:v>
+      </x:c>
+      <x:c r="V12" s="0" t="n">
+        <x:v>96</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="13" spans="1:22">
       <x:c r="A13" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B13" s="0" t="n">
-        <x:v>17</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C13" s="0" t="n">
-        <x:v>20</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="D13" s="0" t="n">
-        <x:v>18</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="E13" s="0" t="n">
-        <x:v>16</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="F13" s="0" t="n">
-        <x:v>19</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="G13" s="0" t="n">
-        <x:v>15</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="H13" s="0" t="n">
-        <x:v>17</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="I13" s="0" t="n">
-        <x:v>20</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="J13" s="0" t="n">
-        <x:v>18</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="K13" s="0" t="n">
-        <x:v>38</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="L13" s="0" t="n">
-        <x:v>32</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="M13" s="0" t="n">
-        <x:v>30</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="N13" s="0" t="n">
-        <x:v>39</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="O13" s="0" t="n">
-        <x:v>39</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="P13" s="0" t="n">
-        <x:v>38</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="Q13" s="0" t="n">
-        <x:v>38</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="R13" s="0" t="n">
-        <x:v>39</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="S13" s="0" t="n">
-        <x:v>37</x:v>
-[...2 lines deleted...]
-    <x:row r="14" spans="1:19">
+        <x:v>95</x:v>
+      </x:c>
+      <x:c r="T13" s="0" t="n">
+        <x:v>111</x:v>
+      </x:c>
+      <x:c r="U13" s="0" t="n">
+        <x:v>109</x:v>
+      </x:c>
+      <x:c r="V13" s="0" t="n">
+        <x:v>104</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="14" spans="1:22">
       <x:c r="A14" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
     </x:row>
-    <x:row r="15" spans="1:19">
+    <x:row r="15" spans="1:22">
       <x:c r="A15" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B15" s="0" t="n">
-        <x:v>11</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="C15" s="0" t="n">
-        <x:v>11</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="D15" s="0" t="n">
-        <x:v>11</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E15" s="0" t="n">
-        <x:v>10</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="F15" s="0" t="n">
-        <x:v>10</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="G15" s="0" t="n">
-        <x:v>10</x:v>
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H15" s="0" t="n">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="I15" s="0" t="n">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="J15" s="0" t="n">
+        <x:v>14</x:v>
       </x:c>
       <x:c r="K15" s="0" t="n">
-        <x:v>11</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="L15" s="0" t="n">
-        <x:v>11</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="M15" s="0" t="n">
-        <x:v>11</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="N15" s="0" t="n">
-        <x:v>11</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="O15" s="0" t="n">
-        <x:v>11</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="P15" s="0" t="n">
-        <x:v>11</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="Q15" s="0" t="n">
-        <x:v>11</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="R15" s="0" t="n">
-        <x:v>11</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="S15" s="0" t="n">
-        <x:v>11</x:v>
-[...2 lines deleted...]
-    <x:row r="16" spans="1:19">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="T15" s="0" t="n">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="U15" s="0" t="n">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="V15" s="0" t="n">
+        <x:v>19</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="16" spans="1:22">
       <x:c r="A16" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B16" s="0" t="n">
-        <x:v>230</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="C16" s="0" t="n">
-        <x:v>230</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="D16" s="0" t="n">
-        <x:v>230</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="E16" s="0" t="n">
-        <x:v>218</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="F16" s="0" t="n">
-        <x:v>218</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="G16" s="0" t="n">
-        <x:v>218</x:v>
+        <x:v>459</x:v>
+      </x:c>
+      <x:c r="H16" s="0" t="n">
+        <x:v>317</x:v>
+      </x:c>
+      <x:c r="I16" s="0" t="n">
+        <x:v>317</x:v>
+      </x:c>
+      <x:c r="J16" s="0" t="n">
+        <x:v>317</x:v>
       </x:c>
       <x:c r="K16" s="0" t="n">
-        <x:v>230</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="L16" s="0" t="n">
-        <x:v>230</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="M16" s="0" t="n">
-        <x:v>230</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="N16" s="0" t="n">
-        <x:v>230</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="O16" s="0" t="n">
-        <x:v>230</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="P16" s="0" t="n">
-        <x:v>230</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="Q16" s="0" t="n">
-        <x:v>230</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="R16" s="0" t="n">
-        <x:v>230</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="S16" s="0" t="n">
-        <x:v>230</x:v>
-[...2 lines deleted...]
-    <x:row r="17" spans="1:19">
+        <x:v>459</x:v>
+      </x:c>
+      <x:c r="T16" s="0" t="n">
+        <x:v>420</x:v>
+      </x:c>
+      <x:c r="U16" s="0" t="n">
+        <x:v>420</x:v>
+      </x:c>
+      <x:c r="V16" s="0" t="n">
+        <x:v>420</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="17" spans="1:22">
       <x:c r="A17" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
-    <x:row r="18" spans="1:19">
+    <x:row r="18" spans="1:22">
       <x:c r="A18" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
-    <x:row r="19" spans="1:19">
+    <x:row r="19" spans="1:22">
       <x:c r="A19" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
-    <x:row r="20" spans="1:19">
+    <x:row r="20" spans="1:22">
       <x:c r="A20" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B20" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C20" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D20" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="E20" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="F20" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="G20" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
+      <x:c r="H20" s="0" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="I20" s="0" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="J20" s="0" t="n">
+        <x:v>2</x:v>
+      </x:c>
       <x:c r="K20" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="L20" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="M20" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="N20" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="O20" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="P20" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="Q20" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="R20" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="S20" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
-    </x:row>
-    <x:row r="21" spans="1:19">
+      <x:c r="T20" s="0" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="U20" s="0" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="V20" s="0" t="n">
+        <x:v>2</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="21" spans="1:22">
       <x:c r="A21" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B21" s="0" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C21" s="0" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D21" s="0" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E21" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="F21" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="G21" s="0" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="H21" s="0" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I21" s="0" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="J21" s="0" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="K21" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="L21" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="M21" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="N21" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="O21" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="P21" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="Q21" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="R21" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="S21" s="0" t="n">
-        <x:v>1</x:v>
-[...2 lines deleted...]
-    <x:row r="22" spans="1:19">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="T21" s="0" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="U21" s="0" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="V21" s="0" t="n">
+        <x:v>1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="22" spans="1:22">
       <x:c r="A22" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B22" s="0" t="n">
-        <x:v>45</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="C22" s="0" t="n">
-        <x:v>45</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="D22" s="0" t="n">
-        <x:v>45</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="E22" s="0" t="n">
-        <x:v>40</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="F22" s="0" t="n">
-        <x:v>40</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="G22" s="0" t="n">
-        <x:v>40</x:v>
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="H22" s="0" t="n">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="I22" s="0" t="n">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="J22" s="0" t="n">
+        <x:v>58</x:v>
       </x:c>
       <x:c r="K22" s="0" t="n">
-        <x:v>39</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="L22" s="0" t="n">
-        <x:v>40</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="M22" s="0" t="n">
-        <x:v>39</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="N22" s="0" t="n">
-        <x:v>35</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="O22" s="0" t="n">
-        <x:v>36</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="P22" s="0" t="n">
-        <x:v>36</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="Q22" s="0" t="n">
-        <x:v>27</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="R22" s="0" t="n">
-        <x:v>28</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="S22" s="0" t="n">
-        <x:v>28</x:v>
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="T22" s="0" t="n">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="U22" s="0" t="n">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="V22" s="0" t="n">
+        <x:v>52</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
-  <x:mergeCells count="7">
+  <x:mergeCells count="8">
     <x:mergeCell ref="A1:O1"/>
     <x:mergeCell ref="B8:D8"/>
     <x:mergeCell ref="E8:G8"/>
     <x:mergeCell ref="H8:J8"/>
     <x:mergeCell ref="K8:M8"/>
     <x:mergeCell ref="N8:P8"/>
     <x:mergeCell ref="Q8:S8"/>
+    <x:mergeCell ref="T8:V8"/>
   </x:mergeCells>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:S22"/>
+  <x:dimension ref="A1:V22"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="54.790625" style="0" customWidth="1"/>
-    <x:col min="2" max="7" width="11.920625" style="0" customWidth="1"/>
-    <x:col min="8" max="8" width="10.000625" style="0" customWidth="1"/>
+    <x:col min="2" max="8" width="11.920625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="9.610625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.230625" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="10.000625" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="9.610625" style="0" customWidth="1"/>
     <x:col min="13" max="13" width="8.230625" style="0" customWidth="1"/>
     <x:col min="14" max="14" width="10.000625" style="0" customWidth="1"/>
     <x:col min="15" max="15" width="9.610625" style="0" customWidth="1"/>
     <x:col min="16" max="16" width="8.230625" style="0" customWidth="1"/>
     <x:col min="17" max="17" width="10.000625" style="0" customWidth="1"/>
     <x:col min="18" max="18" width="9.610625" style="0" customWidth="1"/>
     <x:col min="19" max="19" width="8.230625" style="0" customWidth="1"/>
+    <x:col min="20" max="20" width="10.000625" style="0" customWidth="1"/>
+    <x:col min="21" max="21" width="9.610625" style="0" customWidth="1"/>
+    <x:col min="22" max="22" width="8.230625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
-    <x:row r="1" spans="1:19">
+    <x:row r="1" spans="1:22">
       <x:c r="A1" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B1" s="1" t="s"/>
       <x:c r="C1" s="1" t="s"/>
       <x:c r="D1" s="1" t="s"/>
       <x:c r="E1" s="1" t="s"/>
       <x:c r="F1" s="1" t="s"/>
       <x:c r="G1" s="1" t="s"/>
       <x:c r="H1" s="1" t="s"/>
       <x:c r="I1" s="1" t="s"/>
       <x:c r="J1" s="1" t="s"/>
       <x:c r="K1" s="1" t="s"/>
       <x:c r="L1" s="1" t="s"/>
       <x:c r="M1" s="1" t="s"/>
       <x:c r="N1" s="1" t="s"/>
       <x:c r="O1" s="1" t="s"/>
     </x:row>
-    <x:row r="2" spans="1:19">
+    <x:row r="2" spans="1:22">
       <x:c r="B2" s="2" t="s">
-        <x:v>2</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="C2" s="2" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="D2" s="2" t="s">
         <x:v>3</x:v>
       </x:c>
-      <x:c r="D2" s="2" t="s">
+      <x:c r="E2" s="2" t="s">
         <x:v>4</x:v>
       </x:c>
-      <x:c r="E2" s="2" t="s">
+      <x:c r="F2" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
-      <x:c r="F2" s="2" t="s">
+      <x:c r="G2" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
-      <x:c r="G2" s="2" t="s">
+      <x:c r="H2" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
     </x:row>
-    <x:row r="3" spans="1:19">
+    <x:row r="3" spans="1:22">
       <x:c r="A3" s="3" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B3" s="0" t="n">
-        <x:v>1725</x:v>
+        <x:v>3810</x:v>
       </x:c>
       <x:c r="C3" s="0" t="n">
-        <x:v>1725</x:v>
+        <x:v>3972</x:v>
+      </x:c>
+      <x:c r="D3" s="0" t="n">
+        <x:v>3787</x:v>
       </x:c>
       <x:c r="E3" s="0" t="n">
-        <x:v>1723</x:v>
+        <x:v>3972</x:v>
+      </x:c>
+      <x:c r="F3" s="0" t="n">
+        <x:v>3972</x:v>
       </x:c>
       <x:c r="G3" s="0" t="n">
-        <x:v>1723</x:v>
-[...2 lines deleted...]
-    <x:row r="4" spans="1:19">
+        <x:v>3946</x:v>
+      </x:c>
+      <x:c r="H3" s="0" t="n">
+        <x:v>3954</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4" spans="1:22">
       <x:c r="A4" s="3" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B4" s="0" t="n">
-        <x:v>33164</x:v>
+        <x:v>74198</x:v>
       </x:c>
       <x:c r="C4" s="0" t="n">
-        <x:v>33164</x:v>
+        <x:v>84095</x:v>
+      </x:c>
+      <x:c r="D4" s="0" t="n">
+        <x:v>79585</x:v>
       </x:c>
       <x:c r="E4" s="0" t="n">
-        <x:v>33128</x:v>
+        <x:v>84095</x:v>
+      </x:c>
+      <x:c r="F4" s="0" t="n">
+        <x:v>84095</x:v>
       </x:c>
       <x:c r="G4" s="0" t="n">
-        <x:v>33128</x:v>
-[...2 lines deleted...]
-    <x:row r="5" spans="1:19">
+        <x:v>83832</x:v>
+      </x:c>
+      <x:c r="H4" s="0" t="n">
+        <x:v>84055</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5" spans="1:22">
       <x:c r="A5" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B5" s="0" t="n">
-        <x:v>354883</x:v>
-[...2 lines deleted...]
-        <x:v>354293</x:v>
+        <x:v>1165871</x:v>
+      </x:c>
+      <x:c r="C5" s="0" t="n">
+        <x:v>817422</x:v>
+      </x:c>
+      <x:c r="D5" s="0" t="n">
+        <x:v>888399</x:v>
+      </x:c>
+      <x:c r="F5" s="0" t="n">
+        <x:v>817011</x:v>
       </x:c>
       <x:c r="G5" s="0" t="n">
-        <x:v>261268</x:v>
-[...2 lines deleted...]
-    <x:row r="6" spans="1:19">
+        <x:v>670524</x:v>
+      </x:c>
+      <x:c r="H5" s="0" t="n">
+        <x:v>599802</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="6" spans="1:22">
       <x:c r="A6" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B6" s="0" t="n">
-        <x:v>16553</x:v>
-[...2 lines deleted...]
-        <x:v>4836</x:v>
+        <x:v>19637</x:v>
+      </x:c>
+      <x:c r="C6" s="0" t="n">
+        <x:v>28022</x:v>
+      </x:c>
+      <x:c r="D6" s="0" t="n">
+        <x:v>19637</x:v>
+      </x:c>
+      <x:c r="F6" s="0" t="n">
+        <x:v>28903</x:v>
       </x:c>
       <x:c r="G6" s="0" t="n">
-        <x:v>18159</x:v>
-[...2 lines deleted...]
-    <x:row r="8" spans="1:19">
+        <x:v>40021</x:v>
+      </x:c>
+      <x:c r="H6" s="0" t="n">
+        <x:v>40353</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="8" spans="1:22">
       <x:c r="B8" s="2" t="s">
-        <x:v>14</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="C8" s="2" t="s"/>
       <x:c r="D8" s="2" t="s"/>
       <x:c r="E8" s="2" t="s">
-        <x:v>15</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="F8" s="2" t="s"/>
       <x:c r="G8" s="2" t="s"/>
       <x:c r="H8" s="2" t="s">
-        <x:v>16</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="I8" s="2" t="s"/>
       <x:c r="J8" s="2" t="s"/>
       <x:c r="K8" s="2" t="s">
-        <x:v>17</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="L8" s="2" t="s"/>
       <x:c r="M8" s="2" t="s"/>
       <x:c r="N8" s="2" t="s">
-        <x:v>18</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="O8" s="2" t="s"/>
       <x:c r="P8" s="2" t="s"/>
       <x:c r="Q8" s="2" t="s">
-        <x:v>19</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="R8" s="2" t="s"/>
       <x:c r="S8" s="2" t="s"/>
-    </x:row>
-    <x:row r="9" spans="1:19">
+      <x:c r="T8" s="2" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="U8" s="2" t="s"/>
+      <x:c r="V8" s="2" t="s"/>
+    </x:row>
+    <x:row r="9" spans="1:22">
       <x:c r="B9" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="C9" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="D9" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="E9" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F9" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="G9" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H9" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="I9" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="J9" s="2" t="s">
@@ -3264,377 +3499,657 @@
       </x:c>
       <x:c r="L9" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="M9" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="N9" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="O9" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="P9" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q9" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="R9" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="S9" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
-    </x:row>
-    <x:row r="10" spans="1:19">
+      <x:c r="T9" s="2" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="U9" s="2" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="V9" s="2" t="s">
+        <x:v>23</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="10" spans="1:22">
       <x:c r="A10" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B10" s="0" t="n">
-        <x:v>39</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="C10" s="0" t="n">
-        <x:v>49</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="D10" s="0" t="n">
-        <x:v>36</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="E10" s="0" t="n">
-        <x:v>39</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="F10" s="0" t="n">
-        <x:v>49</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="G10" s="0" t="n">
-        <x:v>36</x:v>
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="H10" s="0" t="n">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="I10" s="0" t="n">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="J10" s="0" t="n">
+        <x:v>46</x:v>
       </x:c>
       <x:c r="K10" s="0" t="n">
-        <x:v>39</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="L10" s="0" t="n">
-        <x:v>49</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="M10" s="0" t="n">
-        <x:v>36</x:v>
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="N10" s="0" t="n">
+        <x:v>92</x:v>
+      </x:c>
+      <x:c r="O10" s="0" t="n">
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="P10" s="0" t="n">
+        <x:v>78</x:v>
       </x:c>
       <x:c r="Q10" s="0" t="n">
-        <x:v>40</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="R10" s="0" t="n">
-        <x:v>54</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="S10" s="0" t="n">
-        <x:v>47</x:v>
-[...2 lines deleted...]
-    <x:row r="11" spans="1:19">
+        <x:v>94</x:v>
+      </x:c>
+      <x:c r="T10" s="0" t="n">
+        <x:v>94</x:v>
+      </x:c>
+      <x:c r="U10" s="0" t="n">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="V10" s="0" t="n">
+        <x:v>98</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="11" spans="1:22">
       <x:c r="A11" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
-    </x:row>
-    <x:row r="12" spans="1:19">
+      <x:c r="B11" s="0" t="n">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="C11" s="0" t="n">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="D11" s="0" t="n">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="E11" s="0" t="n">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="F11" s="0" t="n">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="G11" s="0" t="n">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="H11" s="0" t="n">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I11" s="0" t="n">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="J11" s="0" t="n">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="K11" s="0" t="n">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="L11" s="0" t="n">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="M11" s="0" t="n">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="N11" s="0" t="n">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="O11" s="0" t="n">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="P11" s="0" t="n">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="Q11" s="0" t="n">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="R11" s="0" t="n">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="S11" s="0" t="n">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="T11" s="0" t="n">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="U11" s="0" t="n">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="V11" s="0" t="n">
+        <x:v>31</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="12" spans="1:22">
       <x:c r="A12" s="3" t="s">
         <x:v>26</x:v>
       </x:c>
-    </x:row>
-    <x:row r="13" spans="1:19">
+      <x:c r="B12" s="0" t="n">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="C12" s="0" t="n">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="D12" s="0" t="n">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="E12" s="0" t="n">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="F12" s="0" t="n">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="G12" s="0" t="n">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="H12" s="0" t="n">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="I12" s="0" t="n">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="J12" s="0" t="n">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="K12" s="0" t="n">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="L12" s="0" t="n">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="M12" s="0" t="n">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="N12" s="0" t="n">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="O12" s="0" t="n">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="P12" s="0" t="n">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="Q12" s="0" t="n">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="R12" s="0" t="n">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="S12" s="0" t="n">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="T12" s="0" t="n">
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="U12" s="0" t="n">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="V12" s="0" t="n">
+        <x:v>30</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="13" spans="1:22">
       <x:c r="A13" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
-    </x:row>
-    <x:row r="14" spans="1:19">
+      <x:c r="B13" s="0" t="n">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="C13" s="0" t="n">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="D13" s="0" t="n">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="E13" s="0" t="n">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="F13" s="0" t="n">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="G13" s="0" t="n">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="H13" s="0" t="n">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="I13" s="0" t="n">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J13" s="0" t="n">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="K13" s="0" t="n">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="L13" s="0" t="n">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="M13" s="0" t="n">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="N13" s="0" t="n">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="O13" s="0" t="n">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="P13" s="0" t="n">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="Q13" s="0" t="n">
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="R13" s="0" t="n">
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="S13" s="0" t="n">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="T13" s="0" t="n">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="U13" s="0" t="n">
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="V13" s="0" t="n">
+        <x:v>37</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="14" spans="1:22">
       <x:c r="A14" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
-      <x:c r="B14" s="0" t="n">
-[...36 lines deleted...]
-    <x:row r="15" spans="1:19">
+    </x:row>
+    <x:row r="15" spans="1:22">
       <x:c r="A15" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B15" s="0" t="n">
-        <x:v>5</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="C15" s="0" t="n">
-        <x:v>5</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="D15" s="0" t="n">
-        <x:v>5</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="E15" s="0" t="n">
-        <x:v>5</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="F15" s="0" t="n">
-        <x:v>5</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="G15" s="0" t="n">
-        <x:v>5</x:v>
-[...8 lines deleted...]
-        <x:v>5</x:v>
+        <x:v>11</x:v>
+      </x:c>
+      <x:c r="H15" s="0" t="n">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="I15" s="0" t="n">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="J15" s="0" t="n">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="N15" s="0" t="n">
+        <x:v>11</x:v>
+      </x:c>
+      <x:c r="O15" s="0" t="n">
+        <x:v>11</x:v>
+      </x:c>
+      <x:c r="P15" s="0" t="n">
+        <x:v>11</x:v>
       </x:c>
       <x:c r="Q15" s="0" t="n">
-        <x:v>5</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="R15" s="0" t="n">
-        <x:v>5</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="S15" s="0" t="n">
-        <x:v>5</x:v>
-[...2 lines deleted...]
-    <x:row r="16" spans="1:19">
+        <x:v>11</x:v>
+      </x:c>
+      <x:c r="T15" s="0" t="n">
+        <x:v>11</x:v>
+      </x:c>
+      <x:c r="U15" s="0" t="n">
+        <x:v>11</x:v>
+      </x:c>
+      <x:c r="V15" s="0" t="n">
+        <x:v>11</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="16" spans="1:22">
       <x:c r="A16" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B16" s="0" t="n">
-        <x:v>91</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="C16" s="0" t="n">
-        <x:v>91</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="D16" s="0" t="n">
-        <x:v>91</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="E16" s="0" t="n">
-        <x:v>91</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="F16" s="0" t="n">
-        <x:v>91</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="G16" s="0" t="n">
-        <x:v>91</x:v>
-[...8 lines deleted...]
-        <x:v>91</x:v>
+        <x:v>230</x:v>
+      </x:c>
+      <x:c r="H16" s="0" t="n">
+        <x:v>218</x:v>
+      </x:c>
+      <x:c r="I16" s="0" t="n">
+        <x:v>218</x:v>
+      </x:c>
+      <x:c r="J16" s="0" t="n">
+        <x:v>218</x:v>
+      </x:c>
+      <x:c r="N16" s="0" t="n">
+        <x:v>230</x:v>
+      </x:c>
+      <x:c r="O16" s="0" t="n">
+        <x:v>230</x:v>
+      </x:c>
+      <x:c r="P16" s="0" t="n">
+        <x:v>230</x:v>
       </x:c>
       <x:c r="Q16" s="0" t="n">
-        <x:v>91</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="R16" s="0" t="n">
-        <x:v>91</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="S16" s="0" t="n">
-        <x:v>91</x:v>
-[...2 lines deleted...]
-    <x:row r="17" spans="1:19">
+        <x:v>230</x:v>
+      </x:c>
+      <x:c r="T16" s="0" t="n">
+        <x:v>230</x:v>
+      </x:c>
+      <x:c r="U16" s="0" t="n">
+        <x:v>230</x:v>
+      </x:c>
+      <x:c r="V16" s="0" t="n">
+        <x:v>230</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="17" spans="1:22">
       <x:c r="A17" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
-    <x:row r="18" spans="1:19">
+    <x:row r="18" spans="1:22">
       <x:c r="A18" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
-    <x:row r="19" spans="1:19">
+    <x:row r="19" spans="1:22">
       <x:c r="A19" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
-    <x:row r="20" spans="1:19">
+    <x:row r="20" spans="1:22">
       <x:c r="A20" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B20" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="C20" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="D20" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="E20" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="F20" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="G20" s="0" t="n">
-        <x:v>1</x:v>
-[...8 lines deleted...]
-        <x:v>1</x:v>
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="H20" s="0" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="I20" s="0" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="J20" s="0" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="N20" s="0" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="O20" s="0" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="P20" s="0" t="n">
+        <x:v>2</x:v>
       </x:c>
       <x:c r="Q20" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="R20" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="S20" s="0" t="n">
-        <x:v>1</x:v>
-[...2 lines deleted...]
-    <x:row r="21" spans="1:19">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="T20" s="0" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="U20" s="0" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="V20" s="0" t="n">
+        <x:v>2</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="21" spans="1:22">
       <x:c r="A21" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B21" s="0" t="n">
-        <x:v>0.63</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="C21" s="0" t="n">
-        <x:v>0.63</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="D21" s="0" t="n">
-        <x:v>0.63</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="E21" s="0" t="n">
-        <x:v>0.63</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="F21" s="0" t="n">
-        <x:v>0.63</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="G21" s="0" t="n">
-        <x:v>0.63</x:v>
-[...8 lines deleted...]
-        <x:v>0.63</x:v>
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="H21" s="0" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I21" s="0" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="J21" s="0" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="N21" s="0" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="O21" s="0" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="P21" s="0" t="n">
+        <x:v>1</x:v>
       </x:c>
       <x:c r="Q21" s="0" t="n">
-        <x:v>0.63</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="R21" s="0" t="n">
-        <x:v>0.63</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="S21" s="0" t="n">
-        <x:v>0.63</x:v>
-[...2 lines deleted...]
-    <x:row r="22" spans="1:19">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="T21" s="0" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="U21" s="0" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="V21" s="0" t="n">
+        <x:v>1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="22" spans="1:22">
       <x:c r="A22" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B22" s="0" t="n">
-        <x:v>21</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="C22" s="0" t="n">
-        <x:v>21</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="D22" s="0" t="n">
-        <x:v>21</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="E22" s="0" t="n">
-        <x:v>21</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="F22" s="0" t="n">
-        <x:v>21</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="G22" s="0" t="n">
-        <x:v>21</x:v>
-[...8 lines deleted...]
-        <x:v>21</x:v>
+        <x:v>45</x:v>
+      </x:c>
+      <x:c r="H22" s="0" t="n">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="I22" s="0" t="n">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="J22" s="0" t="n">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="N22" s="0" t="n">
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="O22" s="0" t="n">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="P22" s="0" t="n">
+        <x:v>39</x:v>
       </x:c>
       <x:c r="Q22" s="0" t="n">
-        <x:v>21</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="R22" s="0" t="n">
-        <x:v>21</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="S22" s="0" t="n">
-        <x:v>21</x:v>
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="T22" s="0" t="n">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="U22" s="0" t="n">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="V22" s="0" t="n">
+        <x:v>28</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
-  <x:mergeCells count="7">
+  <x:mergeCells count="8">
     <x:mergeCell ref="A1:O1"/>
     <x:mergeCell ref="B8:D8"/>
     <x:mergeCell ref="E8:G8"/>
     <x:mergeCell ref="H8:J8"/>
     <x:mergeCell ref="K8:M8"/>
     <x:mergeCell ref="N8:P8"/>
     <x:mergeCell ref="Q8:S8"/>
+    <x:mergeCell ref="T8:V8"/>
   </x:mergeCells>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:S22"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="54.790625" style="0" customWidth="1"/>
     <x:col min="2" max="7" width="11.920625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="10.000625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="9.610625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.230625" style="0" customWidth="1"/>
@@ -3671,117 +4186,105 @@
     <x:row r="2" spans="1:19">
       <x:c r="B2" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C2" s="2" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D2" s="2" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E2" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="F2" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="G2" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:19">
       <x:c r="A3" s="3" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B3" s="0" t="n">
-        <x:v>4621</x:v>
+        <x:v>1725</x:v>
       </x:c>
       <x:c r="C3" s="0" t="n">
-        <x:v>4621</x:v>
+        <x:v>1725</x:v>
       </x:c>
       <x:c r="E3" s="0" t="n">
-        <x:v>4643</x:v>
-[...2 lines deleted...]
-        <x:v>4643</x:v>
+        <x:v>1723</x:v>
       </x:c>
       <x:c r="G3" s="0" t="n">
-        <x:v>4643</x:v>
+        <x:v>1723</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:19">
       <x:c r="A4" s="3" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B4" s="0" t="n">
-        <x:v>65843</x:v>
+        <x:v>33164</x:v>
       </x:c>
       <x:c r="C4" s="0" t="n">
-        <x:v>65843</x:v>
+        <x:v>33164</x:v>
       </x:c>
       <x:c r="E4" s="0" t="n">
-        <x:v>65270</x:v>
-[...2 lines deleted...]
-        <x:v>65270</x:v>
+        <x:v>33128</x:v>
       </x:c>
       <x:c r="G4" s="0" t="n">
-        <x:v>65270</x:v>
+        <x:v>33128</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:19">
       <x:c r="A5" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B5" s="0" t="n">
-        <x:v>950849</x:v>
+        <x:v>354883</x:v>
       </x:c>
       <x:c r="E5" s="0" t="n">
-        <x:v>954895</x:v>
-[...2 lines deleted...]
-        <x:v>788965</x:v>
+        <x:v>354293</x:v>
       </x:c>
       <x:c r="G5" s="0" t="n">
-        <x:v>704173</x:v>
+        <x:v>261268</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:19">
       <x:c r="A6" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B6" s="0" t="n">
-        <x:v>22183</x:v>
+        <x:v>16553</x:v>
       </x:c>
       <x:c r="E6" s="0" t="n">
-        <x:v>12115</x:v>
-[...2 lines deleted...]
-        <x:v>21896</x:v>
+        <x:v>4836</x:v>
       </x:c>
       <x:c r="G6" s="0" t="n">
-        <x:v>29164</x:v>
+        <x:v>18159</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:19">
       <x:c r="B8" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="C8" s="2" t="s"/>
       <x:c r="D8" s="2" t="s"/>
       <x:c r="E8" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F8" s="2" t="s"/>
       <x:c r="G8" s="2" t="s"/>
       <x:c r="H8" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I8" s="2" t="s"/>
       <x:c r="J8" s="2" t="s"/>
       <x:c r="K8" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="L8" s="2" t="s"/>
       <x:c r="M8" s="2" t="s"/>
       <x:c r="N8" s="2" t="s">
         <x:v>18</x:v>
@@ -3833,610 +4336,572 @@
       </x:c>
       <x:c r="N9" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="O9" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="P9" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q9" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="R9" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="S9" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:19">
       <x:c r="A10" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B10" s="0" t="n">
-        <x:v>52</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="C10" s="0" t="n">
-        <x:v>64</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="D10" s="0" t="n">
-        <x:v>53</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="E10" s="0" t="n">
-        <x:v>52</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="F10" s="0" t="n">
-        <x:v>64</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="G10" s="0" t="n">
-        <x:v>53</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="K10" s="0" t="n">
-        <x:v>52</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="L10" s="0" t="n">
-        <x:v>64</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="M10" s="0" t="n">
-        <x:v>53</x:v>
-[...8 lines deleted...]
-        <x:v>57</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="Q10" s="0" t="n">
-        <x:v>65</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="R10" s="0" t="n">
-        <x:v>85</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="S10" s="0" t="n">
-        <x:v>79</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:19">
       <x:c r="A11" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:19">
       <x:c r="A12" s="3" t="s">
         <x:v>26</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:19">
       <x:c r="A13" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:19">
       <x:c r="A14" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B14" s="0" t="n">
-        <x:v>27</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C14" s="0" t="n">
-        <x:v>7</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="D14" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="E14" s="0" t="n">
-        <x:v>27</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="F14" s="0" t="n">
-        <x:v>7</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="G14" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="K14" s="0" t="n">
-        <x:v>27</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="L14" s="0" t="n">
-        <x:v>7</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="M14" s="0" t="n">
-        <x:v>6</x:v>
-[...8 lines deleted...]
-        <x:v>6</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="Q14" s="0" t="n">
-        <x:v>36</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="R14" s="0" t="n">
-        <x:v>10</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="S14" s="0" t="n">
-        <x:v>9</x:v>
+        <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:19">
       <x:c r="A15" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B15" s="0" t="n">
-        <x:v>13</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="C15" s="0" t="n">
-        <x:v>13</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="D15" s="0" t="n">
-        <x:v>13</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="E15" s="0" t="n">
-        <x:v>13</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="F15" s="0" t="n">
-        <x:v>13</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="G15" s="0" t="n">
-        <x:v>13</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="K15" s="0" t="n">
-        <x:v>13</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="L15" s="0" t="n">
-        <x:v>13</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="M15" s="0" t="n">
-        <x:v>13</x:v>
-[...8 lines deleted...]
-        <x:v>13</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="Q15" s="0" t="n">
-        <x:v>13</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="R15" s="0" t="n">
-        <x:v>13</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="S15" s="0" t="n">
-        <x:v>13</x:v>
+        <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:19">
       <x:c r="A16" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B16" s="0" t="n">
-        <x:v>180</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="C16" s="0" t="n">
-        <x:v>179</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D16" s="0" t="n">
-        <x:v>179</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E16" s="0" t="n">
-        <x:v>180</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="F16" s="0" t="n">
-        <x:v>179</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="G16" s="0" t="n">
-        <x:v>179</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="K16" s="0" t="n">
-        <x:v>179</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="L16" s="0" t="n">
-        <x:v>179</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="M16" s="0" t="n">
-        <x:v>179</x:v>
-[...8 lines deleted...]
-        <x:v>179</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="Q16" s="0" t="n">
-        <x:v>179</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="R16" s="0" t="n">
-        <x:v>179</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="S16" s="0" t="n">
-        <x:v>179</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:19">
       <x:c r="A17" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:19">
       <x:c r="A18" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:19">
       <x:c r="A19" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:19">
       <x:c r="A20" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B20" s="0" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C20" s="0" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D20" s="0" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E20" s="0" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F20" s="0" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="G20" s="0" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="K20" s="0" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="L20" s="0" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="M20" s="0" t="n">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="N20" s="0" t="n">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="Q20" s="0" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="R20" s="0" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="S20" s="0" t="n">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:19">
       <x:c r="A21" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B21" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>0.63</x:v>
       </x:c>
       <x:c r="C21" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>0.63</x:v>
       </x:c>
       <x:c r="D21" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>0.63</x:v>
       </x:c>
       <x:c r="E21" s="0" t="n">
-        <x:v>0.9</x:v>
+        <x:v>0.63</x:v>
       </x:c>
       <x:c r="F21" s="0" t="n">
-        <x:v>0.9</x:v>
+        <x:v>0.63</x:v>
       </x:c>
       <x:c r="G21" s="0" t="n">
-        <x:v>0.9</x:v>
+        <x:v>0.63</x:v>
       </x:c>
       <x:c r="K21" s="0" t="n">
-        <x:v>0.9</x:v>
+        <x:v>0.63</x:v>
       </x:c>
       <x:c r="L21" s="0" t="n">
-        <x:v>0.9</x:v>
+        <x:v>0.63</x:v>
       </x:c>
       <x:c r="M21" s="0" t="n">
-        <x:v>0.9</x:v>
-[...8 lines deleted...]
-        <x:v>0.9</x:v>
+        <x:v>0.63</x:v>
       </x:c>
       <x:c r="Q21" s="0" t="n">
-        <x:v>0.9</x:v>
+        <x:v>0.63</x:v>
       </x:c>
       <x:c r="R21" s="0" t="n">
-        <x:v>0.9</x:v>
+        <x:v>0.63</x:v>
       </x:c>
       <x:c r="S21" s="0" t="n">
-        <x:v>0.9</x:v>
+        <x:v>0.63</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:19">
       <x:c r="A22" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B22" s="0" t="n">
-        <x:v>31</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="C22" s="0" t="n">
-        <x:v>31</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="D22" s="0" t="n">
-        <x:v>31</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="E22" s="0" t="n">
-        <x:v>31</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="F22" s="0" t="n">
-        <x:v>31</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="G22" s="0" t="n">
-        <x:v>31</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="K22" s="0" t="n">
-        <x:v>31</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="L22" s="0" t="n">
-        <x:v>31</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="M22" s="0" t="n">
-        <x:v>31</x:v>
-[...8 lines deleted...]
-        <x:v>31</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="Q22" s="0" t="n">
-        <x:v>31</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="R22" s="0" t="n">
-        <x:v>31</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="S22" s="0" t="n">
-        <x:v>31</x:v>
+        <x:v>21</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="7">
     <x:mergeCell ref="A1:O1"/>
     <x:mergeCell ref="B8:D8"/>
     <x:mergeCell ref="E8:G8"/>
     <x:mergeCell ref="H8:J8"/>
     <x:mergeCell ref="K8:M8"/>
     <x:mergeCell ref="N8:P8"/>
     <x:mergeCell ref="Q8:S8"/>
   </x:mergeCells>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet14.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:S22"/>
+  <x:dimension ref="A1:V22"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="54.790625" style="0" customWidth="1"/>
-    <x:col min="2" max="7" width="11.920625" style="0" customWidth="1"/>
-    <x:col min="8" max="8" width="10.000625" style="0" customWidth="1"/>
+    <x:col min="2" max="8" width="11.920625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="9.610625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.230625" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="10.000625" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="9.610625" style="0" customWidth="1"/>
     <x:col min="13" max="13" width="8.230625" style="0" customWidth="1"/>
     <x:col min="14" max="14" width="10.000625" style="0" customWidth="1"/>
     <x:col min="15" max="15" width="9.610625" style="0" customWidth="1"/>
     <x:col min="16" max="16" width="8.230625" style="0" customWidth="1"/>
     <x:col min="17" max="17" width="10.000625" style="0" customWidth="1"/>
     <x:col min="18" max="18" width="9.610625" style="0" customWidth="1"/>
     <x:col min="19" max="19" width="8.230625" style="0" customWidth="1"/>
+    <x:col min="20" max="20" width="10.000625" style="0" customWidth="1"/>
+    <x:col min="21" max="21" width="9.610625" style="0" customWidth="1"/>
+    <x:col min="22" max="22" width="8.230625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
-    <x:row r="1" spans="1:19">
+    <x:row r="1" spans="1:22">
       <x:c r="A1" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B1" s="1" t="s"/>
       <x:c r="C1" s="1" t="s"/>
       <x:c r="D1" s="1" t="s"/>
       <x:c r="E1" s="1" t="s"/>
       <x:c r="F1" s="1" t="s"/>
       <x:c r="G1" s="1" t="s"/>
       <x:c r="H1" s="1" t="s"/>
       <x:c r="I1" s="1" t="s"/>
       <x:c r="J1" s="1" t="s"/>
       <x:c r="K1" s="1" t="s"/>
       <x:c r="L1" s="1" t="s"/>
       <x:c r="M1" s="1" t="s"/>
       <x:c r="N1" s="1" t="s"/>
       <x:c r="O1" s="1" t="s"/>
     </x:row>
-    <x:row r="2" spans="1:19">
+    <x:row r="2" spans="1:22">
       <x:c r="B2" s="2" t="s">
-        <x:v>2</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="C2" s="2" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="D2" s="2" t="s">
         <x:v>3</x:v>
       </x:c>
-      <x:c r="D2" s="2" t="s">
+      <x:c r="E2" s="2" t="s">
         <x:v>4</x:v>
       </x:c>
-      <x:c r="E2" s="2" t="s">
+      <x:c r="F2" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
-      <x:c r="F2" s="2" t="s">
+      <x:c r="G2" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
-      <x:c r="G2" s="2" t="s">
+      <x:c r="H2" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
     </x:row>
-    <x:row r="3" spans="1:19">
+    <x:row r="3" spans="1:22">
       <x:c r="A3" s="3" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B3" s="0" t="n">
-        <x:v>77</x:v>
-[...2 lines deleted...]
-        <x:v>451</x:v>
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="C3" s="0" t="n">
+        <x:v>4621</x:v>
+      </x:c>
+      <x:c r="D3" s="0" t="n">
+        <x:v>4621</x:v>
       </x:c>
       <x:c r="F3" s="0" t="n">
-        <x:v>447</x:v>
+        <x:v>4643</x:v>
       </x:c>
       <x:c r="G3" s="0" t="n">
-        <x:v>98</x:v>
-[...2 lines deleted...]
-    <x:row r="4" spans="1:19">
+        <x:v>4643</x:v>
+      </x:c>
+      <x:c r="H3" s="0" t="n">
+        <x:v>4643</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4" spans="1:22">
       <x:c r="A4" s="3" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B4" s="0" t="n">
-        <x:v>1692</x:v>
-[...2 lines deleted...]
-        <x:v>11486</x:v>
+        <x:v>41</x:v>
+      </x:c>
+      <x:c r="C4" s="0" t="n">
+        <x:v>65843</x:v>
+      </x:c>
+      <x:c r="D4" s="0" t="n">
+        <x:v>65843</x:v>
       </x:c>
       <x:c r="F4" s="0" t="n">
-        <x:v>11050</x:v>
+        <x:v>65270</x:v>
       </x:c>
       <x:c r="G4" s="0" t="n">
-        <x:v>2790</x:v>
-[...2 lines deleted...]
-    <x:row r="5" spans="1:19">
+        <x:v>65270</x:v>
+      </x:c>
+      <x:c r="H4" s="0" t="n">
+        <x:v>65270</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5" spans="1:22">
       <x:c r="A5" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B5" s="0" t="n">
-        <x:v>15743</x:v>
-[...2 lines deleted...]
-        <x:v>92817</x:v>
+        <x:v>459</x:v>
+      </x:c>
+      <x:c r="C5" s="0" t="n">
+        <x:v>950849</x:v>
       </x:c>
       <x:c r="F5" s="0" t="n">
-        <x:v>75880</x:v>
+        <x:v>954895</x:v>
       </x:c>
       <x:c r="G5" s="0" t="n">
-        <x:v>14865</x:v>
-[...2 lines deleted...]
-    <x:row r="6" spans="1:19">
+        <x:v>788965</x:v>
+      </x:c>
+      <x:c r="H5" s="0" t="n">
+        <x:v>704173</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="6" spans="1:22">
       <x:c r="A6" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
-      <x:c r="B6" s="0" t="n">
-[...3 lines deleted...]
-        <x:v>7445</x:v>
+      <x:c r="C6" s="0" t="n">
+        <x:v>22183</x:v>
       </x:c>
       <x:c r="F6" s="0" t="n">
-        <x:v>6062</x:v>
+        <x:v>12115</x:v>
       </x:c>
       <x:c r="G6" s="0" t="n">
-        <x:v>784</x:v>
-[...2 lines deleted...]
-    <x:row r="8" spans="1:19">
+        <x:v>21896</x:v>
+      </x:c>
+      <x:c r="H6" s="0" t="n">
+        <x:v>29164</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="8" spans="1:22">
       <x:c r="B8" s="2" t="s">
-        <x:v>14</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="C8" s="2" t="s"/>
       <x:c r="D8" s="2" t="s"/>
       <x:c r="E8" s="2" t="s">
-        <x:v>15</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="F8" s="2" t="s"/>
       <x:c r="G8" s="2" t="s"/>
       <x:c r="H8" s="2" t="s">
-        <x:v>16</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="I8" s="2" t="s"/>
       <x:c r="J8" s="2" t="s"/>
       <x:c r="K8" s="2" t="s">
-        <x:v>17</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="L8" s="2" t="s"/>
       <x:c r="M8" s="2" t="s"/>
       <x:c r="N8" s="2" t="s">
-        <x:v>18</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="O8" s="2" t="s"/>
       <x:c r="P8" s="2" t="s"/>
       <x:c r="Q8" s="2" t="s">
-        <x:v>19</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="R8" s="2" t="s"/>
       <x:c r="S8" s="2" t="s"/>
-    </x:row>
-    <x:row r="9" spans="1:19">
+      <x:c r="T8" s="2" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="U8" s="2" t="s"/>
+      <x:c r="V8" s="2" t="s"/>
+    </x:row>
+    <x:row r="9" spans="1:22">
       <x:c r="B9" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="C9" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="D9" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="E9" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F9" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="G9" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H9" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="I9" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="J9" s="2" t="s">
@@ -4447,630 +4912,1308 @@
       </x:c>
       <x:c r="L9" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="M9" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="N9" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="O9" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="P9" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q9" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="R9" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="S9" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
-    </x:row>
-    <x:row r="10" spans="1:19">
+      <x:c r="T9" s="2" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="U9" s="2" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="V9" s="2" t="s">
+        <x:v>23</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="10" spans="1:22">
       <x:c r="A10" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B10" s="0" t="n">
-        <x:v>2</x:v>
-[...14 lines deleted...]
-        <x:v>2</x:v>
+        <x:v>129</x:v>
+      </x:c>
+      <x:c r="E10" s="0" t="n">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="F10" s="0" t="n">
+        <x:v>64</x:v>
+      </x:c>
+      <x:c r="G10" s="0" t="n">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H10" s="0" t="n">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="I10" s="0" t="n">
+        <x:v>64</x:v>
+      </x:c>
+      <x:c r="J10" s="0" t="n">
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N10" s="0" t="n">
-        <x:v>9</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="O10" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="P10" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="Q10" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="R10" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="S10" s="0" t="n">
-        <x:v>1</x:v>
-[...2 lines deleted...]
-    <x:row r="11" spans="1:19">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="T10" s="0" t="n">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="U10" s="0" t="n">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="V10" s="0" t="n">
+        <x:v>79</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="11" spans="1:22">
       <x:c r="A11" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
-      <x:c r="Q11" s="0" t="n">
-[...9 lines deleted...]
-    <x:row r="12" spans="1:19">
+    </x:row>
+    <x:row r="12" spans="1:22">
       <x:c r="A12" s="3" t="s">
         <x:v>26</x:v>
       </x:c>
-      <x:c r="Q12" s="0" t="n">
-[...9 lines deleted...]
-    <x:row r="13" spans="1:19">
+    </x:row>
+    <x:row r="13" spans="1:22">
       <x:c r="A13" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
-      <x:c r="Q13" s="0" t="n">
-[...9 lines deleted...]
-    <x:row r="14" spans="1:19">
+    </x:row>
+    <x:row r="14" spans="1:22">
       <x:c r="A14" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
-    </x:row>
-    <x:row r="15" spans="1:19">
+      <x:c r="E14" s="0" t="n">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="F14" s="0" t="n">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c r="G14" s="0" t="n">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="H14" s="0" t="n">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="I14" s="0" t="n">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c r="J14" s="0" t="n">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="N14" s="0" t="n">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="O14" s="0" t="n">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c r="P14" s="0" t="n">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="Q14" s="0" t="n">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="R14" s="0" t="n">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c r="S14" s="0" t="n">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="T14" s="0" t="n">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="U14" s="0" t="n">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="V14" s="0" t="n">
+        <x:v>9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="15" spans="1:22">
       <x:c r="A15" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
-      <x:c r="B15" s="0" t="n">
-[...15 lines deleted...]
-        <x:v>1</x:v>
+      <x:c r="E15" s="0" t="n">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="F15" s="0" t="n">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="G15" s="0" t="n">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="H15" s="0" t="n">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="I15" s="0" t="n">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="J15" s="0" t="n">
+        <x:v>13</x:v>
       </x:c>
       <x:c r="N15" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="O15" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="P15" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="Q15" s="0" t="n">
-        <x:v>0.5</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="R15" s="0" t="n">
-        <x:v>0.4</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="S15" s="0" t="n">
-        <x:v>0.4</x:v>
-[...2 lines deleted...]
-    <x:row r="16" spans="1:19">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="T15" s="0" t="n">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="U15" s="0" t="n">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="V15" s="0" t="n">
+        <x:v>13</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="16" spans="1:22">
       <x:c r="A16" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
-      <x:c r="B16" s="0" t="n">
-[...15 lines deleted...]
-        <x:v>27</x:v>
+      <x:c r="E16" s="0" t="n">
+        <x:v>180</x:v>
+      </x:c>
+      <x:c r="F16" s="0" t="n">
+        <x:v>179</x:v>
+      </x:c>
+      <x:c r="G16" s="0" t="n">
+        <x:v>179</x:v>
+      </x:c>
+      <x:c r="H16" s="0" t="n">
+        <x:v>180</x:v>
+      </x:c>
+      <x:c r="I16" s="0" t="n">
+        <x:v>179</x:v>
+      </x:c>
+      <x:c r="J16" s="0" t="n">
+        <x:v>179</x:v>
       </x:c>
       <x:c r="N16" s="0" t="n">
-        <x:v>52</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="O16" s="0" t="n">
-        <x:v>24</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="P16" s="0" t="n">
-        <x:v>14</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="Q16" s="0" t="n">
-        <x:v>13</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="R16" s="0" t="n">
-        <x:v>11</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="S16" s="0" t="n">
-        <x:v>10</x:v>
-[...2 lines deleted...]
-    <x:row r="17" spans="1:19">
+        <x:v>179</x:v>
+      </x:c>
+      <x:c r="T16" s="0" t="n">
+        <x:v>179</x:v>
+      </x:c>
+      <x:c r="U16" s="0" t="n">
+        <x:v>179</x:v>
+      </x:c>
+      <x:c r="V16" s="0" t="n">
+        <x:v>179</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="17" spans="1:22">
       <x:c r="A17" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
-    <x:row r="18" spans="1:19">
+    <x:row r="18" spans="1:22">
       <x:c r="A18" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
-    <x:row r="19" spans="1:19">
+    <x:row r="19" spans="1:22">
       <x:c r="A19" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
-    <x:row r="20" spans="1:19">
+    <x:row r="20" spans="1:22">
       <x:c r="A20" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
-      <x:c r="B20" s="0" t="n">
-[...15 lines deleted...]
-        <x:v>2</x:v>
+      <x:c r="E20" s="0" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="F20" s="0" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="G20" s="0" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="H20" s="0" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I20" s="0" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="J20" s="0" t="n">
+        <x:v>1</x:v>
       </x:c>
       <x:c r="N20" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="O20" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="P20" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="Q20" s="0" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="R20" s="0" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="S20" s="0" t="n">
         <x:v>1</x:v>
       </x:c>
-    </x:row>
-    <x:row r="21" spans="1:19">
+      <x:c r="T20" s="0" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="U20" s="0" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="V20" s="0" t="n">
+        <x:v>1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="21" spans="1:22">
       <x:c r="A21" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
-      <x:c r="B21" s="0" t="n">
-[...15 lines deleted...]
-        <x:v>3</x:v>
+      <x:c r="E21" s="0" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="F21" s="0" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="G21" s="0" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="H21" s="0" t="n">
+        <x:v>0.9</x:v>
+      </x:c>
+      <x:c r="I21" s="0" t="n">
+        <x:v>0.9</x:v>
+      </x:c>
+      <x:c r="J21" s="0" t="n">
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="N21" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="O21" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="P21" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="Q21" s="0" t="n">
-        <x:v>0.55</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="R21" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="S21" s="0" t="n">
-        <x:v>0.6</x:v>
-[...2 lines deleted...]
-    <x:row r="22" spans="1:19">
+        <x:v>0.9</x:v>
+      </x:c>
+      <x:c r="T21" s="0" t="n">
+        <x:v>0.9</x:v>
+      </x:c>
+      <x:c r="U21" s="0" t="n">
+        <x:v>0.9</x:v>
+      </x:c>
+      <x:c r="V21" s="0" t="n">
+        <x:v>0.9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="22" spans="1:22">
       <x:c r="A22" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
-      <x:c r="B22" s="0" t="n">
-[...15 lines deleted...]
-        <x:v>60</x:v>
+      <x:c r="E22" s="0" t="n">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="F22" s="0" t="n">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="G22" s="0" t="n">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="H22" s="0" t="n">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="I22" s="0" t="n">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="J22" s="0" t="n">
+        <x:v>31</x:v>
       </x:c>
       <x:c r="N22" s="0" t="n">
-        <x:v>54</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="O22" s="0" t="n">
-        <x:v>45</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P22" s="0" t="n">
-        <x:v>39</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="Q22" s="0" t="n">
-        <x:v>16</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="R22" s="0" t="n">
-        <x:v>27</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="S22" s="0" t="n">
-        <x:v>17</x:v>
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="T22" s="0" t="n">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="U22" s="0" t="n">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="V22" s="0" t="n">
+        <x:v>31</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
-  <x:mergeCells count="7">
+  <x:mergeCells count="8">
     <x:mergeCell ref="A1:O1"/>
     <x:mergeCell ref="B8:D8"/>
     <x:mergeCell ref="E8:G8"/>
     <x:mergeCell ref="H8:J8"/>
     <x:mergeCell ref="K8:M8"/>
     <x:mergeCell ref="N8:P8"/>
     <x:mergeCell ref="Q8:S8"/>
+    <x:mergeCell ref="T8:V8"/>
   </x:mergeCells>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet15.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:O22"/>
+  <x:dimension ref="A1:V22"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="54.790625" style="0" customWidth="1"/>
-    <x:col min="2" max="15" width="9.140625" style="0" customWidth="1"/>
+    <x:col min="2" max="8" width="11.920625" style="0" customWidth="1"/>
+    <x:col min="9" max="9" width="9.610625" style="0" customWidth="1"/>
+    <x:col min="10" max="10" width="8.230625" style="0" customWidth="1"/>
+    <x:col min="11" max="11" width="10.000625" style="0" customWidth="1"/>
+    <x:col min="12" max="12" width="9.610625" style="0" customWidth="1"/>
+    <x:col min="13" max="13" width="8.230625" style="0" customWidth="1"/>
+    <x:col min="14" max="14" width="10.000625" style="0" customWidth="1"/>
+    <x:col min="15" max="15" width="9.610625" style="0" customWidth="1"/>
+    <x:col min="16" max="16" width="8.230625" style="0" customWidth="1"/>
+    <x:col min="17" max="17" width="10.000625" style="0" customWidth="1"/>
+    <x:col min="18" max="18" width="9.610625" style="0" customWidth="1"/>
+    <x:col min="19" max="19" width="8.230625" style="0" customWidth="1"/>
+    <x:col min="20" max="20" width="10.000625" style="0" customWidth="1"/>
+    <x:col min="21" max="21" width="9.610625" style="0" customWidth="1"/>
+    <x:col min="22" max="22" width="8.230625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
-    <x:row r="1" spans="1:15">
+    <x:row r="1" spans="1:22">
       <x:c r="A1" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B1" s="1" t="s"/>
       <x:c r="C1" s="1" t="s"/>
       <x:c r="D1" s="1" t="s"/>
       <x:c r="E1" s="1" t="s"/>
       <x:c r="F1" s="1" t="s"/>
       <x:c r="G1" s="1" t="s"/>
       <x:c r="H1" s="1" t="s"/>
       <x:c r="I1" s="1" t="s"/>
       <x:c r="J1" s="1" t="s"/>
       <x:c r="K1" s="1" t="s"/>
       <x:c r="L1" s="1" t="s"/>
       <x:c r="M1" s="1" t="s"/>
       <x:c r="N1" s="1" t="s"/>
       <x:c r="O1" s="1" t="s"/>
     </x:row>
-    <x:row r="3" spans="1:15">
+    <x:row r="2" spans="1:22">
+      <x:c r="B2" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="C2" s="2" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="D2" s="2" t="s">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c r="E2" s="2" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="F2" s="2" t="s">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c r="G2" s="2" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="H2" s="2" t="s">
+        <x:v>7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="3" spans="1:22">
       <x:c r="A3" s="3" t="s">
         <x:v>9</x:v>
       </x:c>
-    </x:row>
-    <x:row r="4" spans="1:15">
+      <x:c r="B3" s="0" t="n">
+        <x:v>1309.93</x:v>
+      </x:c>
+      <x:c r="C3" s="0" t="n">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="F3" s="0" t="n">
+        <x:v>451</x:v>
+      </x:c>
+      <x:c r="G3" s="0" t="n">
+        <x:v>447</x:v>
+      </x:c>
+      <x:c r="H3" s="0" t="n">
+        <x:v>98</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4" spans="1:22">
       <x:c r="A4" s="3" t="s">
         <x:v>10</x:v>
       </x:c>
-    </x:row>
-    <x:row r="5" spans="1:15">
+      <x:c r="B4" s="0" t="n">
+        <x:v>23631</x:v>
+      </x:c>
+      <x:c r="C4" s="0" t="n">
+        <x:v>1692</x:v>
+      </x:c>
+      <x:c r="F4" s="0" t="n">
+        <x:v>11486</x:v>
+      </x:c>
+      <x:c r="G4" s="0" t="n">
+        <x:v>11050</x:v>
+      </x:c>
+      <x:c r="H4" s="0" t="n">
+        <x:v>2790</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5" spans="1:22">
       <x:c r="A5" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
-    </x:row>
-    <x:row r="6" spans="1:15">
+      <x:c r="B5" s="0" t="n">
+        <x:v>221006.36</x:v>
+      </x:c>
+      <x:c r="C5" s="0" t="n">
+        <x:v>15743</x:v>
+      </x:c>
+      <x:c r="F5" s="0" t="n">
+        <x:v>92817</x:v>
+      </x:c>
+      <x:c r="G5" s="0" t="n">
+        <x:v>75880</x:v>
+      </x:c>
+      <x:c r="H5" s="0" t="n">
+        <x:v>14865</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="6" spans="1:22">
       <x:c r="A6" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
-    </x:row>
-    <x:row r="10" spans="1:15">
+      <x:c r="B6" s="0" t="n">
+        <x:v>13342</x:v>
+      </x:c>
+      <x:c r="C6" s="0" t="n">
+        <x:v>5436</x:v>
+      </x:c>
+      <x:c r="F6" s="0" t="n">
+        <x:v>7445</x:v>
+      </x:c>
+      <x:c r="G6" s="0" t="n">
+        <x:v>6062</x:v>
+      </x:c>
+      <x:c r="H6" s="0" t="n">
+        <x:v>784</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="8" spans="1:22">
+      <x:c r="B8" s="2" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="C8" s="2" t="s"/>
+      <x:c r="D8" s="2" t="s"/>
+      <x:c r="E8" s="2" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="F8" s="2" t="s"/>
+      <x:c r="G8" s="2" t="s"/>
+      <x:c r="H8" s="2" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="I8" s="2" t="s"/>
+      <x:c r="J8" s="2" t="s"/>
+      <x:c r="K8" s="2" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="L8" s="2" t="s"/>
+      <x:c r="M8" s="2" t="s"/>
+      <x:c r="N8" s="2" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="O8" s="2" t="s"/>
+      <x:c r="P8" s="2" t="s"/>
+      <x:c r="Q8" s="2" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="R8" s="2" t="s"/>
+      <x:c r="S8" s="2" t="s"/>
+      <x:c r="T8" s="2" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="U8" s="2" t="s"/>
+      <x:c r="V8" s="2" t="s"/>
+    </x:row>
+    <x:row r="9" spans="1:22">
+      <x:c r="B9" s="2" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="C9" s="2" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="D9" s="2" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="E9" s="2" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="F9" s="2" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="G9" s="2" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="H9" s="2" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="I9" s="2" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="J9" s="2" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="K9" s="2" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="L9" s="2" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="M9" s="2" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="N9" s="2" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="O9" s="2" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="P9" s="2" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="Q9" s="2" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="R9" s="2" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="S9" s="2" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="T9" s="2" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="U9" s="2" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="V9" s="2" t="s">
+        <x:v>23</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="10" spans="1:22">
       <x:c r="A10" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
-    </x:row>
-    <x:row r="11" spans="1:15">
+      <x:c r="B10" s="0" t="n">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="C10" s="0" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="D10" s="0" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="E10" s="0" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="F10" s="0" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="G10" s="0" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="N10" s="0" t="n">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="O10" s="0" t="n">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c r="P10" s="0" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="Q10" s="0" t="n">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="R10" s="0" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="S10" s="0" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="T10" s="0" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="U10" s="0" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="V10" s="0" t="n">
+        <x:v>1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="11" spans="1:22">
       <x:c r="A11" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
-    </x:row>
-    <x:row r="12" spans="1:15">
+      <x:c r="T11" s="0" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="U11" s="0" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="V11" s="0" t="n">
+        <x:v>1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="12" spans="1:22">
       <x:c r="A12" s="3" t="s">
         <x:v>26</x:v>
       </x:c>
-    </x:row>
-    <x:row r="13" spans="1:15">
+      <x:c r="T12" s="0" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="U12" s="0" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="V12" s="0" t="n">
+        <x:v>1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="13" spans="1:22">
       <x:c r="A13" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
-    </x:row>
-    <x:row r="14" spans="1:15">
+      <x:c r="T13" s="0" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="U13" s="0" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="V13" s="0" t="n">
+        <x:v>1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="14" spans="1:22">
       <x:c r="A14" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
     </x:row>
-    <x:row r="15" spans="1:15">
+    <x:row r="15" spans="1:22">
       <x:c r="A15" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
-    </x:row>
-    <x:row r="16" spans="1:15">
+      <x:c r="B15" s="0" t="n">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C15" s="0" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="D15" s="0" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="E15" s="0" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="F15" s="0" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="G15" s="0" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="N15" s="0" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="O15" s="0" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="P15" s="0" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="Q15" s="0" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="R15" s="0" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="S15" s="0" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="T15" s="0" t="n">
+        <x:v>0.5</x:v>
+      </x:c>
+      <x:c r="U15" s="0" t="n">
+        <x:v>0.4</x:v>
+      </x:c>
+      <x:c r="V15" s="0" t="n">
+        <x:v>0.4</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="16" spans="1:22">
       <x:c r="A16" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
-    </x:row>
-    <x:row r="17" spans="1:15">
+      <x:c r="B16" s="0" t="n">
+        <x:v>81</x:v>
+      </x:c>
+      <x:c r="C16" s="0" t="n">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="D16" s="0" t="n">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="E16" s="0" t="n">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="F16" s="0" t="n">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c r="G16" s="0" t="n">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="N16" s="0" t="n">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="O16" s="0" t="n">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="P16" s="0" t="n">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="Q16" s="0" t="n">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="R16" s="0" t="n">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="S16" s="0" t="n">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="T16" s="0" t="n">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="U16" s="0" t="n">
+        <x:v>11</x:v>
+      </x:c>
+      <x:c r="V16" s="0" t="n">
+        <x:v>10</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="17" spans="1:22">
       <x:c r="A17" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
-    <x:row r="18" spans="1:15">
+    <x:row r="18" spans="1:22">
       <x:c r="A18" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
-    <x:row r="19" spans="1:15">
+    <x:row r="19" spans="1:22">
       <x:c r="A19" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
-    <x:row r="20" spans="1:15">
+    <x:row r="20" spans="1:22">
       <x:c r="A20" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
-    </x:row>
-    <x:row r="21" spans="1:15">
+      <x:c r="B20" s="0" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="C20" s="0" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="D20" s="0" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="E20" s="0" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="F20" s="0" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="G20" s="0" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="N20" s="0" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="O20" s="0" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="P20" s="0" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="Q20" s="0" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="R20" s="0" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="S20" s="0" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="T20" s="0" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="U20" s="0" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="V20" s="0" t="n">
+        <x:v>1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="21" spans="1:22">
       <x:c r="A21" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
-    </x:row>
-    <x:row r="22" spans="1:15">
+      <x:c r="B21" s="0" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="C21" s="0" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="D21" s="0" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="E21" s="0" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="F21" s="0" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="G21" s="0" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="N21" s="0" t="n">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c r="O21" s="0" t="n">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="P21" s="0" t="n">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c r="Q21" s="0" t="n">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c r="R21" s="0" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="S21" s="0" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="T21" s="0" t="n">
+        <x:v>0.55</x:v>
+      </x:c>
+      <x:c r="U21" s="0" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="V21" s="0" t="n">
+        <x:v>0.6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="22" spans="1:22">
       <x:c r="A22" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
+      <x:c r="B22" s="0" t="n">
+        <x:v>43</x:v>
+      </x:c>
+      <x:c r="C22" s="0" t="n">
+        <x:v>45</x:v>
+      </x:c>
+      <x:c r="D22" s="0" t="n">
+        <x:v>45</x:v>
+      </x:c>
+      <x:c r="E22" s="0" t="n">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="F22" s="0" t="n">
+        <x:v>46</x:v>
+      </x:c>
+      <x:c r="G22" s="0" t="n">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="N22" s="0" t="n">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="O22" s="0" t="n">
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="P22" s="0" t="n">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="Q22" s="0" t="n">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="R22" s="0" t="n">
+        <x:v>45</x:v>
+      </x:c>
+      <x:c r="S22" s="0" t="n">
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="T22" s="0" t="n">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="U22" s="0" t="n">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="V22" s="0" t="n">
+        <x:v>17</x:v>
+      </x:c>
     </x:row>
   </x:sheetData>
-  <x:mergeCells count="1">
+  <x:mergeCells count="8">
     <x:mergeCell ref="A1:O1"/>
+    <x:mergeCell ref="B8:D8"/>
+    <x:mergeCell ref="E8:G8"/>
+    <x:mergeCell ref="H8:J8"/>
+    <x:mergeCell ref="K8:M8"/>
+    <x:mergeCell ref="N8:P8"/>
+    <x:mergeCell ref="Q8:S8"/>
+    <x:mergeCell ref="T8:V8"/>
   </x:mergeCells>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet16.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:O22"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="54.790625" style="0" customWidth="1"/>
-    <x:col min="2" max="15" width="9.140625" style="0" customWidth="1"/>
+    <x:col min="2" max="2" width="11.920625" style="0" customWidth="1"/>
+    <x:col min="3" max="3" width="9.610625" style="0" customWidth="1"/>
+    <x:col min="4" max="4" width="8.230625" style="0" customWidth="1"/>
+    <x:col min="5" max="15" width="9.140625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:15">
       <x:c r="A1" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B1" s="1" t="s"/>
       <x:c r="C1" s="1" t="s"/>
       <x:c r="D1" s="1" t="s"/>
       <x:c r="E1" s="1" t="s"/>
       <x:c r="F1" s="1" t="s"/>
       <x:c r="G1" s="1" t="s"/>
       <x:c r="H1" s="1" t="s"/>
       <x:c r="I1" s="1" t="s"/>
       <x:c r="J1" s="1" t="s"/>
       <x:c r="K1" s="1" t="s"/>
       <x:c r="L1" s="1" t="s"/>
       <x:c r="M1" s="1" t="s"/>
       <x:c r="N1" s="1" t="s"/>
       <x:c r="O1" s="1" t="s"/>
     </x:row>
+    <x:row r="2" spans="1:15">
+      <x:c r="B2" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+    </x:row>
     <x:row r="3" spans="1:15">
       <x:c r="A3" s="3" t="s">
         <x:v>9</x:v>
       </x:c>
+      <x:c r="B3" s="0" t="n">
+        <x:v>32379.29</x:v>
+      </x:c>
     </x:row>
     <x:row r="4" spans="1:15">
       <x:c r="A4" s="3" t="s">
         <x:v>10</x:v>
       </x:c>
+      <x:c r="B4" s="0" t="n">
+        <x:v>672618.34</x:v>
+      </x:c>
     </x:row>
     <x:row r="5" spans="1:15">
       <x:c r="A5" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
+      <x:c r="B5" s="0" t="n">
+        <x:v>2639733.53</x:v>
+      </x:c>
     </x:row>
     <x:row r="6" spans="1:15">
       <x:c r="A6" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
+    <x:row r="8" spans="1:15">
+      <x:c r="B8" s="2" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="C8" s="2" t="s"/>
+      <x:c r="D8" s="2" t="s"/>
+    </x:row>
+    <x:row r="9" spans="1:15">
+      <x:c r="B9" s="2" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="C9" s="2" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="D9" s="2" t="s">
+        <x:v>23</x:v>
+      </x:c>
+    </x:row>
     <x:row r="10" spans="1:15">
       <x:c r="A10" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
+      <x:c r="B10" s="0" t="n">
+        <x:v>568.49</x:v>
+      </x:c>
+      <x:c r="C10" s="0" t="n">
+        <x:v>592.52</x:v>
+      </x:c>
+      <x:c r="D10" s="0" t="n">
+        <x:v>574.63</x:v>
+      </x:c>
     </x:row>
     <x:row r="11" spans="1:15">
       <x:c r="A11" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:15">
       <x:c r="A12" s="3" t="s">
         <x:v>26</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:15">
       <x:c r="A13" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:15">
       <x:c r="A14" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:15">
       <x:c r="A15" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
+      <x:c r="B15" s="0" t="n">
+        <x:v>87.56</x:v>
+      </x:c>
+      <x:c r="C15" s="0" t="n">
+        <x:v>92.58</x:v>
+      </x:c>
+      <x:c r="D15" s="0" t="n">
+        <x:v>92.28</x:v>
+      </x:c>
     </x:row>
     <x:row r="16" spans="1:15">
       <x:c r="A16" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
+      <x:c r="B16" s="0" t="n">
+        <x:v>1811.81</x:v>
+      </x:c>
+      <x:c r="C16" s="0" t="n">
+        <x:v>1948.03</x:v>
+      </x:c>
+      <x:c r="D16" s="0" t="n">
+        <x:v>1927.88</x:v>
+      </x:c>
     </x:row>
     <x:row r="17" spans="1:15">
       <x:c r="A17" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:15">
       <x:c r="A18" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:15">
       <x:c r="A19" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:15">
       <x:c r="A20" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
+      <x:c r="B20" s="0" t="n">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="C20" s="0" t="n">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="D20" s="0" t="n">
+        <x:v>13</x:v>
+      </x:c>
     </x:row>
     <x:row r="21" spans="1:15">
       <x:c r="A21" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
+      <x:c r="B21" s="0" t="n">
+        <x:v>14.07</x:v>
+      </x:c>
+      <x:c r="C21" s="0" t="n">
+        <x:v>13.34</x:v>
+      </x:c>
+      <x:c r="D21" s="0" t="n">
+        <x:v>13.66</x:v>
+      </x:c>
     </x:row>
     <x:row r="22" spans="1:15">
       <x:c r="A22" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
+      <x:c r="B22" s="0" t="n">
+        <x:v>100.69</x:v>
+      </x:c>
+      <x:c r="C22" s="0" t="n">
+        <x:v>95.85</x:v>
+      </x:c>
+      <x:c r="D22" s="0" t="n">
+        <x:v>104.67</x:v>
+      </x:c>
     </x:row>
   </x:sheetData>
-  <x:mergeCells count="1">
+  <x:mergeCells count="2">
     <x:mergeCell ref="A1:O1"/>
+    <x:mergeCell ref="B8:D8"/>
   </x:mergeCells>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet17.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:O22"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="54.790625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.920625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="9.610625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="8.230625" style="0" customWidth="1"/>
     <x:col min="5" max="15" width="9.140625" style="0" customWidth="1"/>
@@ -5083,884 +6226,795 @@
       <x:c r="B1" s="1" t="s"/>
       <x:c r="C1" s="1" t="s"/>
       <x:c r="D1" s="1" t="s"/>
       <x:c r="E1" s="1" t="s"/>
       <x:c r="F1" s="1" t="s"/>
       <x:c r="G1" s="1" t="s"/>
       <x:c r="H1" s="1" t="s"/>
       <x:c r="I1" s="1" t="s"/>
       <x:c r="J1" s="1" t="s"/>
       <x:c r="K1" s="1" t="s"/>
       <x:c r="L1" s="1" t="s"/>
       <x:c r="M1" s="1" t="s"/>
       <x:c r="N1" s="1" t="s"/>
       <x:c r="O1" s="1" t="s"/>
     </x:row>
     <x:row r="2" spans="1:15">
       <x:c r="B2" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:15">
       <x:c r="A3" s="3" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B3" s="0" t="n">
-        <x:v>5532</x:v>
+        <x:v>16668.49</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:15">
       <x:c r="A4" s="3" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B4" s="0" t="n">
-        <x:v>73047</x:v>
+        <x:v>241467.69</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:15">
       <x:c r="A5" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
+      <x:c r="B5" s="0" t="n">
+        <x:v>947655.33</x:v>
+      </x:c>
     </x:row>
     <x:row r="6" spans="1:15">
       <x:c r="A6" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
-      <x:c r="B6" s="0" t="n">
-[...1 lines deleted...]
-      </x:c>
     </x:row>
     <x:row r="8" spans="1:15">
       <x:c r="B8" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="C8" s="2" t="s"/>
       <x:c r="D8" s="2" t="s"/>
     </x:row>
     <x:row r="9" spans="1:15">
       <x:c r="B9" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="C9" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="D9" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:15">
       <x:c r="A10" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B10" s="0" t="n">
-        <x:v>43</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="C10" s="0" t="n">
-        <x:v>27</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="D10" s="0" t="n">
-        <x:v>25</x:v>
+        <x:v>383</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:15">
       <x:c r="A11" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:15">
       <x:c r="A12" s="3" t="s">
         <x:v>26</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:15">
       <x:c r="A13" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:15">
       <x:c r="A14" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:15">
       <x:c r="A15" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B15" s="0" t="n">
-        <x:v>17</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="C15" s="0" t="n">
-        <x:v>11</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D15" s="0" t="n">
-        <x:v>11</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:15">
       <x:c r="A16" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B16" s="0" t="n">
-        <x:v>223</x:v>
+        <x:v>653</x:v>
       </x:c>
       <x:c r="C16" s="0" t="n">
-        <x:v>145</x:v>
+        <x:v>702</x:v>
       </x:c>
       <x:c r="D16" s="0" t="n">
-        <x:v>141</x:v>
+        <x:v>678</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:15">
       <x:c r="A17" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:15">
       <x:c r="A18" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:15">
       <x:c r="A19" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:15">
       <x:c r="A20" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B20" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="C20" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="D20" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:15">
       <x:c r="A21" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B21" s="0" t="n">
-        <x:v>42.5</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="C21" s="0" t="n">
-        <x:v>42.1</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="D21" s="0" t="n">
-        <x:v>41.7</x:v>
+        <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:15">
       <x:c r="A22" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B22" s="0" t="n">
-        <x:v>548.6</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="C22" s="0" t="n">
-        <x:v>548.2</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="D22" s="0" t="n">
-        <x:v>548</x:v>
+        <x:v>30</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="2">
     <x:mergeCell ref="A1:O1"/>
     <x:mergeCell ref="B8:D8"/>
   </x:mergeCells>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet18.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:O22"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="54.790625" style="0" customWidth="1"/>
-    <x:col min="2" max="5" width="11.920625" style="0" customWidth="1"/>
-[...8 lines deleted...]
-    <x:col min="14" max="15" width="9.140625" style="0" customWidth="1"/>
+    <x:col min="2" max="2" width="11.920625" style="0" customWidth="1"/>
+    <x:col min="3" max="3" width="9.610625" style="0" customWidth="1"/>
+    <x:col min="4" max="4" width="8.230625" style="0" customWidth="1"/>
+    <x:col min="5" max="15" width="9.140625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:15">
       <x:c r="A1" s="1" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B1" s="1" t="s"/>
       <x:c r="C1" s="1" t="s"/>
       <x:c r="D1" s="1" t="s"/>
       <x:c r="E1" s="1" t="s"/>
       <x:c r="F1" s="1" t="s"/>
       <x:c r="G1" s="1" t="s"/>
       <x:c r="H1" s="1" t="s"/>
       <x:c r="I1" s="1" t="s"/>
       <x:c r="J1" s="1" t="s"/>
       <x:c r="K1" s="1" t="s"/>
       <x:c r="L1" s="1" t="s"/>
       <x:c r="M1" s="1" t="s"/>
       <x:c r="N1" s="1" t="s"/>
       <x:c r="O1" s="1" t="s"/>
     </x:row>
     <x:row r="2" spans="1:15">
       <x:c r="B2" s="2" t="s">
-        <x:v>5</x:v>
-[...8 lines deleted...]
-        <x:v>8</x:v>
+        <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:15">
       <x:c r="A3" s="3" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B3" s="0" t="n">
-        <x:v>3382.3</x:v>
-[...5 lines deleted...]
-        <x:v>4194</x:v>
+        <x:v>5532</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:15">
       <x:c r="A4" s="3" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B4" s="0" t="n">
-        <x:v>34821</x:v>
-[...5 lines deleted...]
-        <x:v>38278</x:v>
+        <x:v>73047</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:15">
       <x:c r="A5" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
-      <x:c r="D5" s="0" t="n">
-[...4 lines deleted...]
-      </x:c>
     </x:row>
     <x:row r="6" spans="1:15">
       <x:c r="A6" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
-      <x:c r="D6" s="0" t="n">
-[...2 lines deleted...]
-      <x:c r="E6" s="0" t="n">
+      <x:c r="B6" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:15">
       <x:c r="B8" s="2" t="s">
-        <x:v>17</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="C8" s="2" t="s"/>
       <x:c r="D8" s="2" t="s"/>
-      <x:c r="E8" s="2" t="s">
-[...13 lines deleted...]
-      <x:c r="M8" s="2" t="s"/>
     </x:row>
     <x:row r="9" spans="1:15">
       <x:c r="B9" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="C9" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="D9" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
-      <x:c r="E9" s="2" t="s">
-[...25 lines deleted...]
-      </x:c>
     </x:row>
     <x:row r="10" spans="1:15">
       <x:c r="A10" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B10" s="0" t="n">
-        <x:v>59470262</x:v>
-[...17 lines deleted...]
-        <x:v>1201</x:v>
+        <x:v>43</x:v>
+      </x:c>
+      <x:c r="C10" s="0" t="n">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="D10" s="0" t="n">
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:15">
       <x:c r="A11" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:15">
       <x:c r="A12" s="3" t="s">
         <x:v>26</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:15">
       <x:c r="A13" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:15">
       <x:c r="A14" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:15">
       <x:c r="A15" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
-      <x:c r="H15" s="0" t="n">
-[...15 lines deleted...]
-        <x:v>28</x:v>
+      <x:c r="B15" s="0" t="n">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="C15" s="0" t="n">
+        <x:v>11</x:v>
+      </x:c>
+      <x:c r="D15" s="0" t="n">
+        <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:15">
       <x:c r="A16" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
-      <x:c r="H16" s="0" t="n">
-[...15 lines deleted...]
-        <x:v>254</x:v>
+      <x:c r="B16" s="0" t="n">
+        <x:v>223</x:v>
+      </x:c>
+      <x:c r="C16" s="0" t="n">
+        <x:v>145</x:v>
+      </x:c>
+      <x:c r="D16" s="0" t="n">
+        <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:15">
       <x:c r="A17" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:15">
       <x:c r="A18" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:15">
       <x:c r="A19" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:15">
       <x:c r="A20" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
-      <x:c r="H20" s="0" t="n">
-[...2 lines deleted...]
-      <x:c r="I20" s="0" t="n">
+      <x:c r="B20" s="0" t="n">
         <x:v>3</x:v>
       </x:c>
-      <x:c r="J20" s="0" t="n">
+      <x:c r="C20" s="0" t="n">
         <x:v>3</x:v>
       </x:c>
-      <x:c r="K20" s="0" t="n">
-[...5 lines deleted...]
-      <x:c r="M20" s="0" t="n">
+      <x:c r="D20" s="0" t="n">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:15">
       <x:c r="A21" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
-      <x:c r="H21" s="0" t="n">
-[...15 lines deleted...]
-        <x:v>1.9</x:v>
+      <x:c r="B21" s="0" t="n">
+        <x:v>42.5</x:v>
+      </x:c>
+      <x:c r="C21" s="0" t="n">
+        <x:v>42.1</x:v>
+      </x:c>
+      <x:c r="D21" s="0" t="n">
+        <x:v>41.7</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:15">
       <x:c r="A22" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
-      <x:c r="H22" s="0" t="n">
-[...15 lines deleted...]
-        <x:v>26.9</x:v>
+      <x:c r="B22" s="0" t="n">
+        <x:v>548.6</x:v>
+      </x:c>
+      <x:c r="C22" s="0" t="n">
+        <x:v>548.2</x:v>
+      </x:c>
+      <x:c r="D22" s="0" t="n">
+        <x:v>548</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
-  <x:mergeCells count="5">
+  <x:mergeCells count="2">
     <x:mergeCell ref="A1:O1"/>
     <x:mergeCell ref="B8:D8"/>
-    <x:mergeCell ref="E8:G8"/>
-[...1 lines deleted...]
-    <x:mergeCell ref="K8:M8"/>
   </x:mergeCells>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet19.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:O22"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="54.790625" style="0" customWidth="1"/>
-    <x:col min="2" max="3" width="11.920625" style="0" customWidth="1"/>
-[...1 lines deleted...]
-    <x:col min="5" max="5" width="10.000625" style="0" customWidth="1"/>
+    <x:col min="2" max="5" width="11.920625" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="9.610625" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="8.230625" style="0" customWidth="1"/>
-    <x:col min="8" max="15" width="9.140625" style="0" customWidth="1"/>
+    <x:col min="8" max="8" width="10.000625" style="0" customWidth="1"/>
+    <x:col min="9" max="9" width="9.610625" style="0" customWidth="1"/>
+    <x:col min="10" max="10" width="8.230625" style="0" customWidth="1"/>
+    <x:col min="11" max="11" width="10.000625" style="0" customWidth="1"/>
+    <x:col min="12" max="12" width="9.610625" style="0" customWidth="1"/>
+    <x:col min="13" max="13" width="8.230625" style="0" customWidth="1"/>
+    <x:col min="14" max="15" width="9.140625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:15">
       <x:c r="A1" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B1" s="1" t="s"/>
       <x:c r="C1" s="1" t="s"/>
       <x:c r="D1" s="1" t="s"/>
       <x:c r="E1" s="1" t="s"/>
       <x:c r="F1" s="1" t="s"/>
       <x:c r="G1" s="1" t="s"/>
       <x:c r="H1" s="1" t="s"/>
       <x:c r="I1" s="1" t="s"/>
       <x:c r="J1" s="1" t="s"/>
       <x:c r="K1" s="1" t="s"/>
       <x:c r="L1" s="1" t="s"/>
       <x:c r="M1" s="1" t="s"/>
       <x:c r="N1" s="1" t="s"/>
       <x:c r="O1" s="1" t="s"/>
     </x:row>
     <x:row r="2" spans="1:15">
       <x:c r="B2" s="2" t="s">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c r="C2" s="2" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="D2" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
-      <x:c r="C2" s="2" t="s">
+      <x:c r="E2" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:15">
       <x:c r="A3" s="3" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B3" s="0" t="n">
-        <x:v>1856</x:v>
-[...2 lines deleted...]
-        <x:v>1873</x:v>
+        <x:v>3382.3</x:v>
+      </x:c>
+      <x:c r="D3" s="0" t="n">
+        <x:v>3208</x:v>
+      </x:c>
+      <x:c r="E3" s="0" t="n">
+        <x:v>4194</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:15">
       <x:c r="A4" s="3" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B4" s="0" t="n">
-        <x:v>15266</x:v>
-[...2 lines deleted...]
-        <x:v>12620</x:v>
+        <x:v>34821</x:v>
+      </x:c>
+      <x:c r="D4" s="0" t="n">
+        <x:v>31548</x:v>
+      </x:c>
+      <x:c r="E4" s="0" t="n">
+        <x:v>38278</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:15">
       <x:c r="A5" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
-      <x:c r="B5" s="0" t="n">
-[...3 lines deleted...]
-        <x:v>95738</x:v>
+      <x:c r="D5" s="0" t="n">
+        <x:v>92.5</x:v>
+      </x:c>
+      <x:c r="E5" s="0" t="n">
+        <x:v>290383</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:15">
       <x:c r="A6" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
-      <x:c r="B6" s="0" t="n">
+      <x:c r="D6" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
-      <x:c r="C6" s="0" t="n">
+      <x:c r="E6" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:15">
       <x:c r="B8" s="2" t="s">
-        <x:v>19</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="C8" s="2" t="s"/>
       <x:c r="D8" s="2" t="s"/>
       <x:c r="E8" s="2" t="s">
-        <x:v>20</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="F8" s="2" t="s"/>
       <x:c r="G8" s="2" t="s"/>
+      <x:c r="H8" s="2" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="I8" s="2" t="s"/>
+      <x:c r="J8" s="2" t="s"/>
+      <x:c r="K8" s="2" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="L8" s="2" t="s"/>
+      <x:c r="M8" s="2" t="s"/>
     </x:row>
     <x:row r="9" spans="1:15">
       <x:c r="B9" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="C9" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="D9" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="E9" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F9" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="G9" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
+      <x:c r="H9" s="2" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="I9" s="2" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="J9" s="2" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="K9" s="2" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="L9" s="2" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="M9" s="2" t="s">
+        <x:v>23</x:v>
+      </x:c>
     </x:row>
     <x:row r="10" spans="1:15">
       <x:c r="A10" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B10" s="0" t="n">
-        <x:v>129</x:v>
-[...14 lines deleted...]
-        <x:v>140</x:v>
+        <x:v>59470262</x:v>
+      </x:c>
+      <x:c r="H10" s="0" t="n">
+        <x:v>561</x:v>
+      </x:c>
+      <x:c r="I10" s="0" t="n">
+        <x:v>1264</x:v>
+      </x:c>
+      <x:c r="J10" s="0" t="n">
+        <x:v>778</x:v>
+      </x:c>
+      <x:c r="K10" s="0" t="n">
+        <x:v>1007</x:v>
+      </x:c>
+      <x:c r="L10" s="0" t="n">
+        <x:v>1799</x:v>
+      </x:c>
+      <x:c r="M10" s="0" t="n">
+        <x:v>1201</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:15">
       <x:c r="A11" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:15">
       <x:c r="A12" s="3" t="s">
         <x:v>26</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:15">
       <x:c r="A13" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:15">
       <x:c r="A14" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:15">
       <x:c r="A15" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
-      <x:c r="B15" s="0" t="n">
-[...15 lines deleted...]
-        <x:v>11</x:v>
+      <x:c r="H15" s="0" t="n">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="I15" s="0" t="n">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="J15" s="0" t="n">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="K15" s="0" t="n">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="L15" s="0" t="n">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="M15" s="0" t="n">
+        <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:15">
       <x:c r="A16" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
-      <x:c r="B16" s="0" t="n">
-[...15 lines deleted...]
-        <x:v>70</x:v>
+      <x:c r="H16" s="0" t="n">
+        <x:v>207</x:v>
+      </x:c>
+      <x:c r="I16" s="0" t="n">
+        <x:v>231</x:v>
+      </x:c>
+      <x:c r="J16" s="0" t="n">
+        <x:v>207</x:v>
+      </x:c>
+      <x:c r="K16" s="0" t="n">
+        <x:v>225</x:v>
+      </x:c>
+      <x:c r="L16" s="0" t="n">
+        <x:v>289</x:v>
+      </x:c>
+      <x:c r="M16" s="0" t="n">
+        <x:v>254</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:15">
       <x:c r="A17" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:15">
       <x:c r="A18" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:15">
       <x:c r="A19" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:15">
       <x:c r="A20" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
-      <x:c r="B20" s="0" t="n">
-[...15 lines deleted...]
-        <x:v>1</x:v>
+      <x:c r="H20" s="0" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="I20" s="0" t="n">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c r="J20" s="0" t="n">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c r="K20" s="0" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="L20" s="0" t="n">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c r="M20" s="0" t="n">
+        <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:15">
       <x:c r="A21" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
-      <x:c r="B21" s="0" t="n">
-[...15 lines deleted...]
-        <x:v>1</x:v>
+      <x:c r="H21" s="0" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I21" s="0" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="J21" s="0" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="K21" s="0" t="n">
+        <x:v>1.3</x:v>
+      </x:c>
+      <x:c r="L21" s="0" t="n">
+        <x:v>1.8</x:v>
+      </x:c>
+      <x:c r="M21" s="0" t="n">
+        <x:v>1.9</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:15">
       <x:c r="A22" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
-      <x:c r="B22" s="0" t="n">
-[...15 lines deleted...]
-        <x:v>18</x:v>
+      <x:c r="H22" s="0" t="n">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="I22" s="0" t="n">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="J22" s="0" t="n">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="K22" s="0" t="n">
+        <x:v>20.4</x:v>
+      </x:c>
+      <x:c r="L22" s="0" t="n">
+        <x:v>28.8</x:v>
+      </x:c>
+      <x:c r="M22" s="0" t="n">
+        <x:v>26.9</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
-  <x:mergeCells count="3">
+  <x:mergeCells count="5">
     <x:mergeCell ref="A1:O1"/>
     <x:mergeCell ref="B8:D8"/>
     <x:mergeCell ref="E8:G8"/>
+    <x:mergeCell ref="H8:J8"/>
+    <x:mergeCell ref="K8:M8"/>
   </x:mergeCells>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:S22"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="54.790625" style="0" customWidth="1"/>
     <x:col min="2" max="7" width="11.920625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="10.000625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="9.610625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.230625" style="0" customWidth="1"/>
@@ -6556,208 +7610,208 @@
       <x:c r="E1" s="1" t="s"/>
       <x:c r="F1" s="1" t="s"/>
       <x:c r="G1" s="1" t="s"/>
       <x:c r="H1" s="1" t="s"/>
       <x:c r="I1" s="1" t="s"/>
       <x:c r="J1" s="1" t="s"/>
       <x:c r="K1" s="1" t="s"/>
       <x:c r="L1" s="1" t="s"/>
       <x:c r="M1" s="1" t="s"/>
       <x:c r="N1" s="1" t="s"/>
       <x:c r="O1" s="1" t="s"/>
     </x:row>
     <x:row r="2" spans="1:15">
       <x:c r="B2" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="C2" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:15">
       <x:c r="A3" s="3" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B3" s="0" t="n">
-        <x:v>741</x:v>
+        <x:v>1856</x:v>
       </x:c>
       <x:c r="C3" s="0" t="n">
-        <x:v>1440</x:v>
+        <x:v>1873</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:15">
       <x:c r="A4" s="3" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B4" s="0" t="n">
-        <x:v>9303</x:v>
+        <x:v>15266</x:v>
       </x:c>
       <x:c r="C4" s="0" t="n">
-        <x:v>15437</x:v>
+        <x:v>12620</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:15">
       <x:c r="A5" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B5" s="0" t="n">
-        <x:v>118.13</x:v>
+        <x:v>77.27</x:v>
       </x:c>
       <x:c r="C5" s="0" t="n">
-        <x:v>117109</x:v>
+        <x:v>95738</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:15">
       <x:c r="A6" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B6" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C6" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:15">
       <x:c r="B8" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="C8" s="2" t="s"/>
       <x:c r="D8" s="2" t="s"/>
       <x:c r="E8" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="F8" s="2" t="s"/>
       <x:c r="G8" s="2" t="s"/>
     </x:row>
     <x:row r="9" spans="1:15">
       <x:c r="B9" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="C9" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="D9" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="E9" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F9" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="G9" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:15">
       <x:c r="A10" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B10" s="0" t="n">
-        <x:v>82</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="C10" s="0" t="n">
-        <x:v>216</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="D10" s="0" t="n">
-        <x:v>95</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="E10" s="0" t="n">
-        <x:v>188</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="F10" s="0" t="n">
-        <x:v>254</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="G10" s="0" t="n">
-        <x:v>138</x:v>
+        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:15">
       <x:c r="A11" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:15">
       <x:c r="A12" s="3" t="s">
         <x:v>26</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:15">
       <x:c r="A13" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:15">
       <x:c r="A14" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:15">
       <x:c r="A15" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B15" s="0" t="n">
-        <x:v>9</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="C15" s="0" t="n">
-        <x:v>9</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D15" s="0" t="n">
-        <x:v>10</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E15" s="0" t="n">
-        <x:v>10</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="F15" s="0" t="n">
-        <x:v>10</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="G15" s="0" t="n">
-        <x:v>9</x:v>
+        <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:15">
       <x:c r="A16" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B16" s="0" t="n">
-        <x:v>110</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C16" s="0" t="n">
-        <x:v>108</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="D16" s="0" t="n">
-        <x:v>122</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E16" s="0" t="n">
-        <x:v>104</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="F16" s="0" t="n">
-        <x:v>107</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="G16" s="0" t="n">
-        <x:v>98</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:15">
       <x:c r="A17" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:15">
       <x:c r="A18" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:15">
       <x:c r="A19" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:15">
       <x:c r="A20" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B20" s="0" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C20" s="0" t="n">
@@ -6768,80 +7822,80 @@
       </x:c>
       <x:c r="E20" s="0" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F20" s="0" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="G20" s="0" t="n">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:15">
       <x:c r="A21" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B21" s="0" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C21" s="0" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D21" s="0" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E21" s="0" t="n">
-        <x:v>0.6</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="F21" s="0" t="n">
-        <x:v>0.7</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="G21" s="0" t="n">
-        <x:v>0.6</x:v>
+        <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:15">
       <x:c r="A22" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B22" s="0" t="n">
-        <x:v>15</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="C22" s="0" t="n">
-        <x:v>16</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="D22" s="0" t="n">
         <x:v>17</x:v>
       </x:c>
       <x:c r="E22" s="0" t="n">
-        <x:v>10</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="F22" s="0" t="n">
-        <x:v>11</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="G22" s="0" t="n">
-        <x:v>11</x:v>
+        <x:v>18</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="3">
     <x:mergeCell ref="A1:O1"/>
     <x:mergeCell ref="B8:D8"/>
     <x:mergeCell ref="E8:G8"/>
   </x:mergeCells>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet21.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:O22"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
@@ -6866,292 +7920,292 @@
       <x:c r="E1" s="1" t="s"/>
       <x:c r="F1" s="1" t="s"/>
       <x:c r="G1" s="1" t="s"/>
       <x:c r="H1" s="1" t="s"/>
       <x:c r="I1" s="1" t="s"/>
       <x:c r="J1" s="1" t="s"/>
       <x:c r="K1" s="1" t="s"/>
       <x:c r="L1" s="1" t="s"/>
       <x:c r="M1" s="1" t="s"/>
       <x:c r="N1" s="1" t="s"/>
       <x:c r="O1" s="1" t="s"/>
     </x:row>
     <x:row r="2" spans="1:15">
       <x:c r="B2" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="C2" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:15">
       <x:c r="A3" s="3" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B3" s="0" t="n">
-        <x:v>139</x:v>
+        <x:v>741</x:v>
       </x:c>
       <x:c r="C3" s="0" t="n">
-        <x:v>301</x:v>
+        <x:v>1440</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:15">
       <x:c r="A4" s="3" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B4" s="0" t="n">
-        <x:v>2594</x:v>
+        <x:v>9303</x:v>
       </x:c>
       <x:c r="C4" s="0" t="n">
-        <x:v>5419</x:v>
+        <x:v>15437</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:15">
       <x:c r="A5" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B5" s="0" t="n">
-        <x:v>174.19</x:v>
+        <x:v>118.13</x:v>
       </x:c>
       <x:c r="C5" s="0" t="n">
-        <x:v>41110</x:v>
+        <x:v>117109</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:15">
       <x:c r="A6" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B6" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C6" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:15">
       <x:c r="B8" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="C8" s="2" t="s"/>
       <x:c r="D8" s="2" t="s"/>
       <x:c r="E8" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="F8" s="2" t="s"/>
       <x:c r="G8" s="2" t="s"/>
     </x:row>
     <x:row r="9" spans="1:15">
       <x:c r="B9" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="C9" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="D9" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="E9" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F9" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="G9" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:15">
       <x:c r="A10" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B10" s="0" t="n">
-        <x:v>42</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C10" s="0" t="n">
-        <x:v>105</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="D10" s="0" t="n">
-        <x:v>27</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E10" s="0" t="n">
-        <x:v>147</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="F10" s="0" t="n">
-        <x:v>213</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="G10" s="0" t="n">
-        <x:v>106</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:15">
       <x:c r="A11" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:15">
       <x:c r="A12" s="3" t="s">
         <x:v>26</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:15">
       <x:c r="A13" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:15">
       <x:c r="A14" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:15">
       <x:c r="A15" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B15" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="C15" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D15" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="E15" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="F15" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="G15" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:15">
       <x:c r="A16" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B16" s="0" t="n">
-        <x:v>18</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="C16" s="0" t="n">
-        <x:v>17</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="D16" s="0" t="n">
-        <x:v>16</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="E16" s="0" t="n">
-        <x:v>34</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="F16" s="0" t="n">
-        <x:v>35</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="G16" s="0" t="n">
-        <x:v>32</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:15">
       <x:c r="A17" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:15">
       <x:c r="A18" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:15">
       <x:c r="A19" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:15">
       <x:c r="A20" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B20" s="0" t="n">
-        <x:v>4</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="C20" s="0" t="n">
-        <x:v>4</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="D20" s="0" t="n">
-        <x:v>4</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="E20" s="0" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F20" s="0" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="G20" s="0" t="n">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:15">
       <x:c r="A21" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B21" s="0" t="n">
-        <x:v>0</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="C21" s="0" t="n">
-        <x:v>0</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="D21" s="0" t="n">
-        <x:v>0</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="E21" s="0" t="n">
-        <x:v>0.3</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="F21" s="0" t="n">
-        <x:v>0.4</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="G21" s="0" t="n">
-        <x:v>0.3</x:v>
+        <x:v>0.6</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:15">
       <x:c r="A22" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B22" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="C22" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="D22" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="E22" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="F22" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="G22" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>11</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="3">
     <x:mergeCell ref="A1:O1"/>
     <x:mergeCell ref="B8:D8"/>
     <x:mergeCell ref="E8:G8"/>
   </x:mergeCells>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet22.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:O22"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
@@ -7176,292 +8230,292 @@
       <x:c r="E1" s="1" t="s"/>
       <x:c r="F1" s="1" t="s"/>
       <x:c r="G1" s="1" t="s"/>
       <x:c r="H1" s="1" t="s"/>
       <x:c r="I1" s="1" t="s"/>
       <x:c r="J1" s="1" t="s"/>
       <x:c r="K1" s="1" t="s"/>
       <x:c r="L1" s="1" t="s"/>
       <x:c r="M1" s="1" t="s"/>
       <x:c r="N1" s="1" t="s"/>
       <x:c r="O1" s="1" t="s"/>
     </x:row>
     <x:row r="2" spans="1:15">
       <x:c r="B2" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="C2" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:15">
       <x:c r="A3" s="3" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B3" s="0" t="n">
-        <x:v>23</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C3" s="0" t="n">
-        <x:v>1272</x:v>
+        <x:v>301</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:15">
       <x:c r="A4" s="3" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B4" s="0" t="n">
-        <x:v>235</x:v>
+        <x:v>2594</x:v>
       </x:c>
       <x:c r="C4" s="0" t="n">
-        <x:v>9993</x:v>
+        <x:v>5419</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:15">
       <x:c r="A5" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B5" s="0" t="n">
-        <x:v>107.97</x:v>
+        <x:v>174.19</x:v>
       </x:c>
       <x:c r="C5" s="0" t="n">
-        <x:v>75809</x:v>
+        <x:v>41110</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:15">
       <x:c r="A6" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B6" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C6" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:15">
       <x:c r="B8" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="C8" s="2" t="s"/>
       <x:c r="D8" s="2" t="s"/>
       <x:c r="E8" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="F8" s="2" t="s"/>
       <x:c r="G8" s="2" t="s"/>
     </x:row>
     <x:row r="9" spans="1:15">
       <x:c r="B9" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="C9" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="D9" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="E9" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F9" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="G9" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:15">
       <x:c r="A10" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B10" s="0" t="n">
-        <x:v>0</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="C10" s="0" t="n">
-        <x:v>322</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="D10" s="0" t="n">
-        <x:v>145</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="E10" s="0" t="n">
-        <x:v>228</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="F10" s="0" t="n">
-        <x:v>430</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="G10" s="0" t="n">
-        <x:v>305</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:15">
       <x:c r="A11" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:15">
       <x:c r="A12" s="3" t="s">
         <x:v>26</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:15">
       <x:c r="A13" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:15">
       <x:c r="A14" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:15">
       <x:c r="A15" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B15" s="0" t="n">
-        <x:v>0</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="C15" s="0" t="n">
-        <x:v>5</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="D15" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="E15" s="0" t="n">
-        <x:v>10</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="F15" s="0" t="n">
-        <x:v>13</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="G15" s="0" t="n">
-        <x:v>10</x:v>
+        <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:15">
       <x:c r="A16" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B16" s="0" t="n">
-        <x:v>0</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="C16" s="0" t="n">
-        <x:v>49</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="D16" s="0" t="n">
-        <x:v>20</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="E16" s="0" t="n">
-        <x:v>77</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="F16" s="0" t="n">
-        <x:v>103</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="G16" s="0" t="n">
-        <x:v>76</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:15">
       <x:c r="A17" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:15">
       <x:c r="A18" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:15">
       <x:c r="A19" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:15">
       <x:c r="A20" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B20" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="C20" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="D20" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="E20" s="0" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F20" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="G20" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:15">
       <x:c r="A21" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B21" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C21" s="0" t="n">
-        <x:v>0.5</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D21" s="0" t="n">
-        <x:v>0.5</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="E21" s="0" t="n">
-        <x:v>1.4</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="F21" s="0" t="n">
-        <x:v>1.7</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="G21" s="0" t="n">
-        <x:v>1.6</x:v>
+        <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:15">
       <x:c r="A22" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B22" s="0" t="n">
-        <x:v>0</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="C22" s="0" t="n">
-        <x:v>5</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="D22" s="0" t="n">
-        <x:v>15</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="E22" s="0" t="n">
-        <x:v>24</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="F22" s="0" t="n">
-        <x:v>29</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="G22" s="0" t="n">
-        <x:v>29</x:v>
+        <x:v>3</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="3">
     <x:mergeCell ref="A1:O1"/>
     <x:mergeCell ref="B8:D8"/>
     <x:mergeCell ref="E8:G8"/>
   </x:mergeCells>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet23.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:O22"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
@@ -7486,347 +8540,657 @@
       <x:c r="E1" s="1" t="s"/>
       <x:c r="F1" s="1" t="s"/>
       <x:c r="G1" s="1" t="s"/>
       <x:c r="H1" s="1" t="s"/>
       <x:c r="I1" s="1" t="s"/>
       <x:c r="J1" s="1" t="s"/>
       <x:c r="K1" s="1" t="s"/>
       <x:c r="L1" s="1" t="s"/>
       <x:c r="M1" s="1" t="s"/>
       <x:c r="N1" s="1" t="s"/>
       <x:c r="O1" s="1" t="s"/>
     </x:row>
     <x:row r="2" spans="1:15">
       <x:c r="B2" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="C2" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:15">
       <x:c r="A3" s="3" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B3" s="0" t="n">
-        <x:v>2707</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="C3" s="0" t="n">
-        <x:v>2743</x:v>
+        <x:v>1272</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:15">
       <x:c r="A4" s="3" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B4" s="0" t="n">
-        <x:v>31595</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="C4" s="0" t="n">
-        <x:v>30987</x:v>
+        <x:v>9993</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:15">
       <x:c r="A5" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B5" s="0" t="n">
-        <x:v>109.62</x:v>
+        <x:v>107.97</x:v>
       </x:c>
       <x:c r="C5" s="0" t="n">
-        <x:v>235073</x:v>
+        <x:v>75809</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:15">
       <x:c r="A6" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B6" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C6" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:15">
       <x:c r="B8" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="C8" s="2" t="s"/>
       <x:c r="D8" s="2" t="s"/>
       <x:c r="E8" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="F8" s="2" t="s"/>
       <x:c r="G8" s="2" t="s"/>
     </x:row>
     <x:row r="9" spans="1:15">
       <x:c r="B9" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="C9" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="D9" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="E9" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F9" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="G9" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:15">
       <x:c r="A10" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B10" s="0" t="n">
-        <x:v>218</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C10" s="0" t="n">
-        <x:v>613</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="D10" s="0" t="n">
-        <x:v>361</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="E10" s="0" t="n">
-        <x:v>375</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="F10" s="0" t="n">
-        <x:v>884</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="G10" s="0" t="n">
-        <x:v>637</x:v>
+        <x:v>305</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:15">
       <x:c r="A11" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:15">
       <x:c r="A12" s="3" t="s">
         <x:v>26</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:15">
       <x:c r="A13" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:15">
       <x:c r="A14" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:15">
       <x:c r="A15" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B15" s="0" t="n">
-        <x:v>20</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C15" s="0" t="n">
-        <x:v>20</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="D15" s="0" t="n">
-        <x:v>20</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="E15" s="0" t="n">
-        <x:v>19</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="F15" s="0" t="n">
-        <x:v>24</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="G15" s="0" t="n">
-        <x:v>23</x:v>
+        <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:15">
       <x:c r="A16" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B16" s="0" t="n">
-        <x:v>231</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C16" s="0" t="n">
-        <x:v>233</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="D16" s="0" t="n">
-        <x:v>237</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="E16" s="0" t="n">
-        <x:v>218</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="F16" s="0" t="n">
-        <x:v>271</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="G16" s="0" t="n">
-        <x:v>263</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:15">
       <x:c r="A17" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:15">
       <x:c r="A18" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:15">
       <x:c r="A19" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:15">
       <x:c r="A20" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B20" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="C20" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="D20" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="E20" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="F20" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="G20" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:15">
       <x:c r="A21" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B21" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C21" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="D21" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="E21" s="0" t="n">
-        <x:v>1.1</x:v>
+        <x:v>1.4</x:v>
       </x:c>
       <x:c r="F21" s="0" t="n">
-        <x:v>1.5</x:v>
+        <x:v>1.7</x:v>
       </x:c>
       <x:c r="G21" s="0" t="n">
         <x:v>1.6</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:15">
       <x:c r="A22" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B22" s="0" t="n">
-        <x:v>17</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C22" s="0" t="n">
-        <x:v>18</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="D22" s="0" t="n">
-        <x:v>18</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="E22" s="0" t="n">
-        <x:v>18</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="F22" s="0" t="n">
-        <x:v>24</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="G22" s="0" t="n">
-        <x:v>27</x:v>
+        <x:v>29</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="3">
     <x:mergeCell ref="A1:O1"/>
     <x:mergeCell ref="B8:D8"/>
     <x:mergeCell ref="E8:G8"/>
   </x:mergeCells>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet24.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:O22"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="54.790625" style="0" customWidth="1"/>
-    <x:col min="2" max="2" width="11.920625" style="0" customWidth="1"/>
-    <x:col min="3" max="3" width="9.610625" style="0" customWidth="1"/>
+    <x:col min="2" max="3" width="11.920625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="8.230625" style="0" customWidth="1"/>
-    <x:col min="5" max="15" width="9.140625" style="0" customWidth="1"/>
+    <x:col min="5" max="5" width="10.000625" style="0" customWidth="1"/>
+    <x:col min="6" max="6" width="9.610625" style="0" customWidth="1"/>
+    <x:col min="7" max="7" width="8.230625" style="0" customWidth="1"/>
+    <x:col min="8" max="15" width="9.140625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:15">
       <x:c r="A1" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B1" s="1" t="s"/>
       <x:c r="C1" s="1" t="s"/>
       <x:c r="D1" s="1" t="s"/>
       <x:c r="E1" s="1" t="s"/>
       <x:c r="F1" s="1" t="s"/>
       <x:c r="G1" s="1" t="s"/>
       <x:c r="H1" s="1" t="s"/>
       <x:c r="I1" s="1" t="s"/>
       <x:c r="J1" s="1" t="s"/>
       <x:c r="K1" s="1" t="s"/>
       <x:c r="L1" s="1" t="s"/>
       <x:c r="M1" s="1" t="s"/>
       <x:c r="N1" s="1" t="s"/>
       <x:c r="O1" s="1" t="s"/>
     </x:row>
     <x:row r="2" spans="1:15">
       <x:c r="B2" s="2" t="s">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c r="C2" s="2" t="s">
+        <x:v>8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="3" spans="1:15">
+      <x:c r="A3" s="3" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="B3" s="0" t="n">
+        <x:v>2707</x:v>
+      </x:c>
+      <x:c r="C3" s="0" t="n">
+        <x:v>2743</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4" spans="1:15">
+      <x:c r="A4" s="3" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="B4" s="0" t="n">
+        <x:v>31595</x:v>
+      </x:c>
+      <x:c r="C4" s="0" t="n">
+        <x:v>30987</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5" spans="1:15">
+      <x:c r="A5" s="3" t="s">
+        <x:v>11</x:v>
+      </x:c>
+      <x:c r="B5" s="0" t="n">
+        <x:v>109.62</x:v>
+      </x:c>
+      <x:c r="C5" s="0" t="n">
+        <x:v>235073</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="6" spans="1:15">
+      <x:c r="A6" s="3" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="B6" s="0" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="C6" s="0" t="n">
+        <x:v>0</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="8" spans="1:15">
+      <x:c r="B8" s="2" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="C8" s="2" t="s"/>
+      <x:c r="D8" s="2" t="s"/>
+      <x:c r="E8" s="2" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="F8" s="2" t="s"/>
+      <x:c r="G8" s="2" t="s"/>
+    </x:row>
+    <x:row r="9" spans="1:15">
+      <x:c r="B9" s="2" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="C9" s="2" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="D9" s="2" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="E9" s="2" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="F9" s="2" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="G9" s="2" t="s">
+        <x:v>23</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="10" spans="1:15">
+      <x:c r="A10" s="3" t="s">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="B10" s="0" t="n">
+        <x:v>218</x:v>
+      </x:c>
+      <x:c r="C10" s="0" t="n">
+        <x:v>613</x:v>
+      </x:c>
+      <x:c r="D10" s="0" t="n">
+        <x:v>361</x:v>
+      </x:c>
+      <x:c r="E10" s="0" t="n">
+        <x:v>375</x:v>
+      </x:c>
+      <x:c r="F10" s="0" t="n">
+        <x:v>884</x:v>
+      </x:c>
+      <x:c r="G10" s="0" t="n">
+        <x:v>637</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="11" spans="1:15">
+      <x:c r="A11" s="3" t="s">
+        <x:v>25</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="12" spans="1:15">
+      <x:c r="A12" s="3" t="s">
+        <x:v>26</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="13" spans="1:15">
+      <x:c r="A13" s="3" t="s">
+        <x:v>27</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="14" spans="1:15">
+      <x:c r="A14" s="3" t="s">
+        <x:v>28</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="15" spans="1:15">
+      <x:c r="A15" s="3" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="B15" s="0" t="n">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="C15" s="0" t="n">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="D15" s="0" t="n">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="E15" s="0" t="n">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="F15" s="0" t="n">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="G15" s="0" t="n">
+        <x:v>23</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="16" spans="1:15">
+      <x:c r="A16" s="3" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="B16" s="0" t="n">
+        <x:v>231</x:v>
+      </x:c>
+      <x:c r="C16" s="0" t="n">
+        <x:v>233</x:v>
+      </x:c>
+      <x:c r="D16" s="0" t="n">
+        <x:v>237</x:v>
+      </x:c>
+      <x:c r="E16" s="0" t="n">
+        <x:v>218</x:v>
+      </x:c>
+      <x:c r="F16" s="0" t="n">
+        <x:v>271</x:v>
+      </x:c>
+      <x:c r="G16" s="0" t="n">
+        <x:v>263</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="17" spans="1:15">
+      <x:c r="A17" s="3" t="s">
+        <x:v>31</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="18" spans="1:15">
+      <x:c r="A18" s="3" t="s">
+        <x:v>32</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="19" spans="1:15">
+      <x:c r="A19" s="3" t="s">
+        <x:v>33</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="20" spans="1:15">
+      <x:c r="A20" s="3" t="s">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="B20" s="0" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="C20" s="0" t="n">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c r="D20" s="0" t="n">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c r="E20" s="0" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="F20" s="0" t="n">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c r="G20" s="0" t="n">
+        <x:v>3</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="21" spans="1:15">
+      <x:c r="A21" s="3" t="s">
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="B21" s="0" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="C21" s="0" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="D21" s="0" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="E21" s="0" t="n">
+        <x:v>1.1</x:v>
+      </x:c>
+      <x:c r="F21" s="0" t="n">
+        <x:v>1.5</x:v>
+      </x:c>
+      <x:c r="G21" s="0" t="n">
+        <x:v>1.6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="22" spans="1:15">
+      <x:c r="A22" s="3" t="s">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="B22" s="0" t="n">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="C22" s="0" t="n">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="D22" s="0" t="n">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="E22" s="0" t="n">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="F22" s="0" t="n">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="G22" s="0" t="n">
+        <x:v>27</x:v>
+      </x:c>
+    </x:row>
+  </x:sheetData>
+  <x:mergeCells count="3">
+    <x:mergeCell ref="A1:O1"/>
+    <x:mergeCell ref="B8:D8"/>
+    <x:mergeCell ref="E8:G8"/>
+  </x:mergeCells>
+  <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
+  <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
+  <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
+  <x:headerFooter/>
+  <x:tableParts count="0"/>
+</x:worksheet>
+</file>
+
+<file path=xl/worksheets/sheet25.xml><?xml version="1.0" encoding="utf-8"?>
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <x:sheetPr>
+    <x:outlinePr summaryBelow="1" summaryRight="1"/>
+  </x:sheetPr>
+  <x:dimension ref="A1:O22"/>
+  <x:sheetViews>
+    <x:sheetView workbookViewId="0"/>
+  </x:sheetViews>
+  <x:sheetFormatPr defaultRowHeight="15"/>
+  <x:cols>
+    <x:col min="1" max="1" width="54.790625" style="0" customWidth="1"/>
+    <x:col min="2" max="2" width="11.920625" style="0" customWidth="1"/>
+    <x:col min="3" max="3" width="9.610625" style="0" customWidth="1"/>
+    <x:col min="4" max="4" width="8.230625" style="0" customWidth="1"/>
+    <x:col min="5" max="15" width="9.140625" style="0" customWidth="1"/>
+  </x:cols>
+  <x:sheetData>
+    <x:row r="1" spans="1:15">
+      <x:c r="A1" s="1" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="B1" s="1" t="s"/>
+      <x:c r="C1" s="1" t="s"/>
+      <x:c r="D1" s="1" t="s"/>
+      <x:c r="E1" s="1" t="s"/>
+      <x:c r="F1" s="1" t="s"/>
+      <x:c r="G1" s="1" t="s"/>
+      <x:c r="H1" s="1" t="s"/>
+      <x:c r="I1" s="1" t="s"/>
+      <x:c r="J1" s="1" t="s"/>
+      <x:c r="K1" s="1" t="s"/>
+      <x:c r="L1" s="1" t="s"/>
+      <x:c r="M1" s="1" t="s"/>
+      <x:c r="N1" s="1" t="s"/>
+      <x:c r="O1" s="1" t="s"/>
+    </x:row>
+    <x:row r="2" spans="1:15">
+      <x:c r="B2" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:15">
       <x:c r="A3" s="3" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B3" s="0" t="n">
         <x:v>311</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:15">
       <x:c r="A4" s="3" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B4" s="0" t="n">
         <x:v>5213</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:15">
       <x:c r="A5" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:15">
@@ -7962,75 +9326,75 @@
         <x:v>36</x:v>
       </x:c>
       <x:c r="B22" s="0" t="n">
         <x:v>2.98</x:v>
       </x:c>
       <x:c r="C22" s="0" t="n">
         <x:v>3.11</x:v>
       </x:c>
       <x:c r="D22" s="0" t="n">
         <x:v>3</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="2">
     <x:mergeCell ref="A1:O1"/>
     <x:mergeCell ref="B8:D8"/>
   </x:mergeCells>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
-<file path=xl/worksheets/sheet25.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet26.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:O22"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="54.790625" style="0" customWidth="1"/>
     <x:col min="2" max="4" width="11.920625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="10.000625" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="9.610625" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="8.230625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="10.000625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="9.610625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.230625" style="0" customWidth="1"/>
     <x:col min="11" max="15" width="9.140625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:15">
       <x:c r="A1" s="1" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="B1" s="1" t="s"/>
       <x:c r="C1" s="1" t="s"/>
       <x:c r="D1" s="1" t="s"/>
       <x:c r="E1" s="1" t="s"/>
       <x:c r="F1" s="1" t="s"/>
       <x:c r="G1" s="1" t="s"/>
       <x:c r="H1" s="1" t="s"/>
       <x:c r="I1" s="1" t="s"/>
       <x:c r="J1" s="1" t="s"/>
       <x:c r="K1" s="1" t="s"/>
       <x:c r="L1" s="1" t="s"/>
       <x:c r="M1" s="1" t="s"/>
       <x:c r="N1" s="1" t="s"/>
       <x:c r="O1" s="1" t="s"/>
     </x:row>
     <x:row r="2" spans="1:15">
       <x:c r="B2" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C2" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D2" s="2" t="s">
         <x:v>8</x:v>
@@ -8352,71 +9716,71 @@
       <x:c r="H22" s="0" t="n">
         <x:v>42</x:v>
       </x:c>
       <x:c r="I22" s="0" t="n">
         <x:v>41</x:v>
       </x:c>
       <x:c r="J22" s="0" t="n">
         <x:v>39</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="4">
     <x:mergeCell ref="A1:O1"/>
     <x:mergeCell ref="B8:D8"/>
     <x:mergeCell ref="E8:G8"/>
     <x:mergeCell ref="H8:J8"/>
   </x:mergeCells>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
-<file path=xl/worksheets/sheet26.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet27.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:O22"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="54.790625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.920625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="9.610625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="8.230625" style="0" customWidth="1"/>
     <x:col min="5" max="15" width="9.140625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:15">
       <x:c r="A1" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="B1" s="1" t="s"/>
       <x:c r="C1" s="1" t="s"/>
       <x:c r="D1" s="1" t="s"/>
       <x:c r="E1" s="1" t="s"/>
       <x:c r="F1" s="1" t="s"/>
       <x:c r="G1" s="1" t="s"/>
       <x:c r="H1" s="1" t="s"/>
       <x:c r="I1" s="1" t="s"/>
       <x:c r="J1" s="1" t="s"/>
       <x:c r="K1" s="1" t="s"/>
       <x:c r="L1" s="1" t="s"/>
       <x:c r="M1" s="1" t="s"/>
       <x:c r="N1" s="1" t="s"/>
       <x:c r="O1" s="1" t="s"/>
     </x:row>
     <x:row r="2" spans="1:15">
       <x:c r="B2" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:15">
       <x:c r="A3" s="3" t="s">
         <x:v>9</x:v>
       </x:c>
@@ -8576,82 +9940,82 @@
         <x:v>36</x:v>
       </x:c>
       <x:c r="B22" s="0" t="n">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C22" s="0" t="n">
         <x:v>61</x:v>
       </x:c>
       <x:c r="D22" s="0" t="n">
         <x:v>53</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="2">
     <x:mergeCell ref="A1:O1"/>
     <x:mergeCell ref="B8:D8"/>
   </x:mergeCells>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
-<file path=xl/worksheets/sheet27.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet28.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:V22"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="54.790625" style="0" customWidth="1"/>
     <x:col min="2" max="8" width="11.920625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="9.610625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.230625" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="10.000625" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="9.610625" style="0" customWidth="1"/>
     <x:col min="13" max="13" width="8.230625" style="0" customWidth="1"/>
     <x:col min="14" max="14" width="10.000625" style="0" customWidth="1"/>
     <x:col min="15" max="15" width="9.610625" style="0" customWidth="1"/>
     <x:col min="16" max="16" width="8.230625" style="0" customWidth="1"/>
     <x:col min="17" max="17" width="10.000625" style="0" customWidth="1"/>
     <x:col min="18" max="18" width="9.610625" style="0" customWidth="1"/>
     <x:col min="19" max="19" width="8.230625" style="0" customWidth="1"/>
     <x:col min="20" max="20" width="10.000625" style="0" customWidth="1"/>
     <x:col min="21" max="21" width="9.610625" style="0" customWidth="1"/>
     <x:col min="22" max="22" width="8.230625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:22">
       <x:c r="A1" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="B1" s="1" t="s"/>
       <x:c r="C1" s="1" t="s"/>
       <x:c r="D1" s="1" t="s"/>
       <x:c r="E1" s="1" t="s"/>
       <x:c r="F1" s="1" t="s"/>
       <x:c r="G1" s="1" t="s"/>
       <x:c r="H1" s="1" t="s"/>
       <x:c r="I1" s="1" t="s"/>
       <x:c r="J1" s="1" t="s"/>
       <x:c r="K1" s="1" t="s"/>
       <x:c r="L1" s="1" t="s"/>
       <x:c r="M1" s="1" t="s"/>
       <x:c r="N1" s="1" t="s"/>
       <x:c r="O1" s="1" t="s"/>
     </x:row>
     <x:row r="2" spans="1:22">
       <x:c r="B2" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C2" s="2" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D2" s="2" t="s">
         <x:v>4</x:v>
@@ -9099,434 +10463,50 @@
         <x:v>31</x:v>
       </x:c>
       <x:c r="S22" s="0" t="n">
         <x:v>32</x:v>
       </x:c>
       <x:c r="T22" s="0" t="n">
         <x:v>26</x:v>
       </x:c>
       <x:c r="U22" s="0" t="n">
         <x:v>25</x:v>
       </x:c>
       <x:c r="V22" s="0" t="n">
         <x:v>24</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="8">
     <x:mergeCell ref="A1:O1"/>
     <x:mergeCell ref="B8:D8"/>
     <x:mergeCell ref="E8:G8"/>
     <x:mergeCell ref="H8:J8"/>
     <x:mergeCell ref="K8:M8"/>
     <x:mergeCell ref="N8:P8"/>
     <x:mergeCell ref="Q8:S8"/>
     <x:mergeCell ref="T8:V8"/>
-  </x:mergeCells>
-[...382 lines deleted...]
-    <x:mergeCell ref="H8:J8"/>
   </x:mergeCells>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet29.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:O22"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="54.790625" style="0" customWidth="1"/>
     <x:col min="2" max="4" width="11.920625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="10.000625" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="9.610625" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="8.230625" style="0" customWidth="1"/>
@@ -9549,93 +10529,87 @@
       <x:c r="H1" s="1" t="s"/>
       <x:c r="I1" s="1" t="s"/>
       <x:c r="J1" s="1" t="s"/>
       <x:c r="K1" s="1" t="s"/>
       <x:c r="L1" s="1" t="s"/>
       <x:c r="M1" s="1" t="s"/>
       <x:c r="N1" s="1" t="s"/>
       <x:c r="O1" s="1" t="s"/>
     </x:row>
     <x:row r="2" spans="1:15">
       <x:c r="B2" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C2" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D2" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:15">
       <x:c r="A3" s="3" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B3" s="0" t="n">
-        <x:v>2214</x:v>
+        <x:v>852</x:v>
       </x:c>
       <x:c r="C3" s="0" t="n">
-        <x:v>6587</x:v>
+        <x:v>1320</x:v>
       </x:c>
       <x:c r="D3" s="0" t="n">
-        <x:v>6488</x:v>
+        <x:v>1119</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:15">
       <x:c r="A4" s="3" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B4" s="0" t="n">
-        <x:v>32077</x:v>
+        <x:v>17800</x:v>
       </x:c>
       <x:c r="C4" s="0" t="n">
-        <x:v>97361</x:v>
+        <x:v>26509</x:v>
       </x:c>
       <x:c r="D4" s="0" t="n">
-        <x:v>92836</x:v>
+        <x:v>23386</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:15">
       <x:c r="A5" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C5" s="0" t="n">
-        <x:v>138.92</x:v>
-[...2 lines deleted...]
-        <x:v>704271</x:v>
+        <x:v>188.6</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:15">
       <x:c r="A6" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C6" s="0" t="n">
-        <x:v>95794</x:v>
-[...2 lines deleted...]
-        <x:v>98390</x:v>
+        <x:v>26061</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:15">
       <x:c r="B8" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="C8" s="2" t="s"/>
       <x:c r="D8" s="2" t="s"/>
       <x:c r="E8" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F8" s="2" t="s"/>
       <x:c r="G8" s="2" t="s"/>
       <x:c r="H8" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I8" s="2" t="s"/>
       <x:c r="J8" s="2" t="s"/>
     </x:row>
     <x:row r="9" spans="1:15">
       <x:c r="B9" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="C9" s="2" t="s">
         <x:v>22</x:v>
@@ -9645,270 +10619,270 @@
       </x:c>
       <x:c r="E9" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F9" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="G9" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H9" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="I9" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="J9" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:15">
       <x:c r="A10" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B10" s="0" t="n">
-        <x:v>26316</x:v>
+        <x:v>1590</x:v>
       </x:c>
       <x:c r="C10" s="0" t="n">
-        <x:v>4605</x:v>
+        <x:v>996</x:v>
       </x:c>
       <x:c r="D10" s="0" t="n">
-        <x:v>4715</x:v>
+        <x:v>807</x:v>
       </x:c>
       <x:c r="E10" s="0" t="n">
-        <x:v>380</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="F10" s="0" t="n">
-        <x:v>335</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="G10" s="0" t="n">
-        <x:v>339</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="H10" s="0" t="n">
-        <x:v>415</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="I10" s="0" t="n">
-        <x:v>376</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="J10" s="0" t="n">
-        <x:v>350</x:v>
+        <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:15">
       <x:c r="A11" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:15">
       <x:c r="A12" s="3" t="s">
         <x:v>26</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:15">
       <x:c r="A13" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:15">
       <x:c r="A14" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:15">
       <x:c r="A15" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B15" s="0" t="n">
-        <x:v>1585</x:v>
+        <x:v>885</x:v>
       </x:c>
       <x:c r="C15" s="0" t="n">
-        <x:v>306</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="D15" s="0" t="n">
-        <x:v>324</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="E15" s="0" t="n">
-        <x:v>18</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="F15" s="0" t="n">
-        <x:v>18</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="G15" s="0" t="n">
-        <x:v>18</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="H15" s="0" t="n">
-        <x:v>18</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="I15" s="0" t="n">
-        <x:v>18</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="J15" s="0" t="n">
-        <x:v>17</x:v>
+        <x:v>246</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:15">
       <x:c r="A16" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B16" s="0" t="n">
-        <x:v>22811</x:v>
+        <x:v>8163</x:v>
       </x:c>
       <x:c r="C16" s="0" t="n">
-        <x:v>4489</x:v>
+        <x:v>4619</x:v>
       </x:c>
       <x:c r="D16" s="0" t="n">
-        <x:v>4777</x:v>
+        <x:v>5018</x:v>
       </x:c>
       <x:c r="E16" s="0" t="n">
-        <x:v>268</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="F16" s="0" t="n">
-        <x:v>267</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="G16" s="0" t="n">
-        <x:v>259</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="H16" s="0" t="n">
-        <x:v>258</x:v>
+        <x:v>8163</x:v>
       </x:c>
       <x:c r="I16" s="0" t="n">
-        <x:v>257</x:v>
+        <x:v>4619</x:v>
       </x:c>
       <x:c r="J16" s="0" t="n">
-        <x:v>231</x:v>
+        <x:v>5018</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:15">
       <x:c r="A17" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:15">
       <x:c r="A18" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:15">
       <x:c r="A19" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:15">
       <x:c r="A20" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B20" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="C20" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="D20" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="E20" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="F20" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="G20" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="H20" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="I20" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="J20" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:15">
       <x:c r="A21" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B21" s="0" t="n">
-        <x:v>0.93</x:v>
+        <x:v>0.59</x:v>
       </x:c>
       <x:c r="C21" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>0.54</x:v>
       </x:c>
       <x:c r="D21" s="0" t="n">
-        <x:v>0.78</x:v>
+        <x:v>0.56</x:v>
       </x:c>
       <x:c r="E21" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="F21" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="G21" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="H21" s="0" t="n">
-        <x:v>0.6</x:v>
+        <x:v>0.59</x:v>
       </x:c>
       <x:c r="I21" s="0" t="n">
-        <x:v>0.4</x:v>
+        <x:v>0.54</x:v>
       </x:c>
       <x:c r="J21" s="0" t="n">
-        <x:v>0.4</x:v>
+        <x:v>0.56</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:15">
       <x:c r="A22" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B22" s="0" t="n">
-        <x:v>8.02</x:v>
+        <x:v>4.77</x:v>
       </x:c>
       <x:c r="C22" s="0" t="n">
-        <x:v>8.06</x:v>
+        <x:v>3.57</x:v>
       </x:c>
       <x:c r="D22" s="0" t="n">
-        <x:v>7</x:v>
+        <x:v>5.27</x:v>
       </x:c>
       <x:c r="E22" s="0" t="n">
-        <x:v>8</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="F22" s="0" t="n">
-        <x:v>9</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="G22" s="0" t="n">
-        <x:v>8</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="H22" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>4.77</x:v>
       </x:c>
       <x:c r="I22" s="0" t="n">
-        <x:v>5</x:v>
+        <x:v>3.57</x:v>
       </x:c>
       <x:c r="J22" s="0" t="n">
-        <x:v>5</x:v>
+        <x:v>5.27</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="4">
     <x:mergeCell ref="A1:O1"/>
     <x:mergeCell ref="B8:D8"/>
     <x:mergeCell ref="E8:G8"/>
     <x:mergeCell ref="H8:J8"/>
   </x:mergeCells>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:Y22"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
@@ -10644,72 +11618,462 @@
     <x:mergeCell ref="N8:P8"/>
     <x:mergeCell ref="Q8:S8"/>
     <x:mergeCell ref="T8:V8"/>
     <x:mergeCell ref="W8:Y8"/>
   </x:mergeCells>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet30.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:O22"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="54.790625" style="0" customWidth="1"/>
-    <x:col min="2" max="15" width="9.140625" style="0" customWidth="1"/>
+    <x:col min="2" max="4" width="11.920625" style="0" customWidth="1"/>
+    <x:col min="5" max="5" width="10.000625" style="0" customWidth="1"/>
+    <x:col min="6" max="6" width="9.610625" style="0" customWidth="1"/>
+    <x:col min="7" max="7" width="8.230625" style="0" customWidth="1"/>
+    <x:col min="8" max="8" width="10.000625" style="0" customWidth="1"/>
+    <x:col min="9" max="9" width="9.610625" style="0" customWidth="1"/>
+    <x:col min="10" max="10" width="8.230625" style="0" customWidth="1"/>
+    <x:col min="11" max="15" width="9.140625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:15">
       <x:c r="A1" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B1" s="1" t="s"/>
       <x:c r="C1" s="1" t="s"/>
       <x:c r="D1" s="1" t="s"/>
       <x:c r="E1" s="1" t="s"/>
       <x:c r="F1" s="1" t="s"/>
       <x:c r="G1" s="1" t="s"/>
       <x:c r="H1" s="1" t="s"/>
       <x:c r="I1" s="1" t="s"/>
       <x:c r="J1" s="1" t="s"/>
       <x:c r="K1" s="1" t="s"/>
       <x:c r="L1" s="1" t="s"/>
       <x:c r="M1" s="1" t="s"/>
       <x:c r="N1" s="1" t="s"/>
       <x:c r="O1" s="1" t="s"/>
     </x:row>
+    <x:row r="2" spans="1:15">
+      <x:c r="B2" s="2" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C2" s="2" t="s">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c r="D2" s="2" t="s">
+        <x:v>8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="3" spans="1:15">
+      <x:c r="A3" s="3" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="B3" s="0" t="n">
+        <x:v>2214</x:v>
+      </x:c>
+      <x:c r="C3" s="0" t="n">
+        <x:v>6587</x:v>
+      </x:c>
+      <x:c r="D3" s="0" t="n">
+        <x:v>6488</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4" spans="1:15">
+      <x:c r="A4" s="3" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="B4" s="0" t="n">
+        <x:v>32077</x:v>
+      </x:c>
+      <x:c r="C4" s="0" t="n">
+        <x:v>97361</x:v>
+      </x:c>
+      <x:c r="D4" s="0" t="n">
+        <x:v>92836</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5" spans="1:15">
+      <x:c r="A5" s="3" t="s">
+        <x:v>11</x:v>
+      </x:c>
+      <x:c r="C5" s="0" t="n">
+        <x:v>138.92</x:v>
+      </x:c>
+      <x:c r="D5" s="0" t="n">
+        <x:v>704271</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="6" spans="1:15">
+      <x:c r="A6" s="3" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="C6" s="0" t="n">
+        <x:v>95794</x:v>
+      </x:c>
+      <x:c r="D6" s="0" t="n">
+        <x:v>98390</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="8" spans="1:15">
+      <x:c r="B8" s="2" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="C8" s="2" t="s"/>
+      <x:c r="D8" s="2" t="s"/>
+      <x:c r="E8" s="2" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="F8" s="2" t="s"/>
+      <x:c r="G8" s="2" t="s"/>
+      <x:c r="H8" s="2" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="I8" s="2" t="s"/>
+      <x:c r="J8" s="2" t="s"/>
+    </x:row>
+    <x:row r="9" spans="1:15">
+      <x:c r="B9" s="2" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="C9" s="2" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="D9" s="2" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="E9" s="2" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="F9" s="2" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="G9" s="2" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="H9" s="2" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="I9" s="2" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="J9" s="2" t="s">
+        <x:v>23</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="10" spans="1:15">
+      <x:c r="A10" s="3" t="s">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="B10" s="0" t="n">
+        <x:v>26316</x:v>
+      </x:c>
+      <x:c r="C10" s="0" t="n">
+        <x:v>4605</x:v>
+      </x:c>
+      <x:c r="D10" s="0" t="n">
+        <x:v>4715</x:v>
+      </x:c>
+      <x:c r="E10" s="0" t="n">
+        <x:v>380</x:v>
+      </x:c>
+      <x:c r="F10" s="0" t="n">
+        <x:v>335</x:v>
+      </x:c>
+      <x:c r="G10" s="0" t="n">
+        <x:v>339</x:v>
+      </x:c>
+      <x:c r="H10" s="0" t="n">
+        <x:v>415</x:v>
+      </x:c>
+      <x:c r="I10" s="0" t="n">
+        <x:v>376</x:v>
+      </x:c>
+      <x:c r="J10" s="0" t="n">
+        <x:v>350</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="11" spans="1:15">
+      <x:c r="A11" s="3" t="s">
+        <x:v>25</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="12" spans="1:15">
+      <x:c r="A12" s="3" t="s">
+        <x:v>26</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="13" spans="1:15">
+      <x:c r="A13" s="3" t="s">
+        <x:v>27</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="14" spans="1:15">
+      <x:c r="A14" s="3" t="s">
+        <x:v>28</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="15" spans="1:15">
+      <x:c r="A15" s="3" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="B15" s="0" t="n">
+        <x:v>1585</x:v>
+      </x:c>
+      <x:c r="C15" s="0" t="n">
+        <x:v>306</x:v>
+      </x:c>
+      <x:c r="D15" s="0" t="n">
+        <x:v>324</x:v>
+      </x:c>
+      <x:c r="E15" s="0" t="n">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="F15" s="0" t="n">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G15" s="0" t="n">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="H15" s="0" t="n">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="I15" s="0" t="n">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="J15" s="0" t="n">
+        <x:v>17</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="16" spans="1:15">
+      <x:c r="A16" s="3" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="B16" s="0" t="n">
+        <x:v>22811</x:v>
+      </x:c>
+      <x:c r="C16" s="0" t="n">
+        <x:v>4489</x:v>
+      </x:c>
+      <x:c r="D16" s="0" t="n">
+        <x:v>4777</x:v>
+      </x:c>
+      <x:c r="E16" s="0" t="n">
+        <x:v>268</x:v>
+      </x:c>
+      <x:c r="F16" s="0" t="n">
+        <x:v>267</x:v>
+      </x:c>
+      <x:c r="G16" s="0" t="n">
+        <x:v>259</x:v>
+      </x:c>
+      <x:c r="H16" s="0" t="n">
+        <x:v>258</x:v>
+      </x:c>
+      <x:c r="I16" s="0" t="n">
+        <x:v>257</x:v>
+      </x:c>
+      <x:c r="J16" s="0" t="n">
+        <x:v>231</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="17" spans="1:15">
+      <x:c r="A17" s="3" t="s">
+        <x:v>31</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="18" spans="1:15">
+      <x:c r="A18" s="3" t="s">
+        <x:v>32</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="19" spans="1:15">
+      <x:c r="A19" s="3" t="s">
+        <x:v>33</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="20" spans="1:15">
+      <x:c r="A20" s="3" t="s">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="B20" s="0" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="C20" s="0" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="D20" s="0" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="E20" s="0" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="F20" s="0" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="G20" s="0" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="H20" s="0" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I20" s="0" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="J20" s="0" t="n">
+        <x:v>1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="21" spans="1:15">
+      <x:c r="A21" s="3" t="s">
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="B21" s="0" t="n">
+        <x:v>0.93</x:v>
+      </x:c>
+      <x:c r="C21" s="0" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="D21" s="0" t="n">
+        <x:v>0.78</x:v>
+      </x:c>
+      <x:c r="E21" s="0" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="F21" s="0" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="G21" s="0" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="H21" s="0" t="n">
+        <x:v>0.6</x:v>
+      </x:c>
+      <x:c r="I21" s="0" t="n">
+        <x:v>0.4</x:v>
+      </x:c>
+      <x:c r="J21" s="0" t="n">
+        <x:v>0.4</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="22" spans="1:15">
+      <x:c r="A22" s="3" t="s">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="B22" s="0" t="n">
+        <x:v>8.02</x:v>
+      </x:c>
+      <x:c r="C22" s="0" t="n">
+        <x:v>8.06</x:v>
+      </x:c>
+      <x:c r="D22" s="0" t="n">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c r="E22" s="0" t="n">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="F22" s="0" t="n">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="G22" s="0" t="n">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="H22" s="0" t="n">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="I22" s="0" t="n">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c r="J22" s="0" t="n">
+        <x:v>5</x:v>
+      </x:c>
+    </x:row>
+  </x:sheetData>
+  <x:mergeCells count="4">
+    <x:mergeCell ref="A1:O1"/>
+    <x:mergeCell ref="B8:D8"/>
+    <x:mergeCell ref="E8:G8"/>
+    <x:mergeCell ref="H8:J8"/>
+  </x:mergeCells>
+  <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
+  <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
+  <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
+  <x:headerFooter/>
+  <x:tableParts count="0"/>
+</x:worksheet>
+</file>
+
+<file path=xl/worksheets/sheet31.xml><?xml version="1.0" encoding="utf-8"?>
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <x:sheetPr>
+    <x:outlinePr summaryBelow="1" summaryRight="1"/>
+  </x:sheetPr>
+  <x:dimension ref="A1:O22"/>
+  <x:sheetViews>
+    <x:sheetView workbookViewId="0"/>
+  </x:sheetViews>
+  <x:sheetFormatPr defaultRowHeight="15"/>
+  <x:cols>
+    <x:col min="1" max="1" width="54.790625" style="0" customWidth="1"/>
+    <x:col min="2" max="15" width="9.140625" style="0" customWidth="1"/>
+  </x:cols>
+  <x:sheetData>
+    <x:row r="1" spans="1:15">
+      <x:c r="A1" s="1" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="B1" s="1" t="s"/>
+      <x:c r="C1" s="1" t="s"/>
+      <x:c r="D1" s="1" t="s"/>
+      <x:c r="E1" s="1" t="s"/>
+      <x:c r="F1" s="1" t="s"/>
+      <x:c r="G1" s="1" t="s"/>
+      <x:c r="H1" s="1" t="s"/>
+      <x:c r="I1" s="1" t="s"/>
+      <x:c r="J1" s="1" t="s"/>
+      <x:c r="K1" s="1" t="s"/>
+      <x:c r="L1" s="1" t="s"/>
+      <x:c r="M1" s="1" t="s"/>
+      <x:c r="N1" s="1" t="s"/>
+      <x:c r="O1" s="1" t="s"/>
+    </x:row>
     <x:row r="3" spans="1:15">
       <x:c r="A3" s="3" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:15">
       <x:c r="A4" s="3" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:15">
       <x:c r="A5" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:15">
       <x:c r="A6" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:15">
       <x:c r="A10" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
@@ -10763,80 +12127,80 @@
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:15">
       <x:c r="A21" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:15">
       <x:c r="A22" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="1">
     <x:mergeCell ref="A1:O1"/>
   </x:mergeCells>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
-<file path=xl/worksheets/sheet31.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet32.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:S22"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="54.790625" style="0" customWidth="1"/>
     <x:col min="2" max="7" width="11.920625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="10.000625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="9.610625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.230625" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="10.000625" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="9.610625" style="0" customWidth="1"/>
     <x:col min="13" max="13" width="8.230625" style="0" customWidth="1"/>
     <x:col min="14" max="14" width="10.000625" style="0" customWidth="1"/>
     <x:col min="15" max="15" width="9.610625" style="0" customWidth="1"/>
     <x:col min="16" max="16" width="8.230625" style="0" customWidth="1"/>
     <x:col min="17" max="17" width="10.000625" style="0" customWidth="1"/>
     <x:col min="18" max="18" width="9.610625" style="0" customWidth="1"/>
     <x:col min="19" max="19" width="8.230625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:19">
       <x:c r="A1" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="B1" s="1" t="s"/>
       <x:c r="C1" s="1" t="s"/>
       <x:c r="D1" s="1" t="s"/>
       <x:c r="E1" s="1" t="s"/>
       <x:c r="F1" s="1" t="s"/>
       <x:c r="G1" s="1" t="s"/>
       <x:c r="H1" s="1" t="s"/>
       <x:c r="I1" s="1" t="s"/>
       <x:c r="J1" s="1" t="s"/>
       <x:c r="K1" s="1" t="s"/>
       <x:c r="L1" s="1" t="s"/>
       <x:c r="M1" s="1" t="s"/>
       <x:c r="N1" s="1" t="s"/>
       <x:c r="O1" s="1" t="s"/>
     </x:row>
     <x:row r="2" spans="1:19">
       <x:c r="B2" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C2" s="2" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D2" s="2" t="s">
         <x:v>4</x:v>
@@ -11380,181 +12744,50 @@
       <x:c r="O22" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="P22" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="Q22" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="R22" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="S22" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="7">
     <x:mergeCell ref="A1:O1"/>
     <x:mergeCell ref="B8:D8"/>
     <x:mergeCell ref="E8:G8"/>
     <x:mergeCell ref="H8:J8"/>
     <x:mergeCell ref="K8:M8"/>
     <x:mergeCell ref="N8:P8"/>
     <x:mergeCell ref="Q8:S8"/>
-  </x:mergeCells>
-[...129 lines deleted...]
-    <x:mergeCell ref="A1:O1"/>
   </x:mergeCells>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet33.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:O22"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="54.790625" style="0" customWidth="1"/>
     <x:col min="2" max="15" width="9.140625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:15">
@@ -11652,79 +12885,210 @@
       </x:c>
     </x:row>
     <x:row r="21" spans="1:15">
       <x:c r="A21" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:15">
       <x:c r="A22" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="1">
     <x:mergeCell ref="A1:O1"/>
   </x:mergeCells>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet34.xml><?xml version="1.0" encoding="utf-8"?>
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <x:sheetPr>
+    <x:outlinePr summaryBelow="1" summaryRight="1"/>
+  </x:sheetPr>
+  <x:dimension ref="A1:O22"/>
+  <x:sheetViews>
+    <x:sheetView workbookViewId="0"/>
+  </x:sheetViews>
+  <x:sheetFormatPr defaultRowHeight="15"/>
+  <x:cols>
+    <x:col min="1" max="1" width="54.790625" style="0" customWidth="1"/>
+    <x:col min="2" max="15" width="9.140625" style="0" customWidth="1"/>
+  </x:cols>
+  <x:sheetData>
+    <x:row r="1" spans="1:15">
+      <x:c r="A1" s="1" t="s">
+        <x:v>69</x:v>
+      </x:c>
+      <x:c r="B1" s="1" t="s"/>
+      <x:c r="C1" s="1" t="s"/>
+      <x:c r="D1" s="1" t="s"/>
+      <x:c r="E1" s="1" t="s"/>
+      <x:c r="F1" s="1" t="s"/>
+      <x:c r="G1" s="1" t="s"/>
+      <x:c r="H1" s="1" t="s"/>
+      <x:c r="I1" s="1" t="s"/>
+      <x:c r="J1" s="1" t="s"/>
+      <x:c r="K1" s="1" t="s"/>
+      <x:c r="L1" s="1" t="s"/>
+      <x:c r="M1" s="1" t="s"/>
+      <x:c r="N1" s="1" t="s"/>
+      <x:c r="O1" s="1" t="s"/>
+    </x:row>
+    <x:row r="3" spans="1:15">
+      <x:c r="A3" s="3" t="s">
+        <x:v>9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4" spans="1:15">
+      <x:c r="A4" s="3" t="s">
+        <x:v>10</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5" spans="1:15">
+      <x:c r="A5" s="3" t="s">
+        <x:v>11</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="6" spans="1:15">
+      <x:c r="A6" s="3" t="s">
+        <x:v>12</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="10" spans="1:15">
+      <x:c r="A10" s="3" t="s">
+        <x:v>24</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="11" spans="1:15">
+      <x:c r="A11" s="3" t="s">
+        <x:v>25</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="12" spans="1:15">
+      <x:c r="A12" s="3" t="s">
+        <x:v>26</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="13" spans="1:15">
+      <x:c r="A13" s="3" t="s">
+        <x:v>27</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="14" spans="1:15">
+      <x:c r="A14" s="3" t="s">
+        <x:v>28</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="15" spans="1:15">
+      <x:c r="A15" s="3" t="s">
+        <x:v>29</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="16" spans="1:15">
+      <x:c r="A16" s="3" t="s">
+        <x:v>30</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="17" spans="1:15">
+      <x:c r="A17" s="3" t="s">
+        <x:v>31</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="18" spans="1:15">
+      <x:c r="A18" s="3" t="s">
+        <x:v>32</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="19" spans="1:15">
+      <x:c r="A19" s="3" t="s">
+        <x:v>33</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="20" spans="1:15">
+      <x:c r="A20" s="3" t="s">
+        <x:v>34</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="21" spans="1:15">
+      <x:c r="A21" s="3" t="s">
+        <x:v>35</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="22" spans="1:15">
+      <x:c r="A22" s="3" t="s">
+        <x:v>36</x:v>
+      </x:c>
+    </x:row>
+  </x:sheetData>
+  <x:mergeCells count="1">
+    <x:mergeCell ref="A1:O1"/>
+  </x:mergeCells>
+  <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
+  <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
+  <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
+  <x:headerFooter/>
+  <x:tableParts count="0"/>
+</x:worksheet>
+</file>
+
+<file path=xl/worksheets/sheet35.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:S22"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="54.790625" style="0" customWidth="1"/>
     <x:col min="2" max="7" width="11.920625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="10.000625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="9.610625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.230625" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="10.000625" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="9.610625" style="0" customWidth="1"/>
     <x:col min="13" max="13" width="8.230625" style="0" customWidth="1"/>
     <x:col min="14" max="14" width="10.000625" style="0" customWidth="1"/>
     <x:col min="15" max="15" width="9.610625" style="0" customWidth="1"/>
     <x:col min="16" max="16" width="8.230625" style="0" customWidth="1"/>
     <x:col min="17" max="17" width="10.000625" style="0" customWidth="1"/>
     <x:col min="18" max="18" width="9.610625" style="0" customWidth="1"/>
     <x:col min="19" max="19" width="8.230625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:19">
       <x:c r="A1" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="B1" s="1" t="s"/>
       <x:c r="C1" s="1" t="s"/>
       <x:c r="D1" s="1" t="s"/>
       <x:c r="E1" s="1" t="s"/>
       <x:c r="F1" s="1" t="s"/>
       <x:c r="G1" s="1" t="s"/>
       <x:c r="H1" s="1" t="s"/>
       <x:c r="I1" s="1" t="s"/>
       <x:c r="J1" s="1" t="s"/>
       <x:c r="K1" s="1" t="s"/>
       <x:c r="L1" s="1" t="s"/>
       <x:c r="M1" s="1" t="s"/>
       <x:c r="N1" s="1" t="s"/>
       <x:c r="O1" s="1" t="s"/>
     </x:row>
     <x:row r="2" spans="1:19">
       <x:c r="B2" s="2" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C2" s="2" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D2" s="2" t="s">
         <x:v>5</x:v>
@@ -13116,677 +14480,167 @@
   </x:sheetData>
   <x:mergeCells count="9">
     <x:mergeCell ref="A1:O1"/>
     <x:mergeCell ref="B8:D8"/>
     <x:mergeCell ref="E8:G8"/>
     <x:mergeCell ref="H8:J8"/>
     <x:mergeCell ref="K8:M8"/>
     <x:mergeCell ref="N8:P8"/>
     <x:mergeCell ref="Q8:S8"/>
     <x:mergeCell ref="T8:V8"/>
     <x:mergeCell ref="W8:Y8"/>
   </x:mergeCells>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:S22"/>
+  <x:dimension ref="A1:O22"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="54.790625" style="0" customWidth="1"/>
-    <x:col min="2" max="7" width="11.920625" style="0" customWidth="1"/>
-[...11 lines deleted...]
-    <x:col min="19" max="19" width="8.230625" style="0" customWidth="1"/>
+    <x:col min="2" max="15" width="9.140625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
-    <x:row r="1" spans="1:19">
+    <x:row r="1" spans="1:15">
       <x:c r="A1" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B1" s="1" t="s"/>
       <x:c r="C1" s="1" t="s"/>
       <x:c r="D1" s="1" t="s"/>
       <x:c r="E1" s="1" t="s"/>
       <x:c r="F1" s="1" t="s"/>
       <x:c r="G1" s="1" t="s"/>
       <x:c r="H1" s="1" t="s"/>
       <x:c r="I1" s="1" t="s"/>
       <x:c r="J1" s="1" t="s"/>
       <x:c r="K1" s="1" t="s"/>
       <x:c r="L1" s="1" t="s"/>
       <x:c r="M1" s="1" t="s"/>
       <x:c r="N1" s="1" t="s"/>
       <x:c r="O1" s="1" t="s"/>
     </x:row>
-    <x:row r="2" spans="1:19">
-[...19 lines deleted...]
-    <x:row r="3" spans="1:19">
+    <x:row r="3" spans="1:15">
       <x:c r="A3" s="3" t="s">
         <x:v>9</x:v>
       </x:c>
-      <x:c r="B3" s="0" t="n">
-[...18 lines deleted...]
-    <x:row r="4" spans="1:19">
+    </x:row>
+    <x:row r="4" spans="1:15">
       <x:c r="A4" s="3" t="s">
         <x:v>10</x:v>
       </x:c>
-      <x:c r="B4" s="0" t="n">
-[...18 lines deleted...]
-    <x:row r="5" spans="1:19">
+    </x:row>
+    <x:row r="5" spans="1:15">
       <x:c r="A5" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
-      <x:c r="C5" s="0" t="n">
-[...9 lines deleted...]
-    <x:row r="6" spans="1:19">
+    </x:row>
+    <x:row r="6" spans="1:15">
       <x:c r="A6" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
-      <x:c r="B6" s="0" t="n">
-[...103 lines deleted...]
-    <x:row r="10" spans="1:19">
+    </x:row>
+    <x:row r="10" spans="1:15">
       <x:c r="A10" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
-      <x:c r="B10" s="0" t="n">
-[...54 lines deleted...]
-    <x:row r="11" spans="1:19">
+    </x:row>
+    <x:row r="11" spans="1:15">
       <x:c r="A11" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
     </x:row>
-    <x:row r="12" spans="1:19">
+    <x:row r="12" spans="1:15">
       <x:c r="A12" s="3" t="s">
         <x:v>26</x:v>
       </x:c>
     </x:row>
-    <x:row r="13" spans="1:19">
+    <x:row r="13" spans="1:15">
       <x:c r="A13" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
     </x:row>
-    <x:row r="14" spans="1:19">
+    <x:row r="14" spans="1:15">
       <x:c r="A14" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
     </x:row>
-    <x:row r="15" spans="1:19">
+    <x:row r="15" spans="1:15">
       <x:c r="A15" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
-      <x:c r="B15" s="0" t="n">
-[...54 lines deleted...]
-    <x:row r="16" spans="1:19">
+    </x:row>
+    <x:row r="16" spans="1:15">
       <x:c r="A16" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
-      <x:c r="B16" s="0" t="n">
-[...54 lines deleted...]
-    <x:row r="17" spans="1:19">
+    </x:row>
+    <x:row r="17" spans="1:15">
       <x:c r="A17" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
-    <x:row r="18" spans="1:19">
+    <x:row r="18" spans="1:15">
       <x:c r="A18" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
-    <x:row r="19" spans="1:19">
+    <x:row r="19" spans="1:15">
       <x:c r="A19" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
-    <x:row r="20" spans="1:19">
+    <x:row r="20" spans="1:15">
       <x:c r="A20" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
-      <x:c r="B20" s="0" t="n">
-[...54 lines deleted...]
-    <x:row r="21" spans="1:19">
+    </x:row>
+    <x:row r="21" spans="1:15">
       <x:c r="A21" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
-      <x:c r="B21" s="0" t="n">
-[...54 lines deleted...]
-    <x:row r="22" spans="1:19">
+    </x:row>
+    <x:row r="22" spans="1:15">
       <x:c r="A22" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
-      <x:c r="B22" s="0" t="n">
-[...52 lines deleted...]
-      </x:c>
     </x:row>
   </x:sheetData>
-  <x:mergeCells count="7">
+  <x:mergeCells count="1">
     <x:mergeCell ref="A1:O1"/>
-    <x:mergeCell ref="B8:D8"/>
-[...4 lines deleted...]
-    <x:mergeCell ref="Q8:S8"/>
   </x:mergeCells>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:S22"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="54.790625" style="0" customWidth="1"/>
     <x:col min="2" max="7" width="11.920625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="10.000625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="9.610625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.230625" style="0" customWidth="1"/>
@@ -13800,176 +14654,176 @@
     <x:col min="18" max="18" width="9.610625" style="0" customWidth="1"/>
     <x:col min="19" max="19" width="8.230625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:19">
       <x:c r="A1" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B1" s="1" t="s"/>
       <x:c r="C1" s="1" t="s"/>
       <x:c r="D1" s="1" t="s"/>
       <x:c r="E1" s="1" t="s"/>
       <x:c r="F1" s="1" t="s"/>
       <x:c r="G1" s="1" t="s"/>
       <x:c r="H1" s="1" t="s"/>
       <x:c r="I1" s="1" t="s"/>
       <x:c r="J1" s="1" t="s"/>
       <x:c r="K1" s="1" t="s"/>
       <x:c r="L1" s="1" t="s"/>
       <x:c r="M1" s="1" t="s"/>
       <x:c r="N1" s="1" t="s"/>
       <x:c r="O1" s="1" t="s"/>
     </x:row>
     <x:row r="2" spans="1:19">
       <x:c r="B2" s="2" t="s">
-        <x:v>2</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="C2" s="2" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="D2" s="2" t="s">
         <x:v>3</x:v>
       </x:c>
-      <x:c r="D2" s="2" t="s">
+      <x:c r="E2" s="2" t="s">
         <x:v>4</x:v>
       </x:c>
-      <x:c r="E2" s="2" t="s">
+      <x:c r="F2" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
-      <x:c r="F2" s="2" t="s">
+      <x:c r="G2" s="2" t="s">
         <x:v>6</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:19">
       <x:c r="A3" s="3" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B3" s="0" t="n">
-        <x:v>6660</x:v>
+        <x:v>7772</x:v>
       </x:c>
       <x:c r="C3" s="0" t="n">
-        <x:v>7912</x:v>
+        <x:v>6813.35</x:v>
+      </x:c>
+      <x:c r="D3" s="0" t="n">
+        <x:v>8247</x:v>
       </x:c>
       <x:c r="E3" s="0" t="n">
-        <x:v>6801</x:v>
+        <x:v>91936</x:v>
       </x:c>
       <x:c r="F3" s="0" t="n">
-        <x:v>8003</x:v>
+        <x:v>8334</x:v>
       </x:c>
       <x:c r="G3" s="0" t="n">
-        <x:v>9104</x:v>
+        <x:v>5461</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:19">
       <x:c r="A4" s="3" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B4" s="0" t="n">
-        <x:v>126686</x:v>
+        <x:v>89670</x:v>
       </x:c>
       <x:c r="C4" s="0" t="n">
-        <x:v>149787</x:v>
+        <x:v>76263</x:v>
+      </x:c>
+      <x:c r="D4" s="0" t="n">
+        <x:v>91460</x:v>
       </x:c>
       <x:c r="E4" s="0" t="n">
-        <x:v>129390</x:v>
+        <x:v>8314</x:v>
       </x:c>
       <x:c r="F4" s="0" t="n">
-        <x:v>150672</x:v>
+        <x:v>92482</x:v>
       </x:c>
       <x:c r="G4" s="0" t="n">
-        <x:v>171824</x:v>
+        <x:v>60721</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:19">
       <x:c r="A5" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
-      <x:c r="B5" s="0" t="n">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="C5" s="0" t="n">
-        <x:v>1855865</x:v>
-[...2 lines deleted...]
-        <x:v>1398765</x:v>
+        <x:v>1470684</x:v>
+      </x:c>
+      <x:c r="D5" s="0" t="n">
+        <x:v>1418775</x:v>
       </x:c>
       <x:c r="F5" s="0" t="n">
-        <x:v>1359989</x:v>
-[...2 lines deleted...]
-        <x:v>1380891</x:v>
+        <x:v>970294</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:19">
       <x:c r="A6" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B6" s="0" t="n">
-        <x:v>53876</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C6" s="0" t="n">
-        <x:v>68765</x:v>
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="D6" s="0" t="n">
+        <x:v>0</x:v>
       </x:c>
       <x:c r="E6" s="0" t="n">
-        <x:v>83812</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="F6" s="0" t="n">
-        <x:v>83812</x:v>
-[...2 lines deleted...]
-        <x:v>85751</x:v>
+        <x:v>107343</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:19">
       <x:c r="B8" s="2" t="s">
-        <x:v>14</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="C8" s="2" t="s"/>
       <x:c r="D8" s="2" t="s"/>
       <x:c r="E8" s="2" t="s">
-        <x:v>15</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="F8" s="2" t="s"/>
       <x:c r="G8" s="2" t="s"/>
       <x:c r="H8" s="2" t="s">
-        <x:v>16</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="I8" s="2" t="s"/>
       <x:c r="J8" s="2" t="s"/>
       <x:c r="K8" s="2" t="s">
-        <x:v>17</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="L8" s="2" t="s"/>
       <x:c r="M8" s="2" t="s"/>
       <x:c r="N8" s="2" t="s">
-        <x:v>18</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="O8" s="2" t="s"/>
       <x:c r="P8" s="2" t="s"/>
       <x:c r="Q8" s="2" t="s">
-        <x:v>19</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="R8" s="2" t="s"/>
       <x:c r="S8" s="2" t="s"/>
     </x:row>
     <x:row r="9" spans="1:19">
       <x:c r="B9" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="C9" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="D9" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="E9" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F9" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="G9" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H9" s="2" t="s">
         <x:v>21</x:v>
@@ -13991,718 +14845,653 @@
       </x:c>
       <x:c r="N9" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="O9" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="P9" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q9" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="R9" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="S9" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:19">
       <x:c r="A10" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B10" s="0" t="n">
-        <x:v>96</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="C10" s="0" t="n">
-        <x:v>92</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="D10" s="0" t="n">
-        <x:v>89</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="E10" s="0" t="n">
-        <x:v>170</x:v>
+        <x:v>214.6</x:v>
       </x:c>
       <x:c r="F10" s="0" t="n">
-        <x:v>163</x:v>
+        <x:v>188.3</x:v>
       </x:c>
       <x:c r="G10" s="0" t="n">
-        <x:v>154</x:v>
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="H10" s="0" t="n">
+        <x:v>258</x:v>
+      </x:c>
+      <x:c r="I10" s="0" t="n">
+        <x:v>201</x:v>
+      </x:c>
+      <x:c r="J10" s="0" t="n">
+        <x:v>181</x:v>
       </x:c>
       <x:c r="K10" s="0" t="n">
-        <x:v>202</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="L10" s="0" t="n">
-        <x:v>212</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="M10" s="0" t="n">
-        <x:v>181</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="N10" s="0" t="n">
-        <x:v>199</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="O10" s="0" t="n">
-        <x:v>212</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="P10" s="0" t="n">
-        <x:v>189</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="Q10" s="0" t="n">
-        <x:v>200</x:v>
+        <x:v>37056</x:v>
       </x:c>
       <x:c r="R10" s="0" t="n">
-        <x:v>217</x:v>
+        <x:v>6289</x:v>
       </x:c>
       <x:c r="S10" s="0" t="n">
-        <x:v>210</x:v>
+        <x:v>5691</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:19">
       <x:c r="A11" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
-      <x:c r="B11" s="0" t="n">
-[...43 lines deleted...]
-      </x:c>
     </x:row>
     <x:row r="12" spans="1:19">
       <x:c r="A12" s="3" t="s">
         <x:v>26</x:v>
       </x:c>
-      <x:c r="B12" s="0" t="n">
-[...43 lines deleted...]
-      </x:c>
     </x:row>
     <x:row r="13" spans="1:19">
       <x:c r="A13" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
-      <x:c r="B13" s="0" t="n">
-[...43 lines deleted...]
-      </x:c>
     </x:row>
     <x:row r="14" spans="1:19">
       <x:c r="A14" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:19">
       <x:c r="A15" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B15" s="0" t="n">
-        <x:v>18</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="C15" s="0" t="n">
-        <x:v>18</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="D15" s="0" t="n">
-        <x:v>18</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="E15" s="0" t="n">
-        <x:v>22</x:v>
+        <x:v>4884.1</x:v>
       </x:c>
       <x:c r="F15" s="0" t="n">
-        <x:v>22</x:v>
+        <x:v>1014.7</x:v>
       </x:c>
       <x:c r="G15" s="0" t="n">
-        <x:v>22</x:v>
+        <x:v>914.5</x:v>
+      </x:c>
+      <x:c r="H15" s="0" t="n">
+        <x:v>23.7</x:v>
+      </x:c>
+      <x:c r="I15" s="0" t="n">
+        <x:v>23.6</x:v>
+      </x:c>
+      <x:c r="J15" s="0" t="n">
+        <x:v>23.6</x:v>
       </x:c>
       <x:c r="K15" s="0" t="n">
-        <x:v>19</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L15" s="0" t="n">
-        <x:v>19</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="M15" s="0" t="n">
-        <x:v>19</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="N15" s="0" t="n">
-        <x:v>22</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="O15" s="0" t="n">
-        <x:v>22</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="P15" s="0" t="n">
-        <x:v>22</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q15" s="0" t="n">
-        <x:v>25</x:v>
+        <x:v>3897</x:v>
       </x:c>
       <x:c r="R15" s="0" t="n">
-        <x:v>25</x:v>
+        <x:v>796</x:v>
       </x:c>
       <x:c r="S15" s="0" t="n">
-        <x:v>25</x:v>
+        <x:v>769</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:19">
       <x:c r="A16" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B16" s="0" t="n">
-        <x:v>347</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="C16" s="0" t="n">
-        <x:v>347</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="D16" s="0" t="n">
-        <x:v>347</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="E16" s="0" t="n">
-        <x:v>410</x:v>
+        <x:v>54641</x:v>
       </x:c>
       <x:c r="F16" s="0" t="n">
-        <x:v>410</x:v>
+        <x:v>11379</x:v>
       </x:c>
       <x:c r="G16" s="0" t="n">
-        <x:v>410</x:v>
+        <x:v>10243</x:v>
+      </x:c>
+      <x:c r="H16" s="0" t="n">
+        <x:v>262</x:v>
+      </x:c>
+      <x:c r="I16" s="0" t="n">
+        <x:v>262</x:v>
+      </x:c>
+      <x:c r="J16" s="0" t="n">
+        <x:v>262</x:v>
       </x:c>
       <x:c r="K16" s="0" t="n">
-        <x:v>354</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="L16" s="0" t="n">
-        <x:v>354</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="M16" s="0" t="n">
-        <x:v>354</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="N16" s="0" t="n">
-        <x:v>413</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="O16" s="0" t="n">
-        <x:v>413</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="P16" s="0" t="n">
-        <x:v>413</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="Q16" s="0" t="n">
-        <x:v>471</x:v>
+        <x:v>43301</x:v>
       </x:c>
       <x:c r="R16" s="0" t="n">
-        <x:v>471</x:v>
+        <x:v>8827</x:v>
       </x:c>
       <x:c r="S16" s="0" t="n">
-        <x:v>471</x:v>
+        <x:v>8593</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:19">
       <x:c r="A17" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:19">
       <x:c r="A18" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:19">
       <x:c r="A19" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:19">
       <x:c r="A20" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B20" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C20" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D20" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="E20" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="F20" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="G20" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
+      <x:c r="H20" s="0" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="I20" s="0" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="J20" s="0" t="n">
+        <x:v>2</x:v>
+      </x:c>
       <x:c r="K20" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="L20" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="M20" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="N20" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="O20" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="P20" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="Q20" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="R20" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="S20" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:19">
       <x:c r="A21" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B21" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>37.6</x:v>
       </x:c>
       <x:c r="C21" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>37.3</x:v>
       </x:c>
       <x:c r="D21" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>37.1</x:v>
       </x:c>
       <x:c r="E21" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>343.4</x:v>
       </x:c>
       <x:c r="F21" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>68.4</x:v>
       </x:c>
       <x:c r="G21" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>60.4</x:v>
+      </x:c>
+      <x:c r="H21" s="0" t="n">
+        <x:v>0.8</x:v>
+      </x:c>
+      <x:c r="I21" s="0" t="n">
+        <x:v>0.8</x:v>
+      </x:c>
+      <x:c r="J21" s="0" t="n">
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="K21" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>0.72</x:v>
       </x:c>
       <x:c r="L21" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>0.69</x:v>
       </x:c>
       <x:c r="M21" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>0.72</x:v>
       </x:c>
       <x:c r="N21" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>1.2</x:v>
       </x:c>
       <x:c r="O21" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="P21" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="Q21" s="0" t="n">
-        <x:v>1.5</x:v>
+        <x:v>0.89</x:v>
       </x:c>
       <x:c r="R21" s="0" t="n">
-        <x:v>1.6</x:v>
+        <x:v>0.88</x:v>
       </x:c>
       <x:c r="S21" s="0" t="n">
-        <x:v>1.6</x:v>
+        <x:v>0.87</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:19">
       <x:c r="A22" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B22" s="0" t="n">
-        <x:v>67</x:v>
+        <x:v>415.5</x:v>
       </x:c>
       <x:c r="C22" s="0" t="n">
-        <x:v>67</x:v>
+        <x:v>415.1</x:v>
       </x:c>
       <x:c r="D22" s="0" t="n">
-        <x:v>67</x:v>
+        <x:v>414.8</x:v>
       </x:c>
       <x:c r="E22" s="0" t="n">
-        <x:v>75</x:v>
+        <x:v>1185</x:v>
       </x:c>
       <x:c r="F22" s="0" t="n">
-        <x:v>76</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="G22" s="0" t="n">
-        <x:v>76</x:v>
+        <x:v>257</x:v>
+      </x:c>
+      <x:c r="H22" s="0" t="n">
+        <x:v>2.1</x:v>
+      </x:c>
+      <x:c r="I22" s="0" t="n">
+        <x:v>1.7</x:v>
+      </x:c>
+      <x:c r="J22" s="0" t="n">
+        <x:v>1.9</x:v>
       </x:c>
       <x:c r="K22" s="0" t="n">
-        <x:v>60</x:v>
+        <x:v>1.89</x:v>
       </x:c>
       <x:c r="L22" s="0" t="n">
-        <x:v>61</x:v>
+        <x:v>2.08</x:v>
       </x:c>
       <x:c r="M22" s="0" t="n">
-        <x:v>60</x:v>
+        <x:v>1.58</x:v>
       </x:c>
       <x:c r="N22" s="0" t="n">
-        <x:v>63</x:v>
+        <x:v>2.5</x:v>
       </x:c>
       <x:c r="O22" s="0" t="n">
-        <x:v>64</x:v>
+        <x:v>2.7</x:v>
       </x:c>
       <x:c r="P22" s="0" t="n">
-        <x:v>64</x:v>
+        <x:v>3.4</x:v>
       </x:c>
       <x:c r="Q22" s="0" t="n">
-        <x:v>55.5</x:v>
+        <x:v>2.51</x:v>
       </x:c>
       <x:c r="R22" s="0" t="n">
-        <x:v>57.9</x:v>
+        <x:v>3.4</x:v>
       </x:c>
       <x:c r="S22" s="0" t="n">
-        <x:v>58.2</x:v>
+        <x:v>2.5</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="7">
     <x:mergeCell ref="A1:O1"/>
     <x:mergeCell ref="B8:D8"/>
     <x:mergeCell ref="E8:G8"/>
     <x:mergeCell ref="H8:J8"/>
     <x:mergeCell ref="K8:M8"/>
     <x:mergeCell ref="N8:P8"/>
     <x:mergeCell ref="Q8:S8"/>
   </x:mergeCells>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:S22"/>
+  <x:dimension ref="A1:V22"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="54.790625" style="0" customWidth="1"/>
-    <x:col min="2" max="7" width="11.920625" style="0" customWidth="1"/>
-    <x:col min="8" max="8" width="10.000625" style="0" customWidth="1"/>
+    <x:col min="2" max="8" width="11.920625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="9.610625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.230625" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="10.000625" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="9.610625" style="0" customWidth="1"/>
     <x:col min="13" max="13" width="8.230625" style="0" customWidth="1"/>
     <x:col min="14" max="14" width="10.000625" style="0" customWidth="1"/>
     <x:col min="15" max="15" width="9.610625" style="0" customWidth="1"/>
     <x:col min="16" max="16" width="8.230625" style="0" customWidth="1"/>
     <x:col min="17" max="17" width="10.000625" style="0" customWidth="1"/>
     <x:col min="18" max="18" width="9.610625" style="0" customWidth="1"/>
     <x:col min="19" max="19" width="8.230625" style="0" customWidth="1"/>
+    <x:col min="20" max="20" width="10.000625" style="0" customWidth="1"/>
+    <x:col min="21" max="21" width="9.610625" style="0" customWidth="1"/>
+    <x:col min="22" max="22" width="8.230625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
-    <x:row r="1" spans="1:19">
+    <x:row r="1" spans="1:22">
       <x:c r="A1" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B1" s="1" t="s"/>
       <x:c r="C1" s="1" t="s"/>
       <x:c r="D1" s="1" t="s"/>
       <x:c r="E1" s="1" t="s"/>
       <x:c r="F1" s="1" t="s"/>
       <x:c r="G1" s="1" t="s"/>
       <x:c r="H1" s="1" t="s"/>
       <x:c r="I1" s="1" t="s"/>
       <x:c r="J1" s="1" t="s"/>
       <x:c r="K1" s="1" t="s"/>
       <x:c r="L1" s="1" t="s"/>
       <x:c r="M1" s="1" t="s"/>
       <x:c r="N1" s="1" t="s"/>
       <x:c r="O1" s="1" t="s"/>
     </x:row>
-    <x:row r="2" spans="1:19">
+    <x:row r="2" spans="1:22">
       <x:c r="B2" s="2" t="s">
-        <x:v>2</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="C2" s="2" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="D2" s="2" t="s">
         <x:v>3</x:v>
       </x:c>
-      <x:c r="D2" s="2" t="s">
+      <x:c r="E2" s="2" t="s">
         <x:v>4</x:v>
       </x:c>
-      <x:c r="E2" s="2" t="s">
+      <x:c r="F2" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
-      <x:c r="F2" s="2" t="s">
+      <x:c r="G2" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
-      <x:c r="G2" s="2" t="s">
+      <x:c r="H2" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
     </x:row>
-    <x:row r="3" spans="1:19">
+    <x:row r="3" spans="1:22">
       <x:c r="A3" s="3" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B3" s="0" t="n">
-        <x:v>6538</x:v>
+        <x:v>7329</x:v>
       </x:c>
       <x:c r="C3" s="0" t="n">
-        <x:v>8757</x:v>
+        <x:v>6660</x:v>
       </x:c>
       <x:c r="D3" s="0" t="n">
-        <x:v>6538</x:v>
-[...2 lines deleted...]
-        <x:v>7038</x:v>
+        <x:v>7912</x:v>
       </x:c>
       <x:c r="F3" s="0" t="n">
-        <x:v>8320</x:v>
+        <x:v>6801</x:v>
       </x:c>
       <x:c r="G3" s="0" t="n">
-        <x:v>9087</x:v>
-[...2 lines deleted...]
-    <x:row r="4" spans="1:19">
+        <x:v>8003</x:v>
+      </x:c>
+      <x:c r="H3" s="0" t="n">
+        <x:v>9104</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4" spans="1:22">
       <x:c r="A4" s="3" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B4" s="0" t="n">
-        <x:v>134949</x:v>
+        <x:v>150546</x:v>
       </x:c>
       <x:c r="C4" s="0" t="n">
-        <x:v>181129</x:v>
+        <x:v>126686</x:v>
       </x:c>
       <x:c r="D4" s="0" t="n">
-        <x:v>134949</x:v>
-[...2 lines deleted...]
-        <x:v>145323</x:v>
+        <x:v>149787</x:v>
       </x:c>
       <x:c r="F4" s="0" t="n">
-        <x:v>172207</x:v>
+        <x:v>129390</x:v>
       </x:c>
       <x:c r="G4" s="0" t="n">
-        <x:v>186860</x:v>
-[...2 lines deleted...]
-    <x:row r="5" spans="1:19">
+        <x:v>150672</x:v>
+      </x:c>
+      <x:c r="H4" s="0" t="n">
+        <x:v>171824</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5" spans="1:22">
       <x:c r="A5" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B5" s="0" t="n">
-        <x:v>1345360</x:v>
+        <x:v>2242553</x:v>
       </x:c>
       <x:c r="C5" s="0" t="n">
-        <x:v>2054251</x:v>
-[...2 lines deleted...]
-        <x:v>1447677</x:v>
+        <x:v>1370521</x:v>
+      </x:c>
+      <x:c r="D5" s="0" t="n">
+        <x:v>1855865</x:v>
       </x:c>
       <x:c r="F5" s="0" t="n">
-        <x:v>1413876</x:v>
+        <x:v>1398765</x:v>
       </x:c>
       <x:c r="G5" s="0" t="n">
-        <x:v>1378338</x:v>
-[...2 lines deleted...]
-    <x:row r="6" spans="1:19">
+        <x:v>1359989</x:v>
+      </x:c>
+      <x:c r="H5" s="0" t="n">
+        <x:v>1380891</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="6" spans="1:22">
       <x:c r="A6" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B6" s="0" t="n">
-        <x:v>52154</x:v>
+        <x:v>103313</x:v>
       </x:c>
       <x:c r="C6" s="0" t="n">
-        <x:v>67095</x:v>
-[...2 lines deleted...]
-        <x:v>58074</x:v>
+        <x:v>53876</x:v>
+      </x:c>
+      <x:c r="D6" s="0" t="n">
+        <x:v>68765</x:v>
       </x:c>
       <x:c r="F6" s="0" t="n">
-        <x:v>81353</x:v>
+        <x:v>83812</x:v>
       </x:c>
       <x:c r="G6" s="0" t="n">
-        <x:v>88914</x:v>
-[...2 lines deleted...]
-    <x:row r="8" spans="1:19">
+        <x:v>83812</x:v>
+      </x:c>
+      <x:c r="H6" s="0" t="n">
+        <x:v>85751</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="8" spans="1:22">
       <x:c r="B8" s="2" t="s">
-        <x:v>14</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="C8" s="2" t="s"/>
       <x:c r="D8" s="2" t="s"/>
       <x:c r="E8" s="2" t="s">
-        <x:v>15</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="F8" s="2" t="s"/>
       <x:c r="G8" s="2" t="s"/>
       <x:c r="H8" s="2" t="s">
-        <x:v>16</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="I8" s="2" t="s"/>
       <x:c r="J8" s="2" t="s"/>
       <x:c r="K8" s="2" t="s">
-        <x:v>17</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="L8" s="2" t="s"/>
       <x:c r="M8" s="2" t="s"/>
       <x:c r="N8" s="2" t="s">
-        <x:v>18</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="O8" s="2" t="s"/>
       <x:c r="P8" s="2" t="s"/>
       <x:c r="Q8" s="2" t="s">
-        <x:v>19</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="R8" s="2" t="s"/>
       <x:c r="S8" s="2" t="s"/>
-    </x:row>
-    <x:row r="9" spans="1:19">
+      <x:c r="T8" s="2" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="U8" s="2" t="s"/>
+      <x:c r="V8" s="2" t="s"/>
+    </x:row>
+    <x:row r="9" spans="1:22">
       <x:c r="B9" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="C9" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="D9" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="E9" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F9" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="G9" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H9" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="I9" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="J9" s="2" t="s">
@@ -14713,638 +15502,1570 @@
       </x:c>
       <x:c r="L9" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="M9" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="N9" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="O9" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="P9" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q9" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="R9" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="S9" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
-    </x:row>
-    <x:row r="10" spans="1:19">
+      <x:c r="T9" s="2" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="U9" s="2" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="V9" s="2" t="s">
+        <x:v>23</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="10" spans="1:22">
       <x:c r="A10" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B10" s="0" t="n">
-        <x:v>93</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="C10" s="0" t="n">
-        <x:v>95</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="D10" s="0" t="n">
-        <x:v>81</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="E10" s="0" t="n">
-        <x:v>166</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="F10" s="0" t="n">
-        <x:v>166</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="G10" s="0" t="n">
-        <x:v>143</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="H10" s="0" t="n">
-        <x:v>93</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="I10" s="0" t="n">
-        <x:v>95</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="J10" s="0" t="n">
-        <x:v>81</x:v>
-[...8 lines deleted...]
-        <x:v>171</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="N10" s="0" t="n">
+        <x:v>202</x:v>
+      </x:c>
+      <x:c r="O10" s="0" t="n">
+        <x:v>212</x:v>
+      </x:c>
+      <x:c r="P10" s="0" t="n">
+        <x:v>181</x:v>
+      </x:c>
+      <x:c r="Q10" s="0" t="n">
         <x:v>199</x:v>
       </x:c>
-      <x:c r="O10" s="0" t="n">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="R10" s="0" t="n">
+        <x:v>212</x:v>
+      </x:c>
+      <x:c r="S10" s="0" t="n">
+        <x:v>189</x:v>
+      </x:c>
+      <x:c r="T10" s="0" t="n">
         <x:v>200</x:v>
       </x:c>
-      <x:c r="S10" s="0" t="n">
-[...3 lines deleted...]
-    <x:row r="11" spans="1:19">
+      <x:c r="U10" s="0" t="n">
+        <x:v>217</x:v>
+      </x:c>
+      <x:c r="V10" s="0" t="n">
+        <x:v>210</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="11" spans="1:22">
       <x:c r="A11" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B11" s="0" t="n">
-        <x:v>22</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="C11" s="0" t="n">
-        <x:v>18</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="D11" s="0" t="n">
-        <x:v>17</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="E11" s="0" t="n">
-        <x:v>43</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="F11" s="0" t="n">
-        <x:v>40</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="G11" s="0" t="n">
-        <x:v>36</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="H11" s="0" t="n">
-        <x:v>22</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="I11" s="0" t="n">
-        <x:v>18</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="J11" s="0" t="n">
-        <x:v>17</x:v>
-[...8 lines deleted...]
-        <x:v>37</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="N11" s="0" t="n">
-        <x:v>46</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="O11" s="0" t="n">
-        <x:v>39</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="P11" s="0" t="n">
-        <x:v>35</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="Q11" s="0" t="n">
-        <x:v>49</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="R11" s="0" t="n">
-        <x:v>44</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="S11" s="0" t="n">
-        <x:v>42</x:v>
-[...2 lines deleted...]
-    <x:row r="12" spans="1:19">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="T11" s="0" t="n">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="U11" s="0" t="n">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="V11" s="0" t="n">
+        <x:v>66</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="12" spans="1:22">
       <x:c r="A12" s="3" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B12" s="0" t="n">
-        <x:v>40</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="C12" s="0" t="n">
-        <x:v>36</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="D12" s="0" t="n">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="E12" s="0" t="n">
         <x:v>34</x:v>
       </x:c>
-      <x:c r="E12" s="0" t="n">
+      <x:c r="F12" s="0" t="n">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="G12" s="0" t="n">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="H12" s="0" t="n">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="I12" s="0" t="n">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="J12" s="0" t="n">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="N12" s="0" t="n">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="O12" s="0" t="n">
         <x:v>61</x:v>
       </x:c>
-      <x:c r="F12" s="0" t="n">
+      <x:c r="P12" s="0" t="n">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="Q12" s="0" t="n">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="R12" s="0" t="n">
+        <x:v>73</x:v>
+      </x:c>
+      <x:c r="S12" s="0" t="n">
         <x:v>61</x:v>
       </x:c>
-      <x:c r="G12" s="0" t="n">
-[...32 lines deleted...]
-      <x:c r="R12" s="0" t="n">
+      <x:c r="T12" s="0" t="n">
         <x:v>78</x:v>
       </x:c>
-      <x:c r="S12" s="0" t="n">
-[...3 lines deleted...]
-    <x:row r="13" spans="1:19">
+      <x:c r="U12" s="0" t="n">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="V12" s="0" t="n">
+        <x:v>73</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="13" spans="1:22">
       <x:c r="A13" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B13" s="0" t="n">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="C13" s="0" t="n">
+        <x:v>69</x:v>
+      </x:c>
+      <x:c r="D13" s="0" t="n">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="E13" s="0" t="n">
         <x:v>34</x:v>
       </x:c>
-      <x:c r="C13" s="0" t="n">
-[...5 lines deleted...]
-      <x:c r="E13" s="0" t="n">
+      <x:c r="F13" s="0" t="n">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="G13" s="0" t="n">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="H13" s="0" t="n">
         <x:v>66</x:v>
       </x:c>
-      <x:c r="F13" s="0" t="n">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I13" s="0" t="n">
-        <x:v>30</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="J13" s="0" t="n">
-        <x:v>33</x:v>
-[...1 lines deleted...]
-      <x:c r="K13" s="0" t="n">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="N13" s="0" t="n">
         <x:v>74</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>72</x:v>
       </x:c>
       <x:c r="O13" s="0" t="n">
         <x:v>86</x:v>
       </x:c>
       <x:c r="P13" s="0" t="n">
-        <x:v>78</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="Q13" s="0" t="n">
-        <x:v>88</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="R13" s="0" t="n">
-        <x:v>85</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="S13" s="0" t="n">
-        <x:v>85</x:v>
-[...2 lines deleted...]
-    <x:row r="14" spans="1:19">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="T13" s="0" t="n">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="U13" s="0" t="n">
+        <x:v>79</x:v>
+      </x:c>
+      <x:c r="V13" s="0" t="n">
+        <x:v>76</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="14" spans="1:22">
       <x:c r="A14" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
     </x:row>
-    <x:row r="15" spans="1:19">
+    <x:row r="15" spans="1:22">
       <x:c r="A15" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B15" s="0" t="n">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="C15" s="0" t="n">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="D15" s="0" t="n">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="E15" s="0" t="n">
         <x:v>18</x:v>
       </x:c>
-      <x:c r="C15" s="0" t="n">
+      <x:c r="F15" s="0" t="n">
         <x:v>18</x:v>
       </x:c>
-      <x:c r="D15" s="0" t="n">
+      <x:c r="G15" s="0" t="n">
         <x:v>18</x:v>
       </x:c>
-      <x:c r="E15" s="0" t="n">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="H15" s="0" t="n">
-        <x:v>18</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="I15" s="0" t="n">
-        <x:v>18</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="J15" s="0" t="n">
-        <x:v>18</x:v>
-[...1 lines deleted...]
-      <x:c r="K15" s="0" t="n">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="N15" s="0" t="n">
         <x:v>19</x:v>
       </x:c>
-      <x:c r="L15" s="0" t="n">
+      <x:c r="O15" s="0" t="n">
         <x:v>19</x:v>
       </x:c>
-      <x:c r="M15" s="0" t="n">
+      <x:c r="P15" s="0" t="n">
         <x:v>19</x:v>
       </x:c>
-      <x:c r="N15" s="0" t="n">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="Q15" s="0" t="n">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="R15" s="0" t="n">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="S15" s="0" t="n">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="T15" s="0" t="n">
         <x:v>25</x:v>
       </x:c>
-      <x:c r="R15" s="0" t="n">
+      <x:c r="U15" s="0" t="n">
         <x:v>25</x:v>
       </x:c>
-      <x:c r="S15" s="0" t="n">
+      <x:c r="V15" s="0" t="n">
         <x:v>25</x:v>
       </x:c>
     </x:row>
-    <x:row r="16" spans="1:19">
+    <x:row r="16" spans="1:22">
       <x:c r="A16" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B16" s="0" t="n">
-        <x:v>370</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="C16" s="0" t="n">
-        <x:v>370</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="D16" s="0" t="n">
-        <x:v>370</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="E16" s="0" t="n">
-        <x:v>496</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="F16" s="0" t="n">
-        <x:v>496</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="G16" s="0" t="n">
-        <x:v>496</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="H16" s="0" t="n">
-        <x:v>370</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="I16" s="0" t="n">
-        <x:v>370</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="J16" s="0" t="n">
-        <x:v>370</x:v>
-[...8 lines deleted...]
-        <x:v>398</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="N16" s="0" t="n">
-        <x:v>472</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="O16" s="0" t="n">
-        <x:v>472</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="P16" s="0" t="n">
-        <x:v>472</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="Q16" s="0" t="n">
-        <x:v>512</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="R16" s="0" t="n">
-        <x:v>512</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="S16" s="0" t="n">
-        <x:v>512</x:v>
-[...2 lines deleted...]
-    <x:row r="17" spans="1:19">
+        <x:v>413</x:v>
+      </x:c>
+      <x:c r="T16" s="0" t="n">
+        <x:v>471</x:v>
+      </x:c>
+      <x:c r="U16" s="0" t="n">
+        <x:v>471</x:v>
+      </x:c>
+      <x:c r="V16" s="0" t="n">
+        <x:v>471</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="17" spans="1:22">
       <x:c r="A17" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
-    <x:row r="18" spans="1:19">
+    <x:row r="18" spans="1:22">
       <x:c r="A18" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
-    <x:row r="19" spans="1:19">
+    <x:row r="19" spans="1:22">
       <x:c r="A19" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
-    <x:row r="20" spans="1:19">
+    <x:row r="20" spans="1:22">
       <x:c r="A20" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B20" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C20" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D20" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="E20" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="F20" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="G20" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="H20" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="I20" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="J20" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
-      <x:c r="K20" s="0" t="n">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="N20" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="O20" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="P20" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="Q20" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="R20" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="S20" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
-    </x:row>
-    <x:row r="21" spans="1:19">
+      <x:c r="T20" s="0" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="U20" s="0" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="V20" s="0" t="n">
+        <x:v>2</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="21" spans="1:22">
       <x:c r="A21" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B21" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="C21" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="D21" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="E21" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="F21" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="G21" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="H21" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="I21" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="J21" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
-      <x:c r="K21" s="0" t="n">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="N21" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="O21" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="P21" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="Q21" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="R21" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="S21" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
-    </x:row>
-    <x:row r="22" spans="1:19">
+      <x:c r="T21" s="0" t="n">
+        <x:v>1.5</x:v>
+      </x:c>
+      <x:c r="U21" s="0" t="n">
+        <x:v>1.6</x:v>
+      </x:c>
+      <x:c r="V21" s="0" t="n">
+        <x:v>1.6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="22" spans="1:22">
       <x:c r="A22" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B22" s="0" t="n">
-        <x:v>77</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="C22" s="0" t="n">
-        <x:v>77</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="D22" s="0" t="n">
-        <x:v>77</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="E22" s="0" t="n">
-        <x:v>91</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="F22" s="0" t="n">
-        <x:v>91</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="G22" s="0" t="n">
-        <x:v>91</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="H22" s="0" t="n">
-        <x:v>77</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="I22" s="0" t="n">
-        <x:v>77</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="J22" s="0" t="n">
-        <x:v>77</x:v>
-[...8 lines deleted...]
-        <x:v>67</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="N22" s="0" t="n">
-        <x:v>72</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="O22" s="0" t="n">
-        <x:v>73</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="P22" s="0" t="n">
-        <x:v>73</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="Q22" s="0" t="n">
-        <x:v>60</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="R22" s="0" t="n">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="S22" s="0" t="n">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
+      </x:c>
+      <x:c r="T22" s="0" t="n">
+        <x:v>55.5</x:v>
+      </x:c>
+      <x:c r="U22" s="0" t="n">
+        <x:v>57.9</x:v>
+      </x:c>
+      <x:c r="V22" s="0" t="n">
+        <x:v>58.2</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
-  <x:mergeCells count="7">
+  <x:mergeCells count="8">
     <x:mergeCell ref="A1:O1"/>
     <x:mergeCell ref="B8:D8"/>
     <x:mergeCell ref="E8:G8"/>
     <x:mergeCell ref="H8:J8"/>
     <x:mergeCell ref="K8:M8"/>
     <x:mergeCell ref="N8:P8"/>
     <x:mergeCell ref="Q8:S8"/>
+    <x:mergeCell ref="T8:V8"/>
   </x:mergeCells>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <x:sheetPr>
+    <x:outlinePr summaryBelow="1" summaryRight="1"/>
+  </x:sheetPr>
+  <x:dimension ref="A1:V22"/>
+  <x:sheetViews>
+    <x:sheetView workbookViewId="0"/>
+  </x:sheetViews>
+  <x:sheetFormatPr defaultRowHeight="15"/>
+  <x:cols>
+    <x:col min="1" max="1" width="54.790625" style="0" customWidth="1"/>
+    <x:col min="2" max="8" width="11.920625" style="0" customWidth="1"/>
+    <x:col min="9" max="9" width="9.610625" style="0" customWidth="1"/>
+    <x:col min="10" max="10" width="8.230625" style="0" customWidth="1"/>
+    <x:col min="11" max="11" width="10.000625" style="0" customWidth="1"/>
+    <x:col min="12" max="12" width="9.610625" style="0" customWidth="1"/>
+    <x:col min="13" max="13" width="8.230625" style="0" customWidth="1"/>
+    <x:col min="14" max="14" width="10.000625" style="0" customWidth="1"/>
+    <x:col min="15" max="15" width="9.610625" style="0" customWidth="1"/>
+    <x:col min="16" max="16" width="8.230625" style="0" customWidth="1"/>
+    <x:col min="17" max="17" width="10.000625" style="0" customWidth="1"/>
+    <x:col min="18" max="18" width="9.610625" style="0" customWidth="1"/>
+    <x:col min="19" max="19" width="8.230625" style="0" customWidth="1"/>
+    <x:col min="20" max="20" width="10.000625" style="0" customWidth="1"/>
+    <x:col min="21" max="21" width="9.610625" style="0" customWidth="1"/>
+    <x:col min="22" max="22" width="8.230625" style="0" customWidth="1"/>
+  </x:cols>
+  <x:sheetData>
+    <x:row r="1" spans="1:22">
+      <x:c r="A1" s="1" t="s">
+        <x:v>43</x:v>
+      </x:c>
+      <x:c r="B1" s="1" t="s"/>
+      <x:c r="C1" s="1" t="s"/>
+      <x:c r="D1" s="1" t="s"/>
+      <x:c r="E1" s="1" t="s"/>
+      <x:c r="F1" s="1" t="s"/>
+      <x:c r="G1" s="1" t="s"/>
+      <x:c r="H1" s="1" t="s"/>
+      <x:c r="I1" s="1" t="s"/>
+      <x:c r="J1" s="1" t="s"/>
+      <x:c r="K1" s="1" t="s"/>
+      <x:c r="L1" s="1" t="s"/>
+      <x:c r="M1" s="1" t="s"/>
+      <x:c r="N1" s="1" t="s"/>
+      <x:c r="O1" s="1" t="s"/>
+    </x:row>
+    <x:row r="2" spans="1:22">
+      <x:c r="B2" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="C2" s="2" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="D2" s="2" t="s">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c r="E2" s="2" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="F2" s="2" t="s">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c r="G2" s="2" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="H2" s="2" t="s">
+        <x:v>7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="3" spans="1:22">
+      <x:c r="A3" s="3" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="B3" s="0" t="n">
+        <x:v>7548</x:v>
+      </x:c>
+      <x:c r="C3" s="0" t="n">
+        <x:v>6538</x:v>
+      </x:c>
+      <x:c r="D3" s="0" t="n">
+        <x:v>8757</x:v>
+      </x:c>
+      <x:c r="E3" s="0" t="n">
+        <x:v>6538</x:v>
+      </x:c>
+      <x:c r="F3" s="0" t="n">
+        <x:v>7038</x:v>
+      </x:c>
+      <x:c r="G3" s="0" t="n">
+        <x:v>8320</x:v>
+      </x:c>
+      <x:c r="H3" s="0" t="n">
+        <x:v>9087</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4" spans="1:22">
+      <x:c r="A4" s="3" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="B4" s="0" t="n">
+        <x:v>156829</x:v>
+      </x:c>
+      <x:c r="C4" s="0" t="n">
+        <x:v>134949</x:v>
+      </x:c>
+      <x:c r="D4" s="0" t="n">
+        <x:v>181129</x:v>
+      </x:c>
+      <x:c r="E4" s="0" t="n">
+        <x:v>134949</x:v>
+      </x:c>
+      <x:c r="F4" s="0" t="n">
+        <x:v>145323</x:v>
+      </x:c>
+      <x:c r="G4" s="0" t="n">
+        <x:v>172207</x:v>
+      </x:c>
+      <x:c r="H4" s="0" t="n">
+        <x:v>186860</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5" spans="1:22">
+      <x:c r="A5" s="3" t="s">
+        <x:v>11</x:v>
+      </x:c>
+      <x:c r="B5" s="0" t="n">
+        <x:v>2309723</x:v>
+      </x:c>
+      <x:c r="C5" s="0" t="n">
+        <x:v>1345360</x:v>
+      </x:c>
+      <x:c r="D5" s="0" t="n">
+        <x:v>2054251</x:v>
+      </x:c>
+      <x:c r="F5" s="0" t="n">
+        <x:v>1447677</x:v>
+      </x:c>
+      <x:c r="G5" s="0" t="n">
+        <x:v>1413876</x:v>
+      </x:c>
+      <x:c r="H5" s="0" t="n">
+        <x:v>1378338</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="6" spans="1:22">
+      <x:c r="A6" s="3" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="B6" s="0" t="n">
+        <x:v>109650</x:v>
+      </x:c>
+      <x:c r="C6" s="0" t="n">
+        <x:v>52154</x:v>
+      </x:c>
+      <x:c r="D6" s="0" t="n">
+        <x:v>67095</x:v>
+      </x:c>
+      <x:c r="F6" s="0" t="n">
+        <x:v>58074</x:v>
+      </x:c>
+      <x:c r="G6" s="0" t="n">
+        <x:v>81353</x:v>
+      </x:c>
+      <x:c r="H6" s="0" t="n">
+        <x:v>88914</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="8" spans="1:22">
+      <x:c r="B8" s="2" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="C8" s="2" t="s"/>
+      <x:c r="D8" s="2" t="s"/>
+      <x:c r="E8" s="2" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="F8" s="2" t="s"/>
+      <x:c r="G8" s="2" t="s"/>
+      <x:c r="H8" s="2" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="I8" s="2" t="s"/>
+      <x:c r="J8" s="2" t="s"/>
+      <x:c r="K8" s="2" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="L8" s="2" t="s"/>
+      <x:c r="M8" s="2" t="s"/>
+      <x:c r="N8" s="2" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="O8" s="2" t="s"/>
+      <x:c r="P8" s="2" t="s"/>
+      <x:c r="Q8" s="2" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="R8" s="2" t="s"/>
+      <x:c r="S8" s="2" t="s"/>
+      <x:c r="T8" s="2" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="U8" s="2" t="s"/>
+      <x:c r="V8" s="2" t="s"/>
+    </x:row>
+    <x:row r="9" spans="1:22">
+      <x:c r="B9" s="2" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="C9" s="2" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="D9" s="2" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="E9" s="2" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="F9" s="2" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="G9" s="2" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="H9" s="2" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="I9" s="2" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="J9" s="2" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="K9" s="2" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="L9" s="2" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="M9" s="2" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="N9" s="2" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="O9" s="2" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="P9" s="2" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="Q9" s="2" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="R9" s="2" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="S9" s="2" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="T9" s="2" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="U9" s="2" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="V9" s="2" t="s">
+        <x:v>23</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="10" spans="1:22">
+      <x:c r="A10" s="3" t="s">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="B10" s="0" t="n">
+        <x:v>254</x:v>
+      </x:c>
+      <x:c r="C10" s="0" t="n">
+        <x:v>248</x:v>
+      </x:c>
+      <x:c r="D10" s="0" t="n">
+        <x:v>236</x:v>
+      </x:c>
+      <x:c r="E10" s="0" t="n">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="F10" s="0" t="n">
+        <x:v>95</x:v>
+      </x:c>
+      <x:c r="G10" s="0" t="n">
+        <x:v>81</x:v>
+      </x:c>
+      <x:c r="H10" s="0" t="n">
+        <x:v>166</x:v>
+      </x:c>
+      <x:c r="I10" s="0" t="n">
+        <x:v>166</x:v>
+      </x:c>
+      <x:c r="J10" s="0" t="n">
+        <x:v>143</x:v>
+      </x:c>
+      <x:c r="K10" s="0" t="n">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="L10" s="0" t="n">
+        <x:v>95</x:v>
+      </x:c>
+      <x:c r="M10" s="0" t="n">
+        <x:v>81</x:v>
+      </x:c>
+      <x:c r="N10" s="0" t="n">
+        <x:v>182</x:v>
+      </x:c>
+      <x:c r="O10" s="0" t="n">
+        <x:v>177</x:v>
+      </x:c>
+      <x:c r="P10" s="0" t="n">
+        <x:v>171</x:v>
+      </x:c>
+      <x:c r="Q10" s="0" t="n">
+        <x:v>199</x:v>
+      </x:c>
+      <x:c r="R10" s="0" t="n">
+        <x:v>188</x:v>
+      </x:c>
+      <x:c r="S10" s="0" t="n">
+        <x:v>171</x:v>
+      </x:c>
+      <x:c r="T10" s="0" t="n">
+        <x:v>216</x:v>
+      </x:c>
+      <x:c r="U10" s="0" t="n">
+        <x:v>200</x:v>
+      </x:c>
+      <x:c r="V10" s="0" t="n">
+        <x:v>200</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="11" spans="1:22">
+      <x:c r="A11" s="3" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="B11" s="0" t="n">
+        <x:v>43</x:v>
+      </x:c>
+      <x:c r="C11" s="0" t="n">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="D11" s="0" t="n">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="E11" s="0" t="n">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="F11" s="0" t="n">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G11" s="0" t="n">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="H11" s="0" t="n">
+        <x:v>43</x:v>
+      </x:c>
+      <x:c r="I11" s="0" t="n">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="J11" s="0" t="n">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="K11" s="0" t="n">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="L11" s="0" t="n">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="M11" s="0" t="n">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="N11" s="0" t="n">
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="O11" s="0" t="n">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="P11" s="0" t="n">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="Q11" s="0" t="n">
+        <x:v>46</x:v>
+      </x:c>
+      <x:c r="R11" s="0" t="n">
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="S11" s="0" t="n">
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="T11" s="0" t="n">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="U11" s="0" t="n">
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="V11" s="0" t="n">
+        <x:v>42</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="12" spans="1:22">
+      <x:c r="A12" s="3" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="B12" s="0" t="n">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="C12" s="0" t="n">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="D12" s="0" t="n">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="E12" s="0" t="n">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="F12" s="0" t="n">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="G12" s="0" t="n">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="H12" s="0" t="n">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="I12" s="0" t="n">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="J12" s="0" t="n">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="K12" s="0" t="n">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="L12" s="0" t="n">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="M12" s="0" t="n">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="N12" s="0" t="n">
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="O12" s="0" t="n">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="P12" s="0" t="n">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="Q12" s="0" t="n">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="R12" s="0" t="n">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="S12" s="0" t="n">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="T12" s="0" t="n">
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="U12" s="0" t="n">
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="V12" s="0" t="n">
+        <x:v>68</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="13" spans="1:22">
+      <x:c r="A13" s="3" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="B13" s="0" t="n">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="C13" s="0" t="n">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="D13" s="0" t="n">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="E13" s="0" t="n">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="F13" s="0" t="n">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="G13" s="0" t="n">
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="H13" s="0" t="n">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="I13" s="0" t="n">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="J13" s="0" t="n">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="K13" s="0" t="n">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="L13" s="0" t="n">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="M13" s="0" t="n">
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="N13" s="0" t="n">
+        <x:v>74</x:v>
+      </x:c>
+      <x:c r="O13" s="0" t="n">
+        <x:v>79</x:v>
+      </x:c>
+      <x:c r="P13" s="0" t="n">
+        <x:v>79</x:v>
+      </x:c>
+      <x:c r="Q13" s="0" t="n">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="R13" s="0" t="n">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="S13" s="0" t="n">
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="T13" s="0" t="n">
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="U13" s="0" t="n">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="V13" s="0" t="n">
+        <x:v>85</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="14" spans="1:22">
+      <x:c r="A14" s="3" t="s">
+        <x:v>28</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="15" spans="1:22">
+      <x:c r="A15" s="3" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="B15" s="0" t="n">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="C15" s="0" t="n">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="D15" s="0" t="n">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="E15" s="0" t="n">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="F15" s="0" t="n">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G15" s="0" t="n">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="H15" s="0" t="n">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="I15" s="0" t="n">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="J15" s="0" t="n">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="K15" s="0" t="n">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="L15" s="0" t="n">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="M15" s="0" t="n">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="N15" s="0" t="n">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="O15" s="0" t="n">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="P15" s="0" t="n">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="Q15" s="0" t="n">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="R15" s="0" t="n">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="S15" s="0" t="n">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="T15" s="0" t="n">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="U15" s="0" t="n">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="V15" s="0" t="n">
+        <x:v>25</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="16" spans="1:22">
+      <x:c r="A16" s="3" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="B16" s="0" t="n">
+        <x:v>430</x:v>
+      </x:c>
+      <x:c r="C16" s="0" t="n">
+        <x:v>430</x:v>
+      </x:c>
+      <x:c r="D16" s="0" t="n">
+        <x:v>430</x:v>
+      </x:c>
+      <x:c r="E16" s="0" t="n">
+        <x:v>370</x:v>
+      </x:c>
+      <x:c r="F16" s="0" t="n">
+        <x:v>370</x:v>
+      </x:c>
+      <x:c r="G16" s="0" t="n">
+        <x:v>370</x:v>
+      </x:c>
+      <x:c r="H16" s="0" t="n">
+        <x:v>496</x:v>
+      </x:c>
+      <x:c r="I16" s="0" t="n">
+        <x:v>496</x:v>
+      </x:c>
+      <x:c r="J16" s="0" t="n">
+        <x:v>496</x:v>
+      </x:c>
+      <x:c r="K16" s="0" t="n">
+        <x:v>370</x:v>
+      </x:c>
+      <x:c r="L16" s="0" t="n">
+        <x:v>370</x:v>
+      </x:c>
+      <x:c r="M16" s="0" t="n">
+        <x:v>370</x:v>
+      </x:c>
+      <x:c r="N16" s="0" t="n">
+        <x:v>398</x:v>
+      </x:c>
+      <x:c r="O16" s="0" t="n">
+        <x:v>398</x:v>
+      </x:c>
+      <x:c r="P16" s="0" t="n">
+        <x:v>398</x:v>
+      </x:c>
+      <x:c r="Q16" s="0" t="n">
+        <x:v>472</x:v>
+      </x:c>
+      <x:c r="R16" s="0" t="n">
+        <x:v>472</x:v>
+      </x:c>
+      <x:c r="S16" s="0" t="n">
+        <x:v>472</x:v>
+      </x:c>
+      <x:c r="T16" s="0" t="n">
+        <x:v>512</x:v>
+      </x:c>
+      <x:c r="U16" s="0" t="n">
+        <x:v>512</x:v>
+      </x:c>
+      <x:c r="V16" s="0" t="n">
+        <x:v>512</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="17" spans="1:22">
+      <x:c r="A17" s="3" t="s">
+        <x:v>31</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="18" spans="1:22">
+      <x:c r="A18" s="3" t="s">
+        <x:v>32</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="19" spans="1:22">
+      <x:c r="A19" s="3" t="s">
+        <x:v>33</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="20" spans="1:22">
+      <x:c r="A20" s="3" t="s">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="B20" s="0" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="C20" s="0" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="D20" s="0" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="E20" s="0" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="F20" s="0" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="G20" s="0" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="H20" s="0" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="I20" s="0" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="J20" s="0" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="K20" s="0" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="L20" s="0" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="M20" s="0" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="N20" s="0" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="O20" s="0" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="P20" s="0" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="Q20" s="0" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="R20" s="0" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="S20" s="0" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="T20" s="0" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="U20" s="0" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="V20" s="0" t="n">
+        <x:v>2</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="21" spans="1:22">
+      <x:c r="A21" s="3" t="s">
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="B21" s="0" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="C21" s="0" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="D21" s="0" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="E21" s="0" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="F21" s="0" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="G21" s="0" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="H21" s="0" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="I21" s="0" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="J21" s="0" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="K21" s="0" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="L21" s="0" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="M21" s="0" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="N21" s="0" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="O21" s="0" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="P21" s="0" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="Q21" s="0" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="R21" s="0" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="S21" s="0" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="T21" s="0" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="U21" s="0" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="V21" s="0" t="n">
+        <x:v>2</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="22" spans="1:22">
+      <x:c r="A22" s="3" t="s">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="B22" s="0" t="n">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="C22" s="0" t="n">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="D22" s="0" t="n">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="E22" s="0" t="n">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="F22" s="0" t="n">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="G22" s="0" t="n">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="H22" s="0" t="n">
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="I22" s="0" t="n">
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="J22" s="0" t="n">
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="K22" s="0" t="n">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="L22" s="0" t="n">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="M22" s="0" t="n">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="N22" s="0" t="n">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="O22" s="0" t="n">
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="P22" s="0" t="n">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="Q22" s="0" t="n">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="R22" s="0" t="n">
+        <x:v>73</x:v>
+      </x:c>
+      <x:c r="S22" s="0" t="n">
+        <x:v>73</x:v>
+      </x:c>
+      <x:c r="T22" s="0" t="n">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="U22" s="0" t="n">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="V22" s="0" t="n">
+        <x:v>63</x:v>
+      </x:c>
+    </x:row>
+  </x:sheetData>
+  <x:mergeCells count="8">
+    <x:mergeCell ref="A1:O1"/>
+    <x:mergeCell ref="B8:D8"/>
+    <x:mergeCell ref="E8:G8"/>
+    <x:mergeCell ref="H8:J8"/>
+    <x:mergeCell ref="K8:M8"/>
+    <x:mergeCell ref="N8:P8"/>
+    <x:mergeCell ref="Q8:S8"/>
+    <x:mergeCell ref="T8:V8"/>
+  </x:mergeCells>
+  <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
+  <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
+  <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
+  <x:headerFooter/>
+  <x:tableParts count="0"/>
+</x:worksheet>
+</file>
+
+<file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:O22"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="54.790625" style="0" customWidth="1"/>
     <x:col min="2" max="15" width="9.140625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:15">
       <x:c r="A1" s="1" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="B1" s="1" t="s"/>
       <x:c r="C1" s="1" t="s"/>
       <x:c r="D1" s="1" t="s"/>
       <x:c r="E1" s="1" t="s"/>
       <x:c r="F1" s="1" t="s"/>
       <x:c r="G1" s="1" t="s"/>
       <x:c r="H1" s="1" t="s"/>
       <x:c r="I1" s="1" t="s"/>
       <x:c r="J1" s="1" t="s"/>
       <x:c r="K1" s="1" t="s"/>
       <x:c r="L1" s="1" t="s"/>
       <x:c r="M1" s="1" t="s"/>
       <x:c r="N1" s="1" t="s"/>
       <x:c r="O1" s="1" t="s"/>
     </x:row>
     <x:row r="3" spans="1:15">
       <x:c r="A3" s="3" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:15">
       <x:c r="A4" s="3" t="s">
         <x:v>10</x:v>
       </x:c>
@@ -15414,819 +17135,100 @@
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:15">
       <x:c r="A21" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:15">
       <x:c r="A22" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="1">
     <x:mergeCell ref="A1:O1"/>
   </x:mergeCells>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
-<file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
-[...720 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
-    <vt:vector baseType="lpstr" size="102">
+    <vt:vector baseType="lpstr" size="105">
       <vt:lpstr>19X</vt:lpstr>
       <vt:lpstr>22</vt:lpstr>
       <vt:lpstr>28 East Shore Express</vt:lpstr>
       <vt:lpstr>50</vt:lpstr>
+      <vt:lpstr>51</vt:lpstr>
       <vt:lpstr>55</vt:lpstr>
       <vt:lpstr>HWY 267</vt:lpstr>
       <vt:lpstr>HWY 89</vt:lpstr>
       <vt:lpstr>Lake Link Zone 1</vt:lpstr>
       <vt:lpstr>Mainline Nevada</vt:lpstr>
       <vt:lpstr>Mainline North Shore</vt:lpstr>
       <vt:lpstr>Mainline West Shore</vt:lpstr>
       <vt:lpstr>Night Service 267</vt:lpstr>
       <vt:lpstr>Night Service Olympic Valley...</vt:lpstr>
       <vt:lpstr>TART ADA Paratransit</vt:lpstr>
       <vt:lpstr>TART Connect 1 and 2</vt:lpstr>
       <vt:lpstr>TART Connect 3</vt:lpstr>
       <vt:lpstr>TTD ADA Paratransit</vt:lpstr>
       <vt:lpstr>10 Orange</vt:lpstr>
       <vt:lpstr>11 Green</vt:lpstr>
       <vt:lpstr>12 Red</vt:lpstr>
       <vt:lpstr>13 Yellow</vt:lpstr>
       <vt:lpstr>14 Purple</vt:lpstr>
       <vt:lpstr>15 Blue</vt:lpstr>
       <vt:lpstr>18X</vt:lpstr>
       <vt:lpstr>20X</vt:lpstr>
       <vt:lpstr>21x</vt:lpstr>
       <vt:lpstr>23</vt:lpstr>
       <vt:lpstr>30 Emerald Bay Trolley</vt:lpstr>
       <vt:lpstr>53</vt:lpstr>
       <vt:lpstr>53 Late Night</vt:lpstr>
       <vt:lpstr>Night Service 89</vt:lpstr>
       <vt:lpstr>TART Connect 1</vt:lpstr>
       <vt:lpstr>TART Connect 2</vt:lpstr>
       <vt:lpstr>TTD Demand Response</vt:lpstr>
       <vt:lpstr>19X!Print_Area</vt:lpstr>
       <vt:lpstr>19X!Print_Titles</vt:lpstr>
       <vt:lpstr>22!Print_Area</vt:lpstr>
       <vt:lpstr>22!Print_Titles</vt:lpstr>
       <vt:lpstr>28 East Shore Express!Print_Area</vt:lpstr>
       <vt:lpstr>28 East Shore Express!Print_Titles</vt:lpstr>
       <vt:lpstr>50!Print_Area</vt:lpstr>
       <vt:lpstr>50!Print_Titles</vt:lpstr>
+      <vt:lpstr>51!Print_Area</vt:lpstr>
+      <vt:lpstr>51!Print_Titles</vt:lpstr>
       <vt:lpstr>55!Print_Area</vt:lpstr>
       <vt:lpstr>55!Print_Titles</vt:lpstr>
       <vt:lpstr>HWY 267!Print_Area</vt:lpstr>
       <vt:lpstr>HWY 267!Print_Titles</vt:lpstr>
       <vt:lpstr>HWY 89!Print_Area</vt:lpstr>
       <vt:lpstr>HWY 89!Print_Titles</vt:lpstr>
       <vt:lpstr>Lake Link Zone 1!Print_Area</vt:lpstr>
       <vt:lpstr>Lake Link Zone 1!Print_Titles</vt:lpstr>
       <vt:lpstr>Mainline Nevada!Print_Area</vt:lpstr>
       <vt:lpstr>Mainline Nevada!Print_Titles</vt:lpstr>
       <vt:lpstr>Mainline North Shore!Print_Area</vt:lpstr>
       <vt:lpstr>Mainline North Shore!Print_Titles</vt:lpstr>
       <vt:lpstr>Mainline West Shore!Print_Area</vt:lpstr>
       <vt:lpstr>Mainline West Shore!Print_Titles</vt:lpstr>
       <vt:lpstr>Night Service 267!Print_Area</vt:lpstr>
       <vt:lpstr>Night Service 267!Print_Titles</vt:lpstr>
       <vt:lpstr>Night Service Olympic Valley...!Print_Area</vt:lpstr>
       <vt:lpstr>Night Service Olympic Valley...!Print_Titles</vt:lpstr>
       <vt:lpstr>TART ADA Paratransit!Print_Area</vt:lpstr>
       <vt:lpstr>TART ADA Paratransit!Print_Titles</vt:lpstr>
       <vt:lpstr>TART Connect 1 and 2!Print_Area</vt:lpstr>
       <vt:lpstr>TART Connect 1 and 2!Print_Titles</vt:lpstr>
       <vt:lpstr>TART Connect 3!Print_Area</vt:lpstr>
       <vt:lpstr>TART Connect 3!Print_Titles</vt:lpstr>
       <vt:lpstr>TTD ADA Paratransit!Print_Area</vt:lpstr>
@@ -16251,39 +17253,39 @@
       <vt:lpstr>21x!Print_Titles</vt:lpstr>
       <vt:lpstr>23!Print_Area</vt:lpstr>
       <vt:lpstr>23!Print_Titles</vt:lpstr>
       <vt:lpstr>30 Emerald Bay Trolley!Print_Area</vt:lpstr>
       <vt:lpstr>30 Emerald Bay Trolley!Print_Titles</vt:lpstr>
       <vt:lpstr>53!Print_Area</vt:lpstr>
       <vt:lpstr>53!Print_Titles</vt:lpstr>
       <vt:lpstr>53 Late Night!Print_Area</vt:lpstr>
       <vt:lpstr>53 Late Night!Print_Titles</vt:lpstr>
       <vt:lpstr>Night Service 89!Print_Area</vt:lpstr>
       <vt:lpstr>Night Service 89!Print_Titles</vt:lpstr>
       <vt:lpstr>TART Connect 1!Print_Area</vt:lpstr>
       <vt:lpstr>TART Connect 1!Print_Titles</vt:lpstr>
       <vt:lpstr>TART Connect 2!Print_Area</vt:lpstr>
       <vt:lpstr>TART Connect 2!Print_Titles</vt:lpstr>
       <vt:lpstr>TTD Demand Response!Print_Area</vt:lpstr>
       <vt:lpstr>TTD Demand Response!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>34</vt:i4>
+        <vt:i4>35</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>68</vt:i4>
+        <vt:i4>70</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>