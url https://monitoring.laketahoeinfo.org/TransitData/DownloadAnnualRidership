--- v1 (2025-12-09)
+++ v2 (2026-01-14)
@@ -24,51 +24,51 @@
   <Override PartName="/xl/worksheets/sheet15.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet16.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet17.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet18.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet19.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet20.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet21.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet22.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet23.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet24.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet25.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet26.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet27.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet28.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet29.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet30.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet31.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet32.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet33.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet34.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet35.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6c6cdccff14443dd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/4de2168bea554ade9666423a326fbf73.psmdcp" Id="R3259931bea22498c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf647f5286f224eaf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/71a35f403fd54c4f846021ffae7cf8b2.psmdcp" Id="R304da511470242bf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="19X" sheetId="2" r:id="rId2"/>
     <x:sheet name="22" sheetId="3" r:id="rId3"/>
     <x:sheet name="28 East Shore Express" sheetId="4" r:id="rId4"/>
     <x:sheet name="50" sheetId="5" r:id="rId5"/>
     <x:sheet name="51" sheetId="6" r:id="rId6"/>
     <x:sheet name="55" sheetId="7" r:id="rId7"/>
     <x:sheet name="HWY 267" sheetId="8" r:id="rId8"/>
     <x:sheet name="HWY 89" sheetId="9" r:id="rId9"/>
     <x:sheet name="Lake Link Zone 1" sheetId="10" r:id="rId10"/>
     <x:sheet name="Mainline Nevada" sheetId="11" r:id="rId11"/>
     <x:sheet name="Mainline North Shore" sheetId="12" r:id="rId12"/>
     <x:sheet name="Mainline West Shore" sheetId="13" r:id="rId13"/>
     <x:sheet name="Night Service 267" sheetId="14" r:id="rId14"/>
     <x:sheet name="Night Service Olympic Valley..." sheetId="15" r:id="rId15"/>
     <x:sheet name="TART ADA Paratransit" sheetId="16" r:id="rId16"/>
     <x:sheet name="TART Connect 1 and 2" sheetId="17" r:id="rId17"/>
@@ -76,51 +76,51 @@
     <x:sheet name="TTD ADA Paratransit" sheetId="19" r:id="rId19"/>
     <x:sheet name="10 Orange" sheetId="20" r:id="rId20"/>
     <x:sheet name="11 Green" sheetId="21" r:id="rId21"/>
     <x:sheet name="12 Red" sheetId="22" r:id="rId22"/>
     <x:sheet name="13 Yellow" sheetId="23" r:id="rId23"/>
     <x:sheet name="14 Purple" sheetId="24" r:id="rId24"/>
     <x:sheet name="15 Blue" sheetId="25" r:id="rId25"/>
     <x:sheet name="18X" sheetId="26" r:id="rId26"/>
     <x:sheet name="20X" sheetId="27" r:id="rId27"/>
     <x:sheet name="21x" sheetId="28" r:id="rId28"/>
     <x:sheet name="23" sheetId="29" r:id="rId29"/>
     <x:sheet name="30 Emerald Bay Trolley" sheetId="30" r:id="rId30"/>
     <x:sheet name="53" sheetId="31" r:id="rId31"/>
     <x:sheet name="53 Late Night" sheetId="32" r:id="rId32"/>
     <x:sheet name="Night Service 89" sheetId="33" r:id="rId33"/>
     <x:sheet name="TART Connect 1" sheetId="34" r:id="rId34"/>
     <x:sheet name="TART Connect 2" sheetId="35" r:id="rId35"/>
     <x:sheet name="TTD Demand Response" sheetId="36" r:id="rId36"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="71" uniqueCount="71">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="75" uniqueCount="75">
   <x:si>
     <x:t>Annual Ridership Report for Route 19X</x:t>
   </x:si>
   <x:si>
     <x:t>2023 - 2024</x:t>
   </x:si>
   <x:si>
     <x:t>2022 - 2023</x:t>
   </x:si>
   <x:si>
     <x:t>2021 - 2022</x:t>
   </x:si>
   <x:si>
     <x:t>2020 - 2021</x:t>
   </x:si>
   <x:si>
     <x:t>2019 - 2020</x:t>
   </x:si>
   <x:si>
     <x:t>2018 - 2019</x:t>
   </x:si>
   <x:si>
     <x:t>2017 - 2018</x:t>
   </x:si>
   <x:si>
@@ -205,50 +205,62 @@
     <x:t>k) Vehicle Requirement (Number of Peak Vehicles on Route)</x:t>
   </x:si>
   <x:si>
     <x:t>l) Average Deadhead Hours</x:t>
   </x:si>
   <x:si>
     <x:t>m) Average Deadhead Miles</x:t>
   </x:si>
   <x:si>
     <x:t>Annual Ridership Report for Route 22</x:t>
   </x:si>
   <x:si>
     <x:t>Annual Ridership Report for Route 28 East Shore Express</x:t>
   </x:si>
   <x:si>
     <x:t>Annual Ridership Report for Route 50</x:t>
   </x:si>
   <x:si>
     <x:t>Annual Ridership Report for Route 51</x:t>
   </x:si>
   <x:si>
     <x:t>Annual Ridership Report for Route 55</x:t>
   </x:si>
   <x:si>
     <x:t>Annual Ridership Report for Route HWY 267</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2025 - 2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2024 - 2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fiscal Year 2025 - 2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fiscal Year 2024 - 2025</x:t>
   </x:si>
   <x:si>
     <x:t>Annual Ridership Report for Route HWY 89</x:t>
   </x:si>
   <x:si>
     <x:t>Annual Ridership Report for Route Lake Link Zone 1</x:t>
   </x:si>
   <x:si>
     <x:t>Annual Ridership Report for Route Mainline Nevada</x:t>
   </x:si>
   <x:si>
     <x:t>Annual Ridership Report for Route Mainline North Shore</x:t>
   </x:si>
   <x:si>
     <x:t>Annual Ridership Report for Route Mainline West Shore</x:t>
   </x:si>
   <x:si>
     <x:t>Annual Ridership Report for Route Night Service 267</x:t>
   </x:si>
   <x:si>
     <x:t>Annual Ridership Report for Route Night Service Olympic Valley to Crystal Bay</x:t>
   </x:si>
   <x:si>
     <x:t>Annual Ridership Report for Route TART ADA Paratransit</x:t>
   </x:si>
@@ -1486,246 +1498,268 @@
   </x:sheetData>
   <x:mergeCells count="9">
     <x:mergeCell ref="A1:O1"/>
     <x:mergeCell ref="B8:D8"/>
     <x:mergeCell ref="E8:G8"/>
     <x:mergeCell ref="H8:J8"/>
     <x:mergeCell ref="K8:M8"/>
     <x:mergeCell ref="N8:P8"/>
     <x:mergeCell ref="Q8:S8"/>
     <x:mergeCell ref="T8:V8"/>
     <x:mergeCell ref="W8:Y8"/>
   </x:mergeCells>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:V22"/>
+  <x:dimension ref="A1:Y22"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="54.790625" style="0" customWidth="1"/>
-    <x:col min="2" max="8" width="11.920625" style="0" customWidth="1"/>
-    <x:col min="9" max="9" width="9.610625" style="0" customWidth="1"/>
+    <x:col min="2" max="9" width="11.920625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.230625" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="10.000625" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="9.610625" style="0" customWidth="1"/>
     <x:col min="13" max="13" width="8.230625" style="0" customWidth="1"/>
     <x:col min="14" max="14" width="10.000625" style="0" customWidth="1"/>
     <x:col min="15" max="15" width="9.610625" style="0" customWidth="1"/>
     <x:col min="16" max="16" width="8.230625" style="0" customWidth="1"/>
     <x:col min="17" max="17" width="10.000625" style="0" customWidth="1"/>
     <x:col min="18" max="18" width="9.610625" style="0" customWidth="1"/>
     <x:col min="19" max="19" width="8.230625" style="0" customWidth="1"/>
     <x:col min="20" max="20" width="10.000625" style="0" customWidth="1"/>
     <x:col min="21" max="21" width="9.610625" style="0" customWidth="1"/>
     <x:col min="22" max="22" width="8.230625" style="0" customWidth="1"/>
+    <x:col min="23" max="23" width="10.000625" style="0" customWidth="1"/>
+    <x:col min="24" max="24" width="9.610625" style="0" customWidth="1"/>
+    <x:col min="25" max="25" width="8.230625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
-    <x:row r="1" spans="1:22">
+    <x:row r="1" spans="1:25">
       <x:c r="A1" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="B1" s="1" t="s"/>
       <x:c r="C1" s="1" t="s"/>
       <x:c r="D1" s="1" t="s"/>
       <x:c r="E1" s="1" t="s"/>
       <x:c r="F1" s="1" t="s"/>
       <x:c r="G1" s="1" t="s"/>
       <x:c r="H1" s="1" t="s"/>
       <x:c r="I1" s="1" t="s"/>
       <x:c r="J1" s="1" t="s"/>
       <x:c r="K1" s="1" t="s"/>
       <x:c r="L1" s="1" t="s"/>
       <x:c r="M1" s="1" t="s"/>
       <x:c r="N1" s="1" t="s"/>
       <x:c r="O1" s="1" t="s"/>
     </x:row>
-    <x:row r="2" spans="1:22">
+    <x:row r="2" spans="1:25">
       <x:c r="B2" s="2" t="s">
-        <x:v>1</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="C2" s="2" t="s">
-        <x:v>2</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="D2" s="2" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="E2" s="2" t="s">
         <x:v>3</x:v>
       </x:c>
-      <x:c r="E2" s="2" t="s">
+      <x:c r="F2" s="2" t="s">
         <x:v>4</x:v>
       </x:c>
-      <x:c r="F2" s="2" t="s">
+      <x:c r="G2" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
-      <x:c r="G2" s="2" t="s">
+      <x:c r="H2" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
-      <x:c r="H2" s="2" t="s">
+      <x:c r="I2" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
     </x:row>
-    <x:row r="3" spans="1:22">
+    <x:row r="3" spans="1:25">
       <x:c r="A3" s="3" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B3" s="0" t="n">
+        <x:v>4227</x:v>
+      </x:c>
+      <x:c r="C3" s="0" t="n">
         <x:v>3605</x:v>
       </x:c>
-      <x:c r="C3" s="0" t="n">
+      <x:c r="D3" s="0" t="n">
         <x:v>4322</x:v>
       </x:c>
-      <x:c r="D3" s="0" t="n">
+      <x:c r="E3" s="0" t="n">
         <x:v>4282</x:v>
       </x:c>
-      <x:c r="F3" s="0" t="n">
+      <x:c r="G3" s="0" t="n">
         <x:v>4414</x:v>
       </x:c>
-      <x:c r="G3" s="0" t="n">
+      <x:c r="H3" s="0" t="n">
         <x:v>4205</x:v>
       </x:c>
-      <x:c r="H3" s="0" t="n">
+      <x:c r="I3" s="0" t="n">
         <x:v>4199</x:v>
       </x:c>
     </x:row>
-    <x:row r="4" spans="1:22">
+    <x:row r="4" spans="1:25">
       <x:c r="A4" s="3" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B4" s="0" t="n">
+        <x:v>61526</x:v>
+      </x:c>
+      <x:c r="C4" s="0" t="n">
         <x:v>52385</x:v>
       </x:c>
-      <x:c r="C4" s="0" t="n">
+      <x:c r="D4" s="0" t="n">
         <x:v>85857</x:v>
       </x:c>
-      <x:c r="D4" s="0" t="n">
+      <x:c r="E4" s="0" t="n">
         <x:v>85334</x:v>
       </x:c>
-      <x:c r="F4" s="0" t="n">
+      <x:c r="G4" s="0" t="n">
         <x:v>89199</x:v>
       </x:c>
-      <x:c r="G4" s="0" t="n">
+      <x:c r="H4" s="0" t="n">
         <x:v>91978</x:v>
       </x:c>
-      <x:c r="H4" s="0" t="n">
+      <x:c r="I4" s="0" t="n">
         <x:v>91560</x:v>
       </x:c>
     </x:row>
-    <x:row r="5" spans="1:22">
+    <x:row r="5" spans="1:25">
       <x:c r="A5" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B5" s="0" t="n">
+        <x:v>873127</x:v>
+      </x:c>
+      <x:c r="C5" s="0" t="n">
         <x:v>1103164</x:v>
       </x:c>
-      <x:c r="C5" s="0" t="n">
+      <x:c r="D5" s="0" t="n">
         <x:v>889462</x:v>
       </x:c>
-      <x:c r="D5" s="0" t="n">
+      <x:c r="E5" s="0" t="n">
         <x:v>1004384</x:v>
       </x:c>
-      <x:c r="F5" s="0" t="n">
+      <x:c r="G5" s="0" t="n">
         <x:v>907927</x:v>
       </x:c>
-      <x:c r="G5" s="0" t="n">
+      <x:c r="H5" s="0" t="n">
         <x:v>714657</x:v>
       </x:c>
-      <x:c r="H5" s="0" t="n">
+      <x:c r="I5" s="0" t="n">
         <x:v>636941</x:v>
       </x:c>
     </x:row>
-    <x:row r="6" spans="1:22">
+    <x:row r="6" spans="1:25">
       <x:c r="A6" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B6" s="0" t="n">
+        <x:v>48097</x:v>
+      </x:c>
+      <x:c r="C6" s="0" t="n">
         <x:v>38274</x:v>
       </x:c>
-      <x:c r="C6" s="0" t="n">
+      <x:c r="D6" s="0" t="n">
         <x:v>35367</x:v>
       </x:c>
-      <x:c r="D6" s="0" t="n">
+      <x:c r="E6" s="0" t="n">
         <x:v>38274</x:v>
       </x:c>
-      <x:c r="F6" s="0" t="n">
+      <x:c r="G6" s="0" t="n">
         <x:v>33032</x:v>
       </x:c>
-      <x:c r="G6" s="0" t="n">
+      <x:c r="H6" s="0" t="n">
         <x:v>54051</x:v>
       </x:c>
-      <x:c r="H6" s="0" t="n">
+      <x:c r="I6" s="0" t="n">
         <x:v>45980</x:v>
       </x:c>
     </x:row>
-    <x:row r="8" spans="1:22">
+    <x:row r="8" spans="1:25">
       <x:c r="B8" s="2" t="s">
-        <x:v>13</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="C8" s="2" t="s"/>
       <x:c r="D8" s="2" t="s"/>
       <x:c r="E8" s="2" t="s">
-        <x:v>14</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="F8" s="2" t="s"/>
       <x:c r="G8" s="2" t="s"/>
       <x:c r="H8" s="2" t="s">
-        <x:v>15</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="I8" s="2" t="s"/>
       <x:c r="J8" s="2" t="s"/>
       <x:c r="K8" s="2" t="s">
-        <x:v>16</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="L8" s="2" t="s"/>
       <x:c r="M8" s="2" t="s"/>
       <x:c r="N8" s="2" t="s">
-        <x:v>17</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="O8" s="2" t="s"/>
       <x:c r="P8" s="2" t="s"/>
       <x:c r="Q8" s="2" t="s">
-        <x:v>18</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="R8" s="2" t="s"/>
       <x:c r="S8" s="2" t="s"/>
       <x:c r="T8" s="2" t="s">
-        <x:v>19</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="U8" s="2" t="s"/>
       <x:c r="V8" s="2" t="s"/>
-    </x:row>
-    <x:row r="9" spans="1:22">
+      <x:c r="W8" s="2" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="X8" s="2" t="s"/>
+      <x:c r="Y8" s="2" t="s"/>
+    </x:row>
+    <x:row r="9" spans="1:25">
       <x:c r="B9" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="C9" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="D9" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="E9" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F9" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="G9" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H9" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="I9" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="J9" s="2" t="s">
@@ -1745,828 +1779,950 @@
       </x:c>
       <x:c r="O9" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="P9" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q9" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="R9" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="S9" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="T9" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="U9" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="V9" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
-    </x:row>
-    <x:row r="10" spans="1:22">
+      <x:c r="W9" s="2" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="X9" s="2" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="Y9" s="2" t="s">
+        <x:v>23</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="10" spans="1:25">
       <x:c r="A10" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B10" s="0" t="n">
+        <x:v>101</x:v>
+      </x:c>
+      <x:c r="C10" s="0" t="n">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="D10" s="0" t="n">
+        <x:v>92</x:v>
+      </x:c>
+      <x:c r="E10" s="0" t="n">
         <x:v>103</x:v>
       </x:c>
-      <x:c r="C10" s="0" t="n">
+      <x:c r="F10" s="0" t="n">
         <x:v>97</x:v>
       </x:c>
-      <x:c r="D10" s="0" t="n">
+      <x:c r="G10" s="0" t="n">
         <x:v>93</x:v>
       </x:c>
-      <x:c r="E10" s="0" t="n">
+      <x:c r="H10" s="0" t="n">
         <x:v>64</x:v>
       </x:c>
-      <x:c r="F10" s="0" t="n">
+      <x:c r="I10" s="0" t="n">
         <x:v>63</x:v>
       </x:c>
-      <x:c r="G10" s="0" t="n">
+      <x:c r="J10" s="0" t="n">
         <x:v>54</x:v>
       </x:c>
-      <x:c r="H10" s="0" t="n">
+      <x:c r="K10" s="0" t="n">
         <x:v>94</x:v>
       </x:c>
-      <x:c r="I10" s="0" t="n">
+      <x:c r="L10" s="0" t="n">
         <x:v>92</x:v>
       </x:c>
-      <x:c r="J10" s="0" t="n">
+      <x:c r="M10" s="0" t="n">
         <x:v>86</x:v>
       </x:c>
-      <x:c r="N10" s="0" t="n">
+      <x:c r="Q10" s="0" t="n">
         <x:v>109</x:v>
       </x:c>
-      <x:c r="O10" s="0" t="n">
+      <x:c r="R10" s="0" t="n">
         <x:v>99</x:v>
       </x:c>
-      <x:c r="P10" s="0" t="n">
+      <x:c r="S10" s="0" t="n">
         <x:v>87</x:v>
       </x:c>
-      <x:c r="Q10" s="0" t="n">
+      <x:c r="T10" s="0" t="n">
         <x:v>132</x:v>
       </x:c>
-      <x:c r="R10" s="0" t="n">
+      <x:c r="U10" s="0" t="n">
         <x:v>124</x:v>
       </x:c>
-      <x:c r="S10" s="0" t="n">
+      <x:c r="V10" s="0" t="n">
         <x:v>117</x:v>
       </x:c>
-      <x:c r="T10" s="0" t="n">
+      <x:c r="W10" s="0" t="n">
         <x:v>109</x:v>
       </x:c>
-      <x:c r="U10" s="0" t="n">
+      <x:c r="X10" s="0" t="n">
         <x:v>112</x:v>
       </x:c>
-      <x:c r="V10" s="0" t="n">
+      <x:c r="Y10" s="0" t="n">
         <x:v>106</x:v>
       </x:c>
     </x:row>
-    <x:row r="11" spans="1:22">
+    <x:row r="11" spans="1:25">
       <x:c r="A11" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B11" s="0" t="n">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="C11" s="0" t="n">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="D11" s="0" t="n">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="E11" s="0" t="n">
         <x:v>43</x:v>
       </x:c>
-      <x:c r="C11" s="0" t="n">
+      <x:c r="F11" s="0" t="n">
         <x:v>43</x:v>
       </x:c>
-      <x:c r="D11" s="0" t="n">
+      <x:c r="G11" s="0" t="n">
         <x:v>39</x:v>
       </x:c>
-      <x:c r="E11" s="0" t="n">
+      <x:c r="H11" s="0" t="n">
         <x:v>16</x:v>
       </x:c>
-      <x:c r="F11" s="0" t="n">
+      <x:c r="I11" s="0" t="n">
         <x:v>16</x:v>
       </x:c>
-      <x:c r="G11" s="0" t="n">
+      <x:c r="J11" s="0" t="n">
         <x:v>13</x:v>
       </x:c>
-      <x:c r="H11" s="0" t="n">
+      <x:c r="K11" s="0" t="n">
         <x:v>43</x:v>
       </x:c>
-      <x:c r="I11" s="0" t="n">
+      <x:c r="L11" s="0" t="n">
         <x:v>43</x:v>
       </x:c>
-      <x:c r="J11" s="0" t="n">
+      <x:c r="M11" s="0" t="n">
         <x:v>39</x:v>
       </x:c>
-      <x:c r="N11" s="0" t="n">
+      <x:c r="Q11" s="0" t="n">
         <x:v>40</x:v>
       </x:c>
-      <x:c r="O11" s="0" t="n">
+      <x:c r="R11" s="0" t="n">
         <x:v>39</x:v>
       </x:c>
-      <x:c r="P11" s="0" t="n">
+      <x:c r="S11" s="0" t="n">
         <x:v>33</x:v>
       </x:c>
-      <x:c r="Q11" s="0" t="n">
+      <x:c r="T11" s="0" t="n">
         <x:v>54</x:v>
       </x:c>
-      <x:c r="R11" s="0" t="n">
+      <x:c r="U11" s="0" t="n">
         <x:v>57</x:v>
       </x:c>
-      <x:c r="S11" s="0" t="n">
+      <x:c r="V11" s="0" t="n">
         <x:v>51</x:v>
       </x:c>
-      <x:c r="T11" s="0" t="n">
+      <x:c r="W11" s="0" t="n">
         <x:v>38</x:v>
       </x:c>
-      <x:c r="U11" s="0" t="n">
+      <x:c r="X11" s="0" t="n">
         <x:v>43</x:v>
       </x:c>
-      <x:c r="V11" s="0" t="n">
+      <x:c r="Y11" s="0" t="n">
         <x:v>41</x:v>
       </x:c>
     </x:row>
-    <x:row r="12" spans="1:22">
+    <x:row r="12" spans="1:25">
       <x:c r="A12" s="3" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B12" s="0" t="n">
+        <x:v>45</x:v>
+      </x:c>
+      <x:c r="C12" s="0" t="n">
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="D12" s="0" t="n">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="E12" s="0" t="n">
         <x:v>24</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>23</x:v>
       </x:c>
       <x:c r="F12" s="0" t="n">
         <x:v>24</x:v>
       </x:c>
       <x:c r="G12" s="0" t="n">
-        <x:v>22</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="H12" s="0" t="n">
-        <x:v>24</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="I12" s="0" t="n">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J12" s="0" t="n">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="K12" s="0" t="n">
         <x:v>24</x:v>
       </x:c>
-      <x:c r="N12" s="0" t="n">
+      <x:c r="L12" s="0" t="n">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="M12" s="0" t="n">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="Q12" s="0" t="n">
         <x:v>30</x:v>
       </x:c>
-      <x:c r="O12" s="0" t="n">
+      <x:c r="R12" s="0" t="n">
         <x:v>25</x:v>
       </x:c>
-      <x:c r="P12" s="0" t="n">
+      <x:c r="S12" s="0" t="n">
         <x:v>25</x:v>
       </x:c>
-      <x:c r="Q12" s="0" t="n">
+      <x:c r="T12" s="0" t="n">
         <x:v>38</x:v>
       </x:c>
-      <x:c r="R12" s="0" t="n">
+      <x:c r="U12" s="0" t="n">
         <x:v>34</x:v>
       </x:c>
-      <x:c r="S12" s="0" t="n">
+      <x:c r="V12" s="0" t="n">
         <x:v>31</x:v>
       </x:c>
-      <x:c r="T12" s="0" t="n">
+      <x:c r="W12" s="0" t="n">
         <x:v>37</x:v>
       </x:c>
-      <x:c r="U12" s="0" t="n">
+      <x:c r="X12" s="0" t="n">
         <x:v>36</x:v>
       </x:c>
-      <x:c r="V12" s="0" t="n">
+      <x:c r="Y12" s="0" t="n">
         <x:v>29</x:v>
       </x:c>
     </x:row>
-    <x:row r="13" spans="1:22">
+    <x:row r="13" spans="1:25">
       <x:c r="A13" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B13" s="0" t="n">
         <x:v>27</x:v>
       </x:c>
       <x:c r="C13" s="0" t="n">
-        <x:v>25</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="D13" s="0" t="n">
         <x:v>23</x:v>
       </x:c>
       <x:c r="E13" s="0" t="n">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="F13" s="0" t="n">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="G13" s="0" t="n">
         <x:v>23</x:v>
       </x:c>
-      <x:c r="F13" s="0" t="n">
+      <x:c r="H13" s="0" t="n">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="I13" s="0" t="n">
         <x:v>22</x:v>
       </x:c>
-      <x:c r="G13" s="0" t="n">
+      <x:c r="J13" s="0" t="n">
         <x:v>25</x:v>
       </x:c>
-      <x:c r="H13" s="0" t="n">
+      <x:c r="K13" s="0" t="n">
         <x:v>27</x:v>
       </x:c>
-      <x:c r="I13" s="0" t="n">
+      <x:c r="L13" s="0" t="n">
         <x:v>25</x:v>
       </x:c>
-      <x:c r="J13" s="0" t="n">
+      <x:c r="M13" s="0" t="n">
         <x:v>23</x:v>
       </x:c>
-      <x:c r="N13" s="0" t="n">
+      <x:c r="Q13" s="0" t="n">
         <x:v>37</x:v>
       </x:c>
-      <x:c r="O13" s="0" t="n">
+      <x:c r="R13" s="0" t="n">
         <x:v>33</x:v>
       </x:c>
-      <x:c r="P13" s="0" t="n">
+      <x:c r="S13" s="0" t="n">
         <x:v>28</x:v>
       </x:c>
-      <x:c r="Q13" s="0" t="n">
+      <x:c r="T13" s="0" t="n">
         <x:v>40</x:v>
       </x:c>
-      <x:c r="R13" s="0" t="n">
+      <x:c r="U13" s="0" t="n">
         <x:v>34</x:v>
       </x:c>
-      <x:c r="S13" s="0" t="n">
+      <x:c r="V13" s="0" t="n">
         <x:v>35</x:v>
       </x:c>
-      <x:c r="T13" s="0" t="n">
+      <x:c r="W13" s="0" t="n">
         <x:v>37</x:v>
       </x:c>
-      <x:c r="U13" s="0" t="n">
+      <x:c r="X13" s="0" t="n">
         <x:v>35</x:v>
       </x:c>
-      <x:c r="V13" s="0" t="n">
+      <x:c r="Y13" s="0" t="n">
         <x:v>33</x:v>
       </x:c>
     </x:row>
-    <x:row r="14" spans="1:22">
+    <x:row r="14" spans="1:25">
       <x:c r="A14" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
-    </x:row>
-    <x:row r="15" spans="1:22">
+      <x:c r="B14" s="0" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="C14" s="0" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="D14" s="0" t="n">
+        <x:v>0</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="15" spans="1:25">
       <x:c r="A15" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B15" s="0" t="n">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="C15" s="0" t="n">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D15" s="0" t="n">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="E15" s="0" t="n">
         <x:v>10</x:v>
       </x:c>
-      <x:c r="C15" s="0" t="n">
+      <x:c r="F15" s="0" t="n">
         <x:v>10</x:v>
       </x:c>
-      <x:c r="D15" s="0" t="n">
+      <x:c r="G15" s="0" t="n">
         <x:v>10</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>12</x:v>
       </x:c>
       <x:c r="H15" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="I15" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="J15" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
-      <x:c r="N15" s="0" t="n">
+      <x:c r="K15" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
-      <x:c r="O15" s="0" t="n">
+      <x:c r="L15" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
-      <x:c r="P15" s="0" t="n">
+      <x:c r="M15" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="Q15" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="R15" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="S15" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="T15" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="U15" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="V15" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
-    </x:row>
-    <x:row r="16" spans="1:22">
+      <x:c r="W15" s="0" t="n">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="X15" s="0" t="n">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="Y15" s="0" t="n">
+        <x:v>12</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="16" spans="1:25">
       <x:c r="A16" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B16" s="0" t="n">
+        <x:v>169</x:v>
+      </x:c>
+      <x:c r="C16" s="0" t="n">
+        <x:v>169</x:v>
+      </x:c>
+      <x:c r="D16" s="0" t="n">
+        <x:v>169</x:v>
+      </x:c>
+      <x:c r="E16" s="0" t="n">
         <x:v>144</x:v>
       </x:c>
-      <x:c r="C16" s="0" t="n">
+      <x:c r="F16" s="0" t="n">
         <x:v>144</x:v>
       </x:c>
-      <x:c r="D16" s="0" t="n">
+      <x:c r="G16" s="0" t="n">
         <x:v>144</x:v>
       </x:c>
-      <x:c r="E16" s="0" t="n">
+      <x:c r="H16" s="0" t="n">
         <x:v>235</x:v>
       </x:c>
-      <x:c r="F16" s="0" t="n">
+      <x:c r="I16" s="0" t="n">
         <x:v>235</x:v>
       </x:c>
-      <x:c r="G16" s="0" t="n">
+      <x:c r="J16" s="0" t="n">
         <x:v>235</x:v>
       </x:c>
-      <x:c r="H16" s="0" t="n">
+      <x:c r="K16" s="0" t="n">
         <x:v>234</x:v>
       </x:c>
-      <x:c r="I16" s="0" t="n">
+      <x:c r="L16" s="0" t="n">
         <x:v>234</x:v>
       </x:c>
-      <x:c r="J16" s="0" t="n">
+      <x:c r="M16" s="0" t="n">
         <x:v>234</x:v>
       </x:c>
-      <x:c r="N16" s="0" t="n">
+      <x:c r="Q16" s="0" t="n">
         <x:v>244</x:v>
       </x:c>
-      <x:c r="O16" s="0" t="n">
+      <x:c r="R16" s="0" t="n">
         <x:v>244</x:v>
       </x:c>
-      <x:c r="P16" s="0" t="n">
+      <x:c r="S16" s="0" t="n">
         <x:v>244</x:v>
       </x:c>
-      <x:c r="Q16" s="0" t="n">
+      <x:c r="T16" s="0" t="n">
         <x:v>252</x:v>
       </x:c>
-      <x:c r="R16" s="0" t="n">
+      <x:c r="U16" s="0" t="n">
         <x:v>252</x:v>
       </x:c>
-      <x:c r="S16" s="0" t="n">
+      <x:c r="V16" s="0" t="n">
         <x:v>252</x:v>
       </x:c>
-      <x:c r="T16" s="0" t="n">
+      <x:c r="W16" s="0" t="n">
         <x:v>251</x:v>
       </x:c>
-      <x:c r="U16" s="0" t="n">
+      <x:c r="X16" s="0" t="n">
         <x:v>251</x:v>
       </x:c>
-      <x:c r="V16" s="0" t="n">
+      <x:c r="Y16" s="0" t="n">
         <x:v>251</x:v>
       </x:c>
     </x:row>
-    <x:row r="17" spans="1:22">
+    <x:row r="17" spans="1:25">
       <x:c r="A17" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
-    <x:row r="18" spans="1:22">
+    <x:row r="18" spans="1:25">
       <x:c r="A18" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
-    <x:row r="19" spans="1:22">
+    <x:row r="19" spans="1:25">
       <x:c r="A19" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
-    <x:row r="20" spans="1:22">
+    <x:row r="20" spans="1:25">
       <x:c r="A20" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B20" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C20" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D20" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="E20" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="F20" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="G20" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="H20" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="I20" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="J20" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
-      <x:c r="N20" s="0" t="n">
-[...5 lines deleted...]
-      <x:c r="P20" s="0" t="n">
+      <x:c r="K20" s="0" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="L20" s="0" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="M20" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="Q20" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="R20" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="S20" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="T20" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="U20" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="V20" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
-    </x:row>
-    <x:row r="21" spans="1:22">
+      <x:c r="W20" s="0" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="X20" s="0" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="Y20" s="0" t="n">
+        <x:v>2</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="21" spans="1:25">
       <x:c r="A21" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B21" s="0" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C21" s="0" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D21" s="0" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E21" s="0" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F21" s="0" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="G21" s="0" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H21" s="0" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I21" s="0" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="J21" s="0" t="n">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="N21" s="0" t="n">
-[...5 lines deleted...]
-      <x:c r="P21" s="0" t="n">
+      <x:c r="K21" s="0" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="L21" s="0" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="M21" s="0" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="Q21" s="0" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="R21" s="0" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="S21" s="0" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="T21" s="0" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="U21" s="0" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="V21" s="0" t="n">
         <x:v>1</x:v>
       </x:c>
-    </x:row>
-    <x:row r="22" spans="1:22">
+      <x:c r="W21" s="0" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="X21" s="0" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="Y21" s="0" t="n">
+        <x:v>1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="22" spans="1:25">
       <x:c r="A22" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B22" s="0" t="n">
-        <x:v>19</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="C22" s="0" t="n">
         <x:v>20</x:v>
       </x:c>
       <x:c r="D22" s="0" t="n">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="E22" s="0" t="n">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="F22" s="0" t="n">
         <x:v>20</x:v>
       </x:c>
-      <x:c r="E22" s="0" t="n">
+      <x:c r="G22" s="0" t="n">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H22" s="0" t="n">
         <x:v>45</x:v>
       </x:c>
-      <x:c r="F22" s="0" t="n">
+      <x:c r="I22" s="0" t="n">
         <x:v>45</x:v>
       </x:c>
-      <x:c r="G22" s="0" t="n">
+      <x:c r="J22" s="0" t="n">
         <x:v>45</x:v>
       </x:c>
-      <x:c r="H22" s="0" t="n">
+      <x:c r="K22" s="0" t="n">
         <x:v>43</x:v>
       </x:c>
-      <x:c r="I22" s="0" t="n">
+      <x:c r="L22" s="0" t="n">
         <x:v>43</x:v>
       </x:c>
-      <x:c r="J22" s="0" t="n">
+      <x:c r="M22" s="0" t="n">
         <x:v>43</x:v>
       </x:c>
-      <x:c r="N22" s="0" t="n">
+      <x:c r="Q22" s="0" t="n">
         <x:v>41</x:v>
       </x:c>
-      <x:c r="O22" s="0" t="n">
+      <x:c r="R22" s="0" t="n">
         <x:v>42</x:v>
       </x:c>
-      <x:c r="P22" s="0" t="n">
+      <x:c r="S22" s="0" t="n">
         <x:v>41</x:v>
       </x:c>
-      <x:c r="Q22" s="0" t="n">
+      <x:c r="T22" s="0" t="n">
         <x:v>38</x:v>
       </x:c>
-      <x:c r="R22" s="0" t="n">
+      <x:c r="U22" s="0" t="n">
         <x:v>39</x:v>
       </x:c>
-      <x:c r="S22" s="0" t="n">
+      <x:c r="V22" s="0" t="n">
         <x:v>39</x:v>
       </x:c>
-      <x:c r="T22" s="0" t="n">
+      <x:c r="W22" s="0" t="n">
         <x:v>30</x:v>
       </x:c>
-      <x:c r="U22" s="0" t="n">
+      <x:c r="X22" s="0" t="n">
         <x:v>31</x:v>
       </x:c>
-      <x:c r="V22" s="0" t="n">
+      <x:c r="Y22" s="0" t="n">
         <x:v>31</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
-  <x:mergeCells count="8">
+  <x:mergeCells count="9">
     <x:mergeCell ref="A1:O1"/>
     <x:mergeCell ref="B8:D8"/>
     <x:mergeCell ref="E8:G8"/>
     <x:mergeCell ref="H8:J8"/>
     <x:mergeCell ref="K8:M8"/>
     <x:mergeCell ref="N8:P8"/>
     <x:mergeCell ref="Q8:S8"/>
     <x:mergeCell ref="T8:V8"/>
+    <x:mergeCell ref="W8:Y8"/>
   </x:mergeCells>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:V22"/>
+  <x:dimension ref="A1:Y22"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="54.790625" style="0" customWidth="1"/>
-    <x:col min="2" max="8" width="11.920625" style="0" customWidth="1"/>
-    <x:col min="9" max="9" width="9.610625" style="0" customWidth="1"/>
+    <x:col min="2" max="9" width="11.920625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.230625" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="10.000625" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="9.610625" style="0" customWidth="1"/>
     <x:col min="13" max="13" width="8.230625" style="0" customWidth="1"/>
     <x:col min="14" max="14" width="10.000625" style="0" customWidth="1"/>
     <x:col min="15" max="15" width="9.610625" style="0" customWidth="1"/>
     <x:col min="16" max="16" width="8.230625" style="0" customWidth="1"/>
     <x:col min="17" max="17" width="10.000625" style="0" customWidth="1"/>
     <x:col min="18" max="18" width="9.610625" style="0" customWidth="1"/>
     <x:col min="19" max="19" width="8.230625" style="0" customWidth="1"/>
     <x:col min="20" max="20" width="10.000625" style="0" customWidth="1"/>
     <x:col min="21" max="21" width="9.610625" style="0" customWidth="1"/>
     <x:col min="22" max="22" width="8.230625" style="0" customWidth="1"/>
+    <x:col min="23" max="23" width="10.000625" style="0" customWidth="1"/>
+    <x:col min="24" max="24" width="9.610625" style="0" customWidth="1"/>
+    <x:col min="25" max="25" width="8.230625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
-    <x:row r="1" spans="1:22">
+    <x:row r="1" spans="1:25">
       <x:c r="A1" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="B1" s="1" t="s"/>
       <x:c r="C1" s="1" t="s"/>
       <x:c r="D1" s="1" t="s"/>
       <x:c r="E1" s="1" t="s"/>
       <x:c r="F1" s="1" t="s"/>
       <x:c r="G1" s="1" t="s"/>
       <x:c r="H1" s="1" t="s"/>
       <x:c r="I1" s="1" t="s"/>
       <x:c r="J1" s="1" t="s"/>
       <x:c r="K1" s="1" t="s"/>
       <x:c r="L1" s="1" t="s"/>
       <x:c r="M1" s="1" t="s"/>
       <x:c r="N1" s="1" t="s"/>
       <x:c r="O1" s="1" t="s"/>
     </x:row>
-    <x:row r="2" spans="1:22">
+    <x:row r="2" spans="1:25">
       <x:c r="B2" s="2" t="s">
-        <x:v>1</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="C2" s="2" t="s">
-        <x:v>2</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="D2" s="2" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="E2" s="2" t="s">
         <x:v>3</x:v>
       </x:c>
-      <x:c r="E2" s="2" t="s">
+      <x:c r="F2" s="2" t="s">
         <x:v>4</x:v>
       </x:c>
-      <x:c r="F2" s="2" t="s">
+      <x:c r="G2" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
-      <x:c r="G2" s="2" t="s">
+      <x:c r="H2" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
-      <x:c r="H2" s="2" t="s">
+      <x:c r="I2" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
     </x:row>
-    <x:row r="3" spans="1:22">
+    <x:row r="3" spans="1:25">
       <x:c r="A3" s="3" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B3" s="0" t="n">
+        <x:v>4597</x:v>
+      </x:c>
+      <x:c r="C3" s="0" t="n">
         <x:v>4630</x:v>
       </x:c>
-      <x:c r="C3" s="0" t="n">
+      <x:c r="D3" s="0" t="n">
         <x:v>4994</x:v>
       </x:c>
-      <x:c r="D3" s="0" t="n">
+      <x:c r="E3" s="0" t="n">
         <x:v>5082</x:v>
       </x:c>
-      <x:c r="E3" s="0" t="n">
+      <x:c r="F3" s="0" t="n">
         <x:v>4994</x:v>
       </x:c>
-      <x:c r="F3" s="0" t="n">
+      <x:c r="G3" s="0" t="n">
         <x:v>6512</x:v>
       </x:c>
-      <x:c r="G3" s="0" t="n">
+      <x:c r="H3" s="0" t="n">
         <x:v>7407</x:v>
       </x:c>
-      <x:c r="H3" s="0" t="n">
+      <x:c r="I3" s="0" t="n">
         <x:v>6823</x:v>
       </x:c>
     </x:row>
-    <x:row r="4" spans="1:22">
+    <x:row r="4" spans="1:25">
       <x:c r="A4" s="3" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B4" s="0" t="n">
+        <x:v>104363</x:v>
+      </x:c>
+      <x:c r="C4" s="0" t="n">
         <x:v>105097</x:v>
       </x:c>
-      <x:c r="C4" s="0" t="n">
+      <x:c r="D4" s="0" t="n">
         <x:v>113555</x:v>
       </x:c>
-      <x:c r="D4" s="0" t="n">
+      <x:c r="E4" s="0" t="n">
         <x:v>115543</x:v>
       </x:c>
-      <x:c r="E4" s="0" t="n">
+      <x:c r="F4" s="0" t="n">
         <x:v>113555</x:v>
       </x:c>
-      <x:c r="F4" s="0" t="n">
+      <x:c r="G4" s="0" t="n">
         <x:v>147791</x:v>
       </x:c>
-      <x:c r="G4" s="0" t="n">
+      <x:c r="H4" s="0" t="n">
         <x:v>167421</x:v>
       </x:c>
-      <x:c r="H4" s="0" t="n">
+      <x:c r="I4" s="0" t="n">
         <x:v>153480</x:v>
       </x:c>
     </x:row>
-    <x:row r="5" spans="1:22">
+    <x:row r="5" spans="1:25">
       <x:c r="A5" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B5" s="0" t="n">
+        <x:v>949572</x:v>
+      </x:c>
+      <x:c r="C5" s="0" t="n">
         <x:v>1416748</x:v>
       </x:c>
-      <x:c r="C5" s="0" t="n">
+      <x:c r="D5" s="0" t="n">
         <x:v>1027618</x:v>
       </x:c>
-      <x:c r="D5" s="0" t="n">
+      <x:c r="E5" s="0" t="n">
         <x:v>1192023</x:v>
       </x:c>
-      <x:c r="F5" s="0" t="n">
+      <x:c r="G5" s="0" t="n">
         <x:v>1339507</x:v>
       </x:c>
-      <x:c r="G5" s="0" t="n">
+      <x:c r="H5" s="0" t="n">
         <x:v>1258779</x:v>
       </x:c>
-      <x:c r="H5" s="0" t="n">
+      <x:c r="I5" s="0" t="n">
         <x:v>1034847</x:v>
       </x:c>
     </x:row>
-    <x:row r="6" spans="1:22">
+    <x:row r="6" spans="1:25">
       <x:c r="A6" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B6" s="0" t="n">
+        <x:v>118338</x:v>
+      </x:c>
+      <x:c r="C6" s="0" t="n">
         <x:v>106417</x:v>
       </x:c>
-      <x:c r="C6" s="0" t="n">
+      <x:c r="D6" s="0" t="n">
         <x:v>125278</x:v>
       </x:c>
-      <x:c r="D6" s="0" t="n">
+      <x:c r="E6" s="0" t="n">
         <x:v>106417</x:v>
       </x:c>
-      <x:c r="F6" s="0" t="n">
+      <x:c r="G6" s="0" t="n">
         <x:v>100328</x:v>
       </x:c>
-      <x:c r="G6" s="0" t="n">
+      <x:c r="H6" s="0" t="n">
         <x:v>127520</x:v>
       </x:c>
-      <x:c r="H6" s="0" t="n">
+      <x:c r="I6" s="0" t="n">
         <x:v>138063</x:v>
       </x:c>
     </x:row>
-    <x:row r="8" spans="1:22">
+    <x:row r="8" spans="1:25">
       <x:c r="B8" s="2" t="s">
-        <x:v>13</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="C8" s="2" t="s"/>
       <x:c r="D8" s="2" t="s"/>
       <x:c r="E8" s="2" t="s">
-        <x:v>14</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="F8" s="2" t="s"/>
       <x:c r="G8" s="2" t="s"/>
       <x:c r="H8" s="2" t="s">
-        <x:v>15</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="I8" s="2" t="s"/>
       <x:c r="J8" s="2" t="s"/>
       <x:c r="K8" s="2" t="s">
-        <x:v>16</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="L8" s="2" t="s"/>
       <x:c r="M8" s="2" t="s"/>
       <x:c r="N8" s="2" t="s">
-        <x:v>17</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="O8" s="2" t="s"/>
       <x:c r="P8" s="2" t="s"/>
       <x:c r="Q8" s="2" t="s">
-        <x:v>18</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="R8" s="2" t="s"/>
       <x:c r="S8" s="2" t="s"/>
       <x:c r="T8" s="2" t="s">
-        <x:v>19</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="U8" s="2" t="s"/>
       <x:c r="V8" s="2" t="s"/>
-    </x:row>
-    <x:row r="9" spans="1:22">
+      <x:c r="W8" s="2" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="X8" s="2" t="s"/>
+      <x:c r="Y8" s="2" t="s"/>
+    </x:row>
+    <x:row r="9" spans="1:25">
       <x:c r="B9" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="C9" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="D9" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="E9" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F9" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="G9" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H9" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="I9" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="J9" s="2" t="s">
@@ -2586,480 +2742,552 @@
       </x:c>
       <x:c r="O9" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="P9" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q9" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="R9" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="S9" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="T9" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="U9" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="V9" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
-    </x:row>
-    <x:row r="10" spans="1:22">
+      <x:c r="W9" s="2" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="X9" s="2" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="Y9" s="2" t="s">
+        <x:v>23</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="10" spans="1:25">
       <x:c r="A10" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B10" s="0" t="n">
+        <x:v>246</x:v>
+      </x:c>
+      <x:c r="C10" s="0" t="n">
+        <x:v>220</x:v>
+      </x:c>
+      <x:c r="D10" s="0" t="n">
+        <x:v>223</x:v>
+      </x:c>
+      <x:c r="E10" s="0" t="n">
         <x:v>277</x:v>
       </x:c>
-      <x:c r="C10" s="0" t="n">
+      <x:c r="F10" s="0" t="n">
         <x:v>265</x:v>
       </x:c>
-      <x:c r="D10" s="0" t="n">
+      <x:c r="G10" s="0" t="n">
         <x:v>254</x:v>
       </x:c>
-      <x:c r="E10" s="0" t="n">
+      <x:c r="H10" s="0" t="n">
         <x:v>226</x:v>
       </x:c>
-      <x:c r="F10" s="0" t="n">
+      <x:c r="I10" s="0" t="n">
         <x:v>217</x:v>
       </x:c>
-      <x:c r="G10" s="0" t="n">
+      <x:c r="J10" s="0" t="n">
         <x:v>193</x:v>
       </x:c>
-      <x:c r="H10" s="0" t="n">
+      <x:c r="K10" s="0" t="n">
         <x:v>263</x:v>
       </x:c>
-      <x:c r="I10" s="0" t="n">
+      <x:c r="L10" s="0" t="n">
         <x:v>261</x:v>
       </x:c>
-      <x:c r="J10" s="0" t="n">
+      <x:c r="M10" s="0" t="n">
         <x:v>229</x:v>
       </x:c>
-      <x:c r="K10" s="0" t="n">
+      <x:c r="N10" s="0" t="n">
         <x:v>226</x:v>
       </x:c>
-      <x:c r="L10" s="0" t="n">
+      <x:c r="O10" s="0" t="n">
         <x:v>217</x:v>
       </x:c>
-      <x:c r="M10" s="0" t="n">
+      <x:c r="P10" s="0" t="n">
         <x:v>193</x:v>
       </x:c>
-      <x:c r="N10" s="0" t="n">
+      <x:c r="Q10" s="0" t="n">
         <x:v>316</x:v>
       </x:c>
-      <x:c r="O10" s="0" t="n">
+      <x:c r="R10" s="0" t="n">
         <x:v>314</x:v>
       </x:c>
-      <x:c r="P10" s="0" t="n">
+      <x:c r="S10" s="0" t="n">
         <x:v>283</x:v>
       </x:c>
-      <x:c r="Q10" s="0" t="n">
+      <x:c r="T10" s="0" t="n">
         <x:v>309</x:v>
       </x:c>
-      <x:c r="R10" s="0" t="n">
+      <x:c r="U10" s="0" t="n">
         <x:v>286</x:v>
       </x:c>
-      <x:c r="S10" s="0" t="n">
+      <x:c r="V10" s="0" t="n">
         <x:v>293</x:v>
       </x:c>
-      <x:c r="T10" s="0" t="n">
+      <x:c r="W10" s="0" t="n">
         <x:v>330</x:v>
       </x:c>
-      <x:c r="U10" s="0" t="n">
+      <x:c r="X10" s="0" t="n">
         <x:v>331</x:v>
       </x:c>
-      <x:c r="V10" s="0" t="n">
+      <x:c r="Y10" s="0" t="n">
         <x:v>315</x:v>
       </x:c>
     </x:row>
-    <x:row r="11" spans="1:22">
+    <x:row r="11" spans="1:25">
       <x:c r="A11" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B11" s="0" t="n">
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="C11" s="0" t="n">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="D11" s="0" t="n">
+        <x:v>74</x:v>
+      </x:c>
+      <x:c r="E11" s="0" t="n">
         <x:v>110</x:v>
       </x:c>
-      <x:c r="C11" s="0" t="n">
+      <x:c r="F11" s="0" t="n">
         <x:v>110</x:v>
       </x:c>
-      <x:c r="D11" s="0" t="n">
+      <x:c r="G11" s="0" t="n">
         <x:v>97</x:v>
       </x:c>
-      <x:c r="E11" s="0" t="n">
+      <x:c r="H11" s="0" t="n">
         <x:v>78</x:v>
       </x:c>
-      <x:c r="F11" s="0" t="n">
+      <x:c r="I11" s="0" t="n">
         <x:v>72</x:v>
       </x:c>
-      <x:c r="G11" s="0" t="n">
+      <x:c r="J11" s="0" t="n">
         <x:v>68</x:v>
       </x:c>
-      <x:c r="H11" s="0" t="n">
+      <x:c r="K11" s="0" t="n">
         <x:v>110</x:v>
       </x:c>
-      <x:c r="I11" s="0" t="n">
+      <x:c r="L11" s="0" t="n">
         <x:v>110</x:v>
       </x:c>
-      <x:c r="J11" s="0" t="n">
+      <x:c r="M11" s="0" t="n">
         <x:v>97</x:v>
       </x:c>
-      <x:c r="K11" s="0" t="n">
+      <x:c r="N11" s="0" t="n">
         <x:v>78</x:v>
       </x:c>
-      <x:c r="L11" s="0" t="n">
+      <x:c r="O11" s="0" t="n">
         <x:v>72</x:v>
       </x:c>
-      <x:c r="M11" s="0" t="n">
+      <x:c r="P11" s="0" t="n">
         <x:v>68</x:v>
       </x:c>
-      <x:c r="N11" s="0" t="n">
+      <x:c r="Q11" s="0" t="n">
         <x:v>114</x:v>
       </x:c>
-      <x:c r="O11" s="0" t="n">
+      <x:c r="R11" s="0" t="n">
         <x:v>118</x:v>
       </x:c>
-      <x:c r="P11" s="0" t="n">
+      <x:c r="S11" s="0" t="n">
         <x:v>109</x:v>
       </x:c>
-      <x:c r="Q11" s="0" t="n">
+      <x:c r="T11" s="0" t="n">
         <x:v>109</x:v>
       </x:c>
-      <x:c r="R11" s="0" t="n">
+      <x:c r="U11" s="0" t="n">
         <x:v>106</x:v>
       </x:c>
-      <x:c r="S11" s="0" t="n">
+      <x:c r="V11" s="0" t="n">
         <x:v>115</x:v>
       </x:c>
-      <x:c r="T11" s="0" t="n">
+      <x:c r="W11" s="0" t="n">
         <x:v>29</x:v>
       </x:c>
-      <x:c r="U11" s="0" t="n">
+      <x:c r="X11" s="0" t="n">
         <x:v>122</x:v>
       </x:c>
-      <x:c r="V11" s="0" t="n">
+      <x:c r="Y11" s="0" t="n">
         <x:v>112</x:v>
       </x:c>
     </x:row>
-    <x:row r="12" spans="1:22">
+    <x:row r="12" spans="1:25">
       <x:c r="A12" s="3" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B12" s="0" t="n">
+        <x:v>82</x:v>
+      </x:c>
+      <x:c r="C12" s="0" t="n">
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="D12" s="0" t="n">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="E12" s="0" t="n">
         <x:v>79</x:v>
       </x:c>
-      <x:c r="C12" s="0" t="n">
+      <x:c r="F12" s="0" t="n">
         <x:v>79</x:v>
       </x:c>
-      <x:c r="D12" s="0" t="n">
+      <x:c r="G12" s="0" t="n">
         <x:v>66</x:v>
       </x:c>
-      <x:c r="E12" s="0" t="n">
+      <x:c r="H12" s="0" t="n">
         <x:v>74</x:v>
       </x:c>
-      <x:c r="F12" s="0" t="n">
+      <x:c r="I12" s="0" t="n">
         <x:v>68</x:v>
       </x:c>
-      <x:c r="G12" s="0" t="n">
+      <x:c r="J12" s="0" t="n">
         <x:v>63</x:v>
       </x:c>
-      <x:c r="H12" s="0" t="n">
+      <x:c r="K12" s="0" t="n">
         <x:v>79</x:v>
       </x:c>
-      <x:c r="I12" s="0" t="n">
+      <x:c r="L12" s="0" t="n">
         <x:v>79</x:v>
       </x:c>
-      <x:c r="J12" s="0" t="n">
+      <x:c r="M12" s="0" t="n">
         <x:v>66</x:v>
       </x:c>
-      <x:c r="K12" s="0" t="n">
+      <x:c r="N12" s="0" t="n">
         <x:v>74</x:v>
       </x:c>
-      <x:c r="L12" s="0" t="n">
+      <x:c r="O12" s="0" t="n">
         <x:v>68</x:v>
       </x:c>
-      <x:c r="M12" s="0" t="n">
+      <x:c r="P12" s="0" t="n">
         <x:v>63</x:v>
       </x:c>
-      <x:c r="N12" s="0" t="n">
+      <x:c r="Q12" s="0" t="n">
         <x:v>99</x:v>
       </x:c>
-      <x:c r="O12" s="0" t="n">
+      <x:c r="R12" s="0" t="n">
         <x:v>92</x:v>
       </x:c>
-      <x:c r="P12" s="0" t="n">
+      <x:c r="S12" s="0" t="n">
         <x:v>80</x:v>
       </x:c>
-      <x:c r="Q12" s="0" t="n">
+      <x:c r="T12" s="0" t="n">
         <x:v>96</x:v>
       </x:c>
-      <x:c r="R12" s="0" t="n">
+      <x:c r="U12" s="0" t="n">
         <x:v>86</x:v>
       </x:c>
-      <x:c r="S12" s="0" t="n">
+      <x:c r="V12" s="0" t="n">
         <x:v>83</x:v>
       </x:c>
-      <x:c r="T12" s="0" t="n">
+      <x:c r="W12" s="0" t="n">
         <x:v>113</x:v>
       </x:c>
-      <x:c r="U12" s="0" t="n">
+      <x:c r="X12" s="0" t="n">
         <x:v>114</x:v>
       </x:c>
-      <x:c r="V12" s="0" t="n">
+      <x:c r="Y12" s="0" t="n">
         <x:v>96</x:v>
       </x:c>
     </x:row>
-    <x:row r="13" spans="1:22">
+    <x:row r="13" spans="1:25">
       <x:c r="A13" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B13" s="0" t="n">
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="C13" s="0" t="n">
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="D13" s="0" t="n">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="E13" s="0" t="n">
         <x:v>75</x:v>
       </x:c>
-      <x:c r="C13" s="0" t="n">
+      <x:c r="F13" s="0" t="n">
         <x:v>72</x:v>
       </x:c>
-      <x:c r="D13" s="0" t="n">
+      <x:c r="G13" s="0" t="n">
         <x:v>65</x:v>
       </x:c>
-      <x:c r="E13" s="0" t="n">
+      <x:c r="H13" s="0" t="n">
         <x:v>70</x:v>
       </x:c>
-      <x:c r="F13" s="0" t="n">
+      <x:c r="I13" s="0" t="n">
         <x:v>84</x:v>
       </x:c>
-      <x:c r="G13" s="0" t="n">
+      <x:c r="J13" s="0" t="n">
         <x:v>82</x:v>
       </x:c>
-      <x:c r="H13" s="0" t="n">
+      <x:c r="K13" s="0" t="n">
         <x:v>75</x:v>
       </x:c>
-      <x:c r="I13" s="0" t="n">
+      <x:c r="L13" s="0" t="n">
         <x:v>72</x:v>
       </x:c>
-      <x:c r="J13" s="0" t="n">
+      <x:c r="M13" s="0" t="n">
         <x:v>65</x:v>
       </x:c>
-      <x:c r="K13" s="0" t="n">
+      <x:c r="N13" s="0" t="n">
         <x:v>70</x:v>
       </x:c>
-      <x:c r="L13" s="0" t="n">
+      <x:c r="O13" s="0" t="n">
         <x:v>84</x:v>
       </x:c>
-      <x:c r="M13" s="0" t="n">
+      <x:c r="P13" s="0" t="n">
         <x:v>82</x:v>
       </x:c>
-      <x:c r="N13" s="0" t="n">
+      <x:c r="Q13" s="0" t="n">
         <x:v>105</x:v>
       </x:c>
-      <x:c r="O13" s="0" t="n">
+      <x:c r="R13" s="0" t="n">
         <x:v>100</x:v>
       </x:c>
-      <x:c r="P13" s="0" t="n">
+      <x:c r="S13" s="0" t="n">
         <x:v>92</x:v>
       </x:c>
-      <x:c r="Q13" s="0" t="n">
+      <x:c r="T13" s="0" t="n">
         <x:v>103</x:v>
       </x:c>
-      <x:c r="R13" s="0" t="n">
+      <x:c r="U13" s="0" t="n">
         <x:v>94</x:v>
       </x:c>
-      <x:c r="S13" s="0" t="n">
+      <x:c r="V13" s="0" t="n">
         <x:v>95</x:v>
       </x:c>
-      <x:c r="T13" s="0" t="n">
+      <x:c r="W13" s="0" t="n">
         <x:v>111</x:v>
       </x:c>
-      <x:c r="U13" s="0" t="n">
+      <x:c r="X13" s="0" t="n">
         <x:v>109</x:v>
       </x:c>
-      <x:c r="V13" s="0" t="n">
+      <x:c r="Y13" s="0" t="n">
         <x:v>104</x:v>
       </x:c>
     </x:row>
-    <x:row r="14" spans="1:22">
+    <x:row r="14" spans="1:25">
       <x:c r="A14" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
-    </x:row>
-    <x:row r="15" spans="1:22">
+      <x:c r="B14" s="0" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="C14" s="0" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="D14" s="0" t="n">
+        <x:v>0</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="15" spans="1:25">
       <x:c r="A15" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B15" s="0" t="n">
         <x:v>13</x:v>
       </x:c>
       <x:c r="C15" s="0" t="n">
         <x:v>13</x:v>
       </x:c>
       <x:c r="D15" s="0" t="n">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E15" s="0" t="n">
-        <x:v>14</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="F15" s="0" t="n">
-        <x:v>14</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="G15" s="0" t="n">
-        <x:v>20</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="H15" s="0" t="n">
         <x:v>14</x:v>
       </x:c>
       <x:c r="I15" s="0" t="n">
         <x:v>14</x:v>
       </x:c>
       <x:c r="J15" s="0" t="n">
-        <x:v>14</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="K15" s="0" t="n">
         <x:v>14</x:v>
       </x:c>
       <x:c r="L15" s="0" t="n">
         <x:v>14</x:v>
       </x:c>
       <x:c r="M15" s="0" t="n">
-        <x:v>20</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="N15" s="0" t="n">
-        <x:v>18</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="O15" s="0" t="n">
-        <x:v>18</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="P15" s="0" t="n">
         <x:v>20</x:v>
       </x:c>
       <x:c r="Q15" s="0" t="n">
-        <x:v>20</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="R15" s="0" t="n">
-        <x:v>20</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="S15" s="0" t="n">
         <x:v>20</x:v>
       </x:c>
       <x:c r="T15" s="0" t="n">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="U15" s="0" t="n">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="V15" s="0" t="n">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="W15" s="0" t="n">
         <x:v>19</x:v>
       </x:c>
-      <x:c r="U15" s="0" t="n">
+      <x:c r="X15" s="0" t="n">
         <x:v>19</x:v>
       </x:c>
-      <x:c r="V15" s="0" t="n">
+      <x:c r="Y15" s="0" t="n">
         <x:v>19</x:v>
       </x:c>
     </x:row>
-    <x:row r="16" spans="1:22">
+    <x:row r="16" spans="1:25">
       <x:c r="A16" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B16" s="0" t="n">
+        <x:v>286</x:v>
+      </x:c>
+      <x:c r="C16" s="0" t="n">
+        <x:v>286</x:v>
+      </x:c>
+      <x:c r="D16" s="0" t="n">
+        <x:v>286</x:v>
+      </x:c>
+      <x:c r="E16" s="0" t="n">
         <x:v>288</x:v>
       </x:c>
-      <x:c r="C16" s="0" t="n">
+      <x:c r="F16" s="0" t="n">
         <x:v>288</x:v>
       </x:c>
-      <x:c r="D16" s="0" t="n">
+      <x:c r="G16" s="0" t="n">
         <x:v>288</x:v>
       </x:c>
-      <x:c r="E16" s="0" t="n">
+      <x:c r="H16" s="0" t="n">
         <x:v>311</x:v>
       </x:c>
-      <x:c r="F16" s="0" t="n">
+      <x:c r="I16" s="0" t="n">
         <x:v>459</x:v>
       </x:c>
-      <x:c r="G16" s="0" t="n">
+      <x:c r="J16" s="0" t="n">
         <x:v>459</x:v>
       </x:c>
-      <x:c r="H16" s="0" t="n">
+      <x:c r="K16" s="0" t="n">
         <x:v>317</x:v>
       </x:c>
-      <x:c r="I16" s="0" t="n">
+      <x:c r="L16" s="0" t="n">
         <x:v>317</x:v>
       </x:c>
-      <x:c r="J16" s="0" t="n">
+      <x:c r="M16" s="0" t="n">
         <x:v>317</x:v>
       </x:c>
-      <x:c r="K16" s="0" t="n">
+      <x:c r="N16" s="0" t="n">
         <x:v>311</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>405</x:v>
       </x:c>
       <x:c r="O16" s="0" t="n">
         <x:v>459</x:v>
       </x:c>
       <x:c r="P16" s="0" t="n">
         <x:v>459</x:v>
       </x:c>
       <x:c r="Q16" s="0" t="n">
-        <x:v>459</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="R16" s="0" t="n">
         <x:v>459</x:v>
       </x:c>
       <x:c r="S16" s="0" t="n">
         <x:v>459</x:v>
       </x:c>
       <x:c r="T16" s="0" t="n">
+        <x:v>459</x:v>
+      </x:c>
+      <x:c r="U16" s="0" t="n">
+        <x:v>459</x:v>
+      </x:c>
+      <x:c r="V16" s="0" t="n">
+        <x:v>459</x:v>
+      </x:c>
+      <x:c r="W16" s="0" t="n">
         <x:v>420</x:v>
       </x:c>
-      <x:c r="U16" s="0" t="n">
+      <x:c r="X16" s="0" t="n">
         <x:v>420</x:v>
       </x:c>
-      <x:c r="V16" s="0" t="n">
+      <x:c r="Y16" s="0" t="n">
         <x:v>420</x:v>
       </x:c>
     </x:row>
-    <x:row r="17" spans="1:22">
+    <x:row r="17" spans="1:25">
       <x:c r="A17" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
-    <x:row r="18" spans="1:22">
+    <x:row r="18" spans="1:25">
       <x:c r="A18" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
-    <x:row r="19" spans="1:22">
+    <x:row r="19" spans="1:25">
       <x:c r="A19" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
-    <x:row r="20" spans="1:22">
+    <x:row r="20" spans="1:25">
       <x:c r="A20" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B20" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C20" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D20" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="E20" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="F20" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="G20" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="H20" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="I20" s="0" t="n">
@@ -3082,413 +3310,463 @@
       </x:c>
       <x:c r="O20" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="P20" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="Q20" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="R20" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="S20" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="T20" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="U20" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="V20" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
-    </x:row>
-    <x:row r="21" spans="1:22">
+      <x:c r="W20" s="0" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="X20" s="0" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="Y20" s="0" t="n">
+        <x:v>2</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="21" spans="1:25">
       <x:c r="A21" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B21" s="0" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C21" s="0" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D21" s="0" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E21" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="F21" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="G21" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="H21" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="I21" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="J21" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="K21" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="L21" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="M21" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="N21" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="O21" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="P21" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="Q21" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="R21" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="S21" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="T21" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="U21" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="V21" s="0" t="n">
-        <x:v>1</x:v>
-[...2 lines deleted...]
-    <x:row r="22" spans="1:22">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="W21" s="0" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="X21" s="0" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="Y21" s="0" t="n">
+        <x:v>1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="22" spans="1:25">
       <x:c r="A22" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B22" s="0" t="n">
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="C22" s="0" t="n">
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="D22" s="0" t="n">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="E22" s="0" t="n">
         <x:v>39</x:v>
       </x:c>
-      <x:c r="C22" s="0" t="n">
+      <x:c r="F22" s="0" t="n">
         <x:v>41</x:v>
       </x:c>
-      <x:c r="D22" s="0" t="n">
+      <x:c r="G22" s="0" t="n">
         <x:v>39</x:v>
       </x:c>
-      <x:c r="E22" s="0" t="n">
+      <x:c r="H22" s="0" t="n">
         <x:v>60</x:v>
       </x:c>
-      <x:c r="F22" s="0" t="n">
+      <x:c r="I22" s="0" t="n">
         <x:v>60</x:v>
       </x:c>
-      <x:c r="G22" s="0" t="n">
+      <x:c r="J22" s="0" t="n">
         <x:v>60</x:v>
       </x:c>
-      <x:c r="H22" s="0" t="n">
+      <x:c r="K22" s="0" t="n">
         <x:v>58</x:v>
       </x:c>
-      <x:c r="I22" s="0" t="n">
+      <x:c r="L22" s="0" t="n">
         <x:v>58</x:v>
       </x:c>
-      <x:c r="J22" s="0" t="n">
+      <x:c r="M22" s="0" t="n">
         <x:v>58</x:v>
       </x:c>
-      <x:c r="K22" s="0" t="n">
+      <x:c r="N22" s="0" t="n">
         <x:v>60</x:v>
       </x:c>
-      <x:c r="L22" s="0" t="n">
+      <x:c r="O22" s="0" t="n">
         <x:v>60</x:v>
       </x:c>
-      <x:c r="M22" s="0" t="n">
+      <x:c r="P22" s="0" t="n">
         <x:v>60</x:v>
       </x:c>
-      <x:c r="N22" s="0" t="n">
+      <x:c r="Q22" s="0" t="n">
         <x:v>68</x:v>
       </x:c>
-      <x:c r="O22" s="0" t="n">
+      <x:c r="R22" s="0" t="n">
         <x:v>69</x:v>
       </x:c>
-      <x:c r="P22" s="0" t="n">
+      <x:c r="S22" s="0" t="n">
         <x:v>68</x:v>
       </x:c>
-      <x:c r="Q22" s="0" t="n">
+      <x:c r="T22" s="0" t="n">
         <x:v>70</x:v>
       </x:c>
-      <x:c r="R22" s="0" t="n">
+      <x:c r="U22" s="0" t="n">
         <x:v>71</x:v>
       </x:c>
-      <x:c r="S22" s="0" t="n">
+      <x:c r="V22" s="0" t="n">
         <x:v>71</x:v>
       </x:c>
-      <x:c r="T22" s="0" t="n">
+      <x:c r="W22" s="0" t="n">
         <x:v>50</x:v>
       </x:c>
-      <x:c r="U22" s="0" t="n">
+      <x:c r="X22" s="0" t="n">
         <x:v>52</x:v>
       </x:c>
-      <x:c r="V22" s="0" t="n">
+      <x:c r="Y22" s="0" t="n">
         <x:v>52</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
-  <x:mergeCells count="8">
+  <x:mergeCells count="9">
     <x:mergeCell ref="A1:O1"/>
     <x:mergeCell ref="B8:D8"/>
     <x:mergeCell ref="E8:G8"/>
     <x:mergeCell ref="H8:J8"/>
     <x:mergeCell ref="K8:M8"/>
     <x:mergeCell ref="N8:P8"/>
     <x:mergeCell ref="Q8:S8"/>
     <x:mergeCell ref="T8:V8"/>
+    <x:mergeCell ref="W8:Y8"/>
   </x:mergeCells>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:V22"/>
+  <x:dimension ref="A1:Y22"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="54.790625" style="0" customWidth="1"/>
-    <x:col min="2" max="8" width="11.920625" style="0" customWidth="1"/>
-    <x:col min="9" max="9" width="9.610625" style="0" customWidth="1"/>
+    <x:col min="2" max="9" width="11.920625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.230625" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="10.000625" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="9.610625" style="0" customWidth="1"/>
     <x:col min="13" max="13" width="8.230625" style="0" customWidth="1"/>
     <x:col min="14" max="14" width="10.000625" style="0" customWidth="1"/>
     <x:col min="15" max="15" width="9.610625" style="0" customWidth="1"/>
     <x:col min="16" max="16" width="8.230625" style="0" customWidth="1"/>
     <x:col min="17" max="17" width="10.000625" style="0" customWidth="1"/>
     <x:col min="18" max="18" width="9.610625" style="0" customWidth="1"/>
     <x:col min="19" max="19" width="8.230625" style="0" customWidth="1"/>
     <x:col min="20" max="20" width="10.000625" style="0" customWidth="1"/>
     <x:col min="21" max="21" width="9.610625" style="0" customWidth="1"/>
     <x:col min="22" max="22" width="8.230625" style="0" customWidth="1"/>
+    <x:col min="23" max="23" width="10.000625" style="0" customWidth="1"/>
+    <x:col min="24" max="24" width="9.610625" style="0" customWidth="1"/>
+    <x:col min="25" max="25" width="8.230625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
-    <x:row r="1" spans="1:22">
+    <x:row r="1" spans="1:25">
       <x:c r="A1" s="1" t="s">
-        <x:v>47</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="B1" s="1" t="s"/>
       <x:c r="C1" s="1" t="s"/>
       <x:c r="D1" s="1" t="s"/>
       <x:c r="E1" s="1" t="s"/>
       <x:c r="F1" s="1" t="s"/>
       <x:c r="G1" s="1" t="s"/>
       <x:c r="H1" s="1" t="s"/>
       <x:c r="I1" s="1" t="s"/>
       <x:c r="J1" s="1" t="s"/>
       <x:c r="K1" s="1" t="s"/>
       <x:c r="L1" s="1" t="s"/>
       <x:c r="M1" s="1" t="s"/>
       <x:c r="N1" s="1" t="s"/>
       <x:c r="O1" s="1" t="s"/>
     </x:row>
-    <x:row r="2" spans="1:22">
+    <x:row r="2" spans="1:25">
       <x:c r="B2" s="2" t="s">
-        <x:v>1</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="C2" s="2" t="s">
-        <x:v>2</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="D2" s="2" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="E2" s="2" t="s">
         <x:v>3</x:v>
       </x:c>
-      <x:c r="E2" s="2" t="s">
+      <x:c r="F2" s="2" t="s">
         <x:v>4</x:v>
       </x:c>
-      <x:c r="F2" s="2" t="s">
+      <x:c r="G2" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
-      <x:c r="G2" s="2" t="s">
+      <x:c r="H2" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
-      <x:c r="H2" s="2" t="s">
+      <x:c r="I2" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
     </x:row>
-    <x:row r="3" spans="1:22">
+    <x:row r="3" spans="1:25">
       <x:c r="A3" s="3" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B3" s="0" t="n">
+        <x:v>2183</x:v>
+      </x:c>
+      <x:c r="C3" s="0" t="n">
         <x:v>3810</x:v>
       </x:c>
-      <x:c r="C3" s="0" t="n">
+      <x:c r="D3" s="0" t="n">
         <x:v>3972</x:v>
       </x:c>
-      <x:c r="D3" s="0" t="n">
+      <x:c r="E3" s="0" t="n">
         <x:v>3787</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>3972</x:v>
       </x:c>
       <x:c r="F3" s="0" t="n">
         <x:v>3972</x:v>
       </x:c>
       <x:c r="G3" s="0" t="n">
+        <x:v>3972</x:v>
+      </x:c>
+      <x:c r="H3" s="0" t="n">
         <x:v>3946</x:v>
       </x:c>
-      <x:c r="H3" s="0" t="n">
+      <x:c r="I3" s="0" t="n">
         <x:v>3954</x:v>
       </x:c>
     </x:row>
-    <x:row r="4" spans="1:22">
+    <x:row r="4" spans="1:25">
       <x:c r="A4" s="3" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B4" s="0" t="n">
+        <x:v>42359</x:v>
+      </x:c>
+      <x:c r="C4" s="0" t="n">
         <x:v>74198</x:v>
       </x:c>
-      <x:c r="C4" s="0" t="n">
+      <x:c r="D4" s="0" t="n">
         <x:v>84095</x:v>
       </x:c>
-      <x:c r="D4" s="0" t="n">
+      <x:c r="E4" s="0" t="n">
         <x:v>79585</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>84095</x:v>
       </x:c>
       <x:c r="F4" s="0" t="n">
         <x:v>84095</x:v>
       </x:c>
       <x:c r="G4" s="0" t="n">
+        <x:v>84095</x:v>
+      </x:c>
+      <x:c r="H4" s="0" t="n">
         <x:v>83832</x:v>
       </x:c>
-      <x:c r="H4" s="0" t="n">
+      <x:c r="I4" s="0" t="n">
         <x:v>84055</x:v>
       </x:c>
     </x:row>
-    <x:row r="5" spans="1:22">
+    <x:row r="5" spans="1:25">
       <x:c r="A5" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B5" s="0" t="n">
+        <x:v>450849</x:v>
+      </x:c>
+      <x:c r="C5" s="0" t="n">
         <x:v>1165871</x:v>
       </x:c>
-      <x:c r="C5" s="0" t="n">
+      <x:c r="D5" s="0" t="n">
         <x:v>817422</x:v>
       </x:c>
-      <x:c r="D5" s="0" t="n">
+      <x:c r="E5" s="0" t="n">
         <x:v>888399</x:v>
       </x:c>
-      <x:c r="F5" s="0" t="n">
+      <x:c r="G5" s="0" t="n">
         <x:v>817011</x:v>
       </x:c>
-      <x:c r="G5" s="0" t="n">
+      <x:c r="H5" s="0" t="n">
         <x:v>670524</x:v>
       </x:c>
-      <x:c r="H5" s="0" t="n">
+      <x:c r="I5" s="0" t="n">
         <x:v>599802</x:v>
       </x:c>
     </x:row>
-    <x:row r="6" spans="1:22">
+    <x:row r="6" spans="1:25">
       <x:c r="A6" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B6" s="0" t="n">
+        <x:v>13548</x:v>
+      </x:c>
+      <x:c r="C6" s="0" t="n">
         <x:v>19637</x:v>
       </x:c>
-      <x:c r="C6" s="0" t="n">
+      <x:c r="D6" s="0" t="n">
         <x:v>28022</x:v>
       </x:c>
-      <x:c r="D6" s="0" t="n">
+      <x:c r="E6" s="0" t="n">
         <x:v>19637</x:v>
       </x:c>
-      <x:c r="F6" s="0" t="n">
+      <x:c r="G6" s="0" t="n">
         <x:v>28903</x:v>
       </x:c>
-      <x:c r="G6" s="0" t="n">
+      <x:c r="H6" s="0" t="n">
         <x:v>40021</x:v>
       </x:c>
-      <x:c r="H6" s="0" t="n">
+      <x:c r="I6" s="0" t="n">
         <x:v>40353</x:v>
       </x:c>
     </x:row>
-    <x:row r="8" spans="1:22">
+    <x:row r="8" spans="1:25">
       <x:c r="B8" s="2" t="s">
-        <x:v>13</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="C8" s="2" t="s"/>
       <x:c r="D8" s="2" t="s"/>
       <x:c r="E8" s="2" t="s">
-        <x:v>14</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="F8" s="2" t="s"/>
       <x:c r="G8" s="2" t="s"/>
       <x:c r="H8" s="2" t="s">
-        <x:v>15</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="I8" s="2" t="s"/>
       <x:c r="J8" s="2" t="s"/>
       <x:c r="K8" s="2" t="s">
-        <x:v>16</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="L8" s="2" t="s"/>
       <x:c r="M8" s="2" t="s"/>
       <x:c r="N8" s="2" t="s">
-        <x:v>17</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="O8" s="2" t="s"/>
       <x:c r="P8" s="2" t="s"/>
       <x:c r="Q8" s="2" t="s">
-        <x:v>18</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="R8" s="2" t="s"/>
       <x:c r="S8" s="2" t="s"/>
       <x:c r="T8" s="2" t="s">
-        <x:v>19</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="U8" s="2" t="s"/>
       <x:c r="V8" s="2" t="s"/>
-    </x:row>
-    <x:row r="9" spans="1:22">
+      <x:c r="W8" s="2" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="X8" s="2" t="s"/>
+      <x:c r="Y8" s="2" t="s"/>
+    </x:row>
+    <x:row r="9" spans="1:25">
       <x:c r="B9" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="C9" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="D9" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="E9" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F9" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="G9" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H9" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="I9" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="J9" s="2" t="s">
@@ -3508,818 +3786,950 @@
       </x:c>
       <x:c r="O9" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="P9" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q9" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="R9" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="S9" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="T9" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="U9" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="V9" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
-    </x:row>
-    <x:row r="10" spans="1:22">
+      <x:c r="W9" s="2" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="X9" s="2" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="Y9" s="2" t="s">
+        <x:v>23</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="10" spans="1:25">
       <x:c r="A10" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B10" s="0" t="n">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="C10" s="0" t="n">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="D10" s="0" t="n">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="E10" s="0" t="n">
         <x:v>65</x:v>
       </x:c>
-      <x:c r="C10" s="0" t="n">
+      <x:c r="F10" s="0" t="n">
         <x:v>60</x:v>
       </x:c>
-      <x:c r="D10" s="0" t="n">
+      <x:c r="G10" s="0" t="n">
         <x:v>57</x:v>
       </x:c>
-      <x:c r="E10" s="0" t="n">
+      <x:c r="H10" s="0" t="n">
         <x:v>92</x:v>
       </x:c>
-      <x:c r="F10" s="0" t="n">
+      <x:c r="I10" s="0" t="n">
         <x:v>87</x:v>
       </x:c>
-      <x:c r="G10" s="0" t="n">
+      <x:c r="J10" s="0" t="n">
         <x:v>78</x:v>
       </x:c>
-      <x:c r="H10" s="0" t="n">
+      <x:c r="K10" s="0" t="n">
         <x:v>48</x:v>
       </x:c>
-      <x:c r="I10" s="0" t="n">
+      <x:c r="L10" s="0" t="n">
         <x:v>50</x:v>
       </x:c>
-      <x:c r="J10" s="0" t="n">
+      <x:c r="M10" s="0" t="n">
         <x:v>46</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>78</x:v>
       </x:c>
       <x:c r="N10" s="0" t="n">
         <x:v>92</x:v>
       </x:c>
       <x:c r="O10" s="0" t="n">
         <x:v>87</x:v>
       </x:c>
       <x:c r="P10" s="0" t="n">
         <x:v>78</x:v>
       </x:c>
       <x:c r="Q10" s="0" t="n">
+        <x:v>92</x:v>
+      </x:c>
+      <x:c r="R10" s="0" t="n">
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="S10" s="0" t="n">
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="T10" s="0" t="n">
         <x:v>95</x:v>
       </x:c>
-      <x:c r="R10" s="0" t="n">
+      <x:c r="U10" s="0" t="n">
         <x:v>96</x:v>
       </x:c>
-      <x:c r="S10" s="0" t="n">
+      <x:c r="V10" s="0" t="n">
         <x:v>94</x:v>
       </x:c>
-      <x:c r="T10" s="0" t="n">
+      <x:c r="W10" s="0" t="n">
         <x:v>94</x:v>
       </x:c>
-      <x:c r="U10" s="0" t="n">
+      <x:c r="X10" s="0" t="n">
         <x:v>102</x:v>
       </x:c>
-      <x:c r="V10" s="0" t="n">
+      <x:c r="Y10" s="0" t="n">
         <x:v>98</x:v>
       </x:c>
     </x:row>
-    <x:row r="11" spans="1:22">
+    <x:row r="11" spans="1:25">
       <x:c r="A11" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B11" s="0" t="n">
+        <x:v>11</x:v>
+      </x:c>
+      <x:c r="C11" s="0" t="n">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="D11" s="0" t="n">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="E11" s="0" t="n">
         <x:v>17</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>13</x:v>
       </x:c>
       <x:c r="F11" s="0" t="n">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G11" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H11" s="0" t="n">
-        <x:v>17</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="I11" s="0" t="n">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J11" s="0" t="n">
-        <x:v>16</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="K11" s="0" t="n">
-        <x:v>13</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="L11" s="0" t="n">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M11" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="N11" s="0" t="n">
-        <x:v>27</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="O11" s="0" t="n">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P11" s="0" t="n">
-        <x:v>26</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="Q11" s="0" t="n">
-        <x:v>30</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="R11" s="0" t="n">
         <x:v>52</x:v>
       </x:c>
       <x:c r="S11" s="0" t="n">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="T11" s="0" t="n">
         <x:v>30</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>29</x:v>
       </x:c>
       <x:c r="U11" s="0" t="n">
         <x:v>52</x:v>
       </x:c>
       <x:c r="V11" s="0" t="n">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="W11" s="0" t="n">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="X11" s="0" t="n">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="Y11" s="0" t="n">
         <x:v>31</x:v>
       </x:c>
     </x:row>
-    <x:row r="12" spans="1:22">
+    <x:row r="12" spans="1:25">
       <x:c r="A12" s="3" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B12" s="0" t="n">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="C12" s="0" t="n">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D12" s="0" t="n">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c r="E12" s="0" t="n">
         <x:v>14</x:v>
       </x:c>
-      <x:c r="C12" s="0" t="n">
+      <x:c r="F12" s="0" t="n">
         <x:v>15</x:v>
       </x:c>
-      <x:c r="D12" s="0" t="n">
+      <x:c r="G12" s="0" t="n">
         <x:v>15</x:v>
       </x:c>
-      <x:c r="E12" s="0" t="n">
+      <x:c r="H12" s="0" t="n">
         <x:v>19</x:v>
       </x:c>
-      <x:c r="F12" s="0" t="n">
-[...2 lines deleted...]
-      <x:c r="G12" s="0" t="n">
+      <x:c r="I12" s="0" t="n">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J12" s="0" t="n">
         <x:v>19</x:v>
       </x:c>
-      <x:c r="H12" s="0" t="n">
+      <x:c r="K12" s="0" t="n">
         <x:v>14</x:v>
       </x:c>
-      <x:c r="I12" s="0" t="n">
+      <x:c r="L12" s="0" t="n">
         <x:v>15</x:v>
       </x:c>
-      <x:c r="J12" s="0" t="n">
+      <x:c r="M12" s="0" t="n">
         <x:v>15</x:v>
       </x:c>
-      <x:c r="K12" s="0" t="n">
+      <x:c r="N12" s="0" t="n">
         <x:v>19</x:v>
       </x:c>
-      <x:c r="L12" s="0" t="n">
-[...2 lines deleted...]
-      <x:c r="M12" s="0" t="n">
+      <x:c r="O12" s="0" t="n">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="P12" s="0" t="n">
         <x:v>19</x:v>
       </x:c>
-      <x:c r="N12" s="0" t="n">
+      <x:c r="Q12" s="0" t="n">
         <x:v>28</x:v>
       </x:c>
-      <x:c r="O12" s="0" t="n">
+      <x:c r="R12" s="0" t="n">
         <x:v>24</x:v>
       </x:c>
-      <x:c r="P12" s="0" t="n">
+      <x:c r="S12" s="0" t="n">
         <x:v>22</x:v>
       </x:c>
-      <x:c r="Q12" s="0" t="n">
+      <x:c r="T12" s="0" t="n">
         <x:v>27</x:v>
       </x:c>
-      <x:c r="R12" s="0" t="n">
+      <x:c r="U12" s="0" t="n">
         <x:v>25</x:v>
       </x:c>
-      <x:c r="S12" s="0" t="n">
+      <x:c r="V12" s="0" t="n">
         <x:v>26</x:v>
       </x:c>
-      <x:c r="T12" s="0" t="n">
+      <x:c r="W12" s="0" t="n">
         <x:v>33</x:v>
       </x:c>
-      <x:c r="U12" s="0" t="n">
+      <x:c r="X12" s="0" t="n">
         <x:v>32</x:v>
       </x:c>
-      <x:c r="V12" s="0" t="n">
+      <x:c r="Y12" s="0" t="n">
         <x:v>30</x:v>
       </x:c>
     </x:row>
-    <x:row r="13" spans="1:22">
+    <x:row r="13" spans="1:25">
       <x:c r="A13" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B13" s="0" t="n">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C13" s="0" t="n">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="D13" s="0" t="n">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="E13" s="0" t="n">
         <x:v>16</x:v>
       </x:c>
-      <x:c r="C13" s="0" t="n">
+      <x:c r="F13" s="0" t="n">
         <x:v>19</x:v>
       </x:c>
-      <x:c r="D13" s="0" t="n">
+      <x:c r="G13" s="0" t="n">
         <x:v>15</x:v>
       </x:c>
-      <x:c r="E13" s="0" t="n">
+      <x:c r="H13" s="0" t="n">
         <x:v>17</x:v>
       </x:c>
-      <x:c r="F13" s="0" t="n">
+      <x:c r="I13" s="0" t="n">
         <x:v>20</x:v>
       </x:c>
-      <x:c r="G13" s="0" t="n">
+      <x:c r="J13" s="0" t="n">
         <x:v>18</x:v>
       </x:c>
-      <x:c r="H13" s="0" t="n">
+      <x:c r="K13" s="0" t="n">
         <x:v>16</x:v>
       </x:c>
-      <x:c r="I13" s="0" t="n">
+      <x:c r="L13" s="0" t="n">
         <x:v>19</x:v>
       </x:c>
-      <x:c r="J13" s="0" t="n">
+      <x:c r="M13" s="0" t="n">
         <x:v>15</x:v>
       </x:c>
-      <x:c r="K13" s="0" t="n">
+      <x:c r="N13" s="0" t="n">
         <x:v>17</x:v>
       </x:c>
-      <x:c r="L13" s="0" t="n">
+      <x:c r="O13" s="0" t="n">
         <x:v>20</x:v>
       </x:c>
-      <x:c r="M13" s="0" t="n">
+      <x:c r="P13" s="0" t="n">
         <x:v>18</x:v>
       </x:c>
-      <x:c r="N13" s="0" t="n">
+      <x:c r="Q13" s="0" t="n">
         <x:v>38</x:v>
       </x:c>
-      <x:c r="O13" s="0" t="n">
+      <x:c r="R13" s="0" t="n">
         <x:v>32</x:v>
       </x:c>
-      <x:c r="P13" s="0" t="n">
+      <x:c r="S13" s="0" t="n">
         <x:v>30</x:v>
       </x:c>
-      <x:c r="Q13" s="0" t="n">
+      <x:c r="T13" s="0" t="n">
         <x:v>39</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>38</x:v>
       </x:c>
       <x:c r="U13" s="0" t="n">
         <x:v>39</x:v>
       </x:c>
       <x:c r="V13" s="0" t="n">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="W13" s="0" t="n">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="X13" s="0" t="n">
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="Y13" s="0" t="n">
         <x:v>37</x:v>
       </x:c>
     </x:row>
-    <x:row r="14" spans="1:22">
+    <x:row r="14" spans="1:25">
       <x:c r="A14" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
-    </x:row>
-    <x:row r="15" spans="1:22">
+      <x:c r="B14" s="0" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="C14" s="0" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="D14" s="0" t="n">
+        <x:v>0</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="15" spans="1:25">
       <x:c r="A15" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B15" s="0" t="n">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C15" s="0" t="n">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="D15" s="0" t="n">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E15" s="0" t="n">
         <x:v>10</x:v>
       </x:c>
-      <x:c r="C15" s="0" t="n">
+      <x:c r="F15" s="0" t="n">
         <x:v>10</x:v>
       </x:c>
-      <x:c r="D15" s="0" t="n">
+      <x:c r="G15" s="0" t="n">
         <x:v>10</x:v>
       </x:c>
-      <x:c r="E15" s="0" t="n">
+      <x:c r="H15" s="0" t="n">
         <x:v>11</x:v>
       </x:c>
-      <x:c r="F15" s="0" t="n">
+      <x:c r="I15" s="0" t="n">
         <x:v>11</x:v>
       </x:c>
-      <x:c r="G15" s="0" t="n">
+      <x:c r="J15" s="0" t="n">
         <x:v>11</x:v>
       </x:c>
-      <x:c r="H15" s="0" t="n">
+      <x:c r="K15" s="0" t="n">
         <x:v>10</x:v>
       </x:c>
-      <x:c r="I15" s="0" t="n">
+      <x:c r="L15" s="0" t="n">
         <x:v>10</x:v>
       </x:c>
-      <x:c r="J15" s="0" t="n">
+      <x:c r="M15" s="0" t="n">
         <x:v>10</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>11</x:v>
       </x:c>
       <x:c r="Q15" s="0" t="n">
         <x:v>11</x:v>
       </x:c>
       <x:c r="R15" s="0" t="n">
         <x:v>11</x:v>
       </x:c>
       <x:c r="S15" s="0" t="n">
         <x:v>11</x:v>
       </x:c>
       <x:c r="T15" s="0" t="n">
         <x:v>11</x:v>
       </x:c>
       <x:c r="U15" s="0" t="n">
         <x:v>11</x:v>
       </x:c>
       <x:c r="V15" s="0" t="n">
         <x:v>11</x:v>
       </x:c>
-    </x:row>
-    <x:row r="16" spans="1:22">
+      <x:c r="W15" s="0" t="n">
+        <x:v>11</x:v>
+      </x:c>
+      <x:c r="X15" s="0" t="n">
+        <x:v>11</x:v>
+      </x:c>
+      <x:c r="Y15" s="0" t="n">
+        <x:v>11</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="16" spans="1:25">
       <x:c r="A16" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B16" s="0" t="n">
+        <x:v>116</x:v>
+      </x:c>
+      <x:c r="C16" s="0" t="n">
+        <x:v>116</x:v>
+      </x:c>
+      <x:c r="D16" s="0" t="n">
+        <x:v>116</x:v>
+      </x:c>
+      <x:c r="E16" s="0" t="n">
         <x:v>203</x:v>
       </x:c>
-      <x:c r="C16" s="0" t="n">
+      <x:c r="F16" s="0" t="n">
         <x:v>203</x:v>
       </x:c>
-      <x:c r="D16" s="0" t="n">
+      <x:c r="G16" s="0" t="n">
         <x:v>203</x:v>
       </x:c>
-      <x:c r="E16" s="0" t="n">
+      <x:c r="H16" s="0" t="n">
         <x:v>230</x:v>
       </x:c>
-      <x:c r="F16" s="0" t="n">
+      <x:c r="I16" s="0" t="n">
         <x:v>230</x:v>
       </x:c>
-      <x:c r="G16" s="0" t="n">
+      <x:c r="J16" s="0" t="n">
         <x:v>230</x:v>
       </x:c>
-      <x:c r="H16" s="0" t="n">
+      <x:c r="K16" s="0" t="n">
         <x:v>218</x:v>
       </x:c>
-      <x:c r="I16" s="0" t="n">
+      <x:c r="L16" s="0" t="n">
         <x:v>218</x:v>
       </x:c>
-      <x:c r="J16" s="0" t="n">
+      <x:c r="M16" s="0" t="n">
         <x:v>218</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>230</x:v>
       </x:c>
       <x:c r="Q16" s="0" t="n">
         <x:v>230</x:v>
       </x:c>
       <x:c r="R16" s="0" t="n">
         <x:v>230</x:v>
       </x:c>
       <x:c r="S16" s="0" t="n">
         <x:v>230</x:v>
       </x:c>
       <x:c r="T16" s="0" t="n">
         <x:v>230</x:v>
       </x:c>
       <x:c r="U16" s="0" t="n">
         <x:v>230</x:v>
       </x:c>
       <x:c r="V16" s="0" t="n">
         <x:v>230</x:v>
       </x:c>
-    </x:row>
-    <x:row r="17" spans="1:22">
+      <x:c r="W16" s="0" t="n">
+        <x:v>230</x:v>
+      </x:c>
+      <x:c r="X16" s="0" t="n">
+        <x:v>230</x:v>
+      </x:c>
+      <x:c r="Y16" s="0" t="n">
+        <x:v>230</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="17" spans="1:25">
       <x:c r="A17" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
-    <x:row r="18" spans="1:22">
+    <x:row r="18" spans="1:25">
       <x:c r="A18" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
-    <x:row r="19" spans="1:22">
+    <x:row r="19" spans="1:25">
       <x:c r="A19" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
-    <x:row r="20" spans="1:22">
+    <x:row r="20" spans="1:25">
       <x:c r="A20" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B20" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C20" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D20" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="E20" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="F20" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="G20" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="H20" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="I20" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="J20" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
-      <x:c r="N20" s="0" t="n">
-[...5 lines deleted...]
-      <x:c r="P20" s="0" t="n">
+      <x:c r="K20" s="0" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="L20" s="0" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="M20" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="Q20" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="R20" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="S20" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="T20" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="U20" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="V20" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
-    </x:row>
-    <x:row r="21" spans="1:22">
+      <x:c r="W20" s="0" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="X20" s="0" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="Y20" s="0" t="n">
+        <x:v>2</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="21" spans="1:25">
       <x:c r="A21" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B21" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>0.29</x:v>
       </x:c>
       <x:c r="C21" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>0.31</x:v>
       </x:c>
       <x:c r="D21" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>0.28</x:v>
       </x:c>
       <x:c r="E21" s="0" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F21" s="0" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="G21" s="0" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H21" s="0" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I21" s="0" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="J21" s="0" t="n">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="N21" s="0" t="n">
-[...5 lines deleted...]
-      <x:c r="P21" s="0" t="n">
+      <x:c r="K21" s="0" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="L21" s="0" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="M21" s="0" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="Q21" s="0" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="R21" s="0" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="S21" s="0" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="T21" s="0" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="U21" s="0" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="V21" s="0" t="n">
         <x:v>1</x:v>
       </x:c>
-    </x:row>
-    <x:row r="22" spans="1:22">
+      <x:c r="W21" s="0" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="X21" s="0" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="Y21" s="0" t="n">
+        <x:v>1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="22" spans="1:25">
       <x:c r="A22" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B22" s="0" t="n">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="C22" s="0" t="n">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="D22" s="0" t="n">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="E22" s="0" t="n">
         <x:v>27</x:v>
       </x:c>
-      <x:c r="C22" s="0" t="n">
+      <x:c r="F22" s="0" t="n">
         <x:v>29</x:v>
       </x:c>
-      <x:c r="D22" s="0" t="n">
+      <x:c r="G22" s="0" t="n">
         <x:v>28</x:v>
       </x:c>
-      <x:c r="E22" s="0" t="n">
+      <x:c r="H22" s="0" t="n">
         <x:v>45</x:v>
       </x:c>
-      <x:c r="F22" s="0" t="n">
+      <x:c r="I22" s="0" t="n">
         <x:v>45</x:v>
       </x:c>
-      <x:c r="G22" s="0" t="n">
+      <x:c r="J22" s="0" t="n">
         <x:v>45</x:v>
       </x:c>
-      <x:c r="H22" s="0" t="n">
+      <x:c r="K22" s="0" t="n">
         <x:v>40</x:v>
       </x:c>
-      <x:c r="I22" s="0" t="n">
+      <x:c r="L22" s="0" t="n">
         <x:v>40</x:v>
       </x:c>
-      <x:c r="J22" s="0" t="n">
+      <x:c r="M22" s="0" t="n">
         <x:v>40</x:v>
       </x:c>
-      <x:c r="N22" s="0" t="n">
+      <x:c r="Q22" s="0" t="n">
         <x:v>39</x:v>
       </x:c>
-      <x:c r="O22" s="0" t="n">
+      <x:c r="R22" s="0" t="n">
         <x:v>40</x:v>
       </x:c>
-      <x:c r="P22" s="0" t="n">
+      <x:c r="S22" s="0" t="n">
         <x:v>39</x:v>
       </x:c>
-      <x:c r="Q22" s="0" t="n">
+      <x:c r="T22" s="0" t="n">
         <x:v>35</x:v>
       </x:c>
-      <x:c r="R22" s="0" t="n">
+      <x:c r="U22" s="0" t="n">
         <x:v>36</x:v>
       </x:c>
-      <x:c r="S22" s="0" t="n">
+      <x:c r="V22" s="0" t="n">
         <x:v>36</x:v>
       </x:c>
-      <x:c r="T22" s="0" t="n">
+      <x:c r="W22" s="0" t="n">
         <x:v>27</x:v>
       </x:c>
-      <x:c r="U22" s="0" t="n">
+      <x:c r="X22" s="0" t="n">
         <x:v>28</x:v>
       </x:c>
-      <x:c r="V22" s="0" t="n">
+      <x:c r="Y22" s="0" t="n">
         <x:v>28</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
-  <x:mergeCells count="8">
+  <x:mergeCells count="9">
     <x:mergeCell ref="A1:O1"/>
     <x:mergeCell ref="B8:D8"/>
     <x:mergeCell ref="E8:G8"/>
     <x:mergeCell ref="H8:J8"/>
     <x:mergeCell ref="K8:M8"/>
     <x:mergeCell ref="N8:P8"/>
     <x:mergeCell ref="Q8:S8"/>
     <x:mergeCell ref="T8:V8"/>
+    <x:mergeCell ref="W8:Y8"/>
   </x:mergeCells>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:S22"/>
+  <x:dimension ref="A1:Y22"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="54.790625" style="0" customWidth="1"/>
-    <x:col min="2" max="7" width="11.920625" style="0" customWidth="1"/>
-[...1 lines deleted...]
-    <x:col min="9" max="9" width="9.610625" style="0" customWidth="1"/>
+    <x:col min="2" max="9" width="11.920625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.230625" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="10.000625" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="9.610625" style="0" customWidth="1"/>
     <x:col min="13" max="13" width="8.230625" style="0" customWidth="1"/>
     <x:col min="14" max="14" width="10.000625" style="0" customWidth="1"/>
     <x:col min="15" max="15" width="9.610625" style="0" customWidth="1"/>
     <x:col min="16" max="16" width="8.230625" style="0" customWidth="1"/>
     <x:col min="17" max="17" width="10.000625" style="0" customWidth="1"/>
     <x:col min="18" max="18" width="9.610625" style="0" customWidth="1"/>
     <x:col min="19" max="19" width="8.230625" style="0" customWidth="1"/>
+    <x:col min="20" max="20" width="10.000625" style="0" customWidth="1"/>
+    <x:col min="21" max="21" width="9.610625" style="0" customWidth="1"/>
+    <x:col min="22" max="22" width="8.230625" style="0" customWidth="1"/>
+    <x:col min="23" max="23" width="10.000625" style="0" customWidth="1"/>
+    <x:col min="24" max="24" width="9.610625" style="0" customWidth="1"/>
+    <x:col min="25" max="25" width="8.230625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
-    <x:row r="1" spans="1:19">
+    <x:row r="1" spans="1:25">
       <x:c r="A1" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="B1" s="1" t="s"/>
       <x:c r="C1" s="1" t="s"/>
       <x:c r="D1" s="1" t="s"/>
       <x:c r="E1" s="1" t="s"/>
       <x:c r="F1" s="1" t="s"/>
       <x:c r="G1" s="1" t="s"/>
       <x:c r="H1" s="1" t="s"/>
       <x:c r="I1" s="1" t="s"/>
       <x:c r="J1" s="1" t="s"/>
       <x:c r="K1" s="1" t="s"/>
       <x:c r="L1" s="1" t="s"/>
       <x:c r="M1" s="1" t="s"/>
       <x:c r="N1" s="1" t="s"/>
       <x:c r="O1" s="1" t="s"/>
     </x:row>
-    <x:row r="2" spans="1:19">
+    <x:row r="2" spans="1:25">
       <x:c r="B2" s="2" t="s">
-        <x:v>2</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="C2" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="D2" s="2" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="E2" s="2" t="s">
         <x:v>3</x:v>
       </x:c>
-      <x:c r="D2" s="2" t="s">
+      <x:c r="F2" s="2" t="s">
         <x:v>4</x:v>
       </x:c>
-      <x:c r="E2" s="2" t="s">
+      <x:c r="G2" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
-      <x:c r="F2" s="2" t="s">
+      <x:c r="H2" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
-      <x:c r="G2" s="2" t="s">
+      <x:c r="I2" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
     </x:row>
-    <x:row r="3" spans="1:19">
+    <x:row r="3" spans="1:25">
       <x:c r="A3" s="3" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B3" s="0" t="n">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="D3" s="0" t="n">
         <x:v>1725</x:v>
       </x:c>
-      <x:c r="C3" s="0" t="n">
+      <x:c r="E3" s="0" t="n">
         <x:v>1725</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>1723</x:v>
       </x:c>
       <x:c r="G3" s="0" t="n">
         <x:v>1723</x:v>
       </x:c>
-    </x:row>
-    <x:row r="4" spans="1:19">
+      <x:c r="I3" s="0" t="n">
+        <x:v>1723</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4" spans="1:25">
       <x:c r="A4" s="3" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B4" s="0" t="n">
+        <x:v>279</x:v>
+      </x:c>
+      <x:c r="D4" s="0" t="n">
         <x:v>33164</x:v>
       </x:c>
-      <x:c r="C4" s="0" t="n">
+      <x:c r="E4" s="0" t="n">
         <x:v>33164</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>33128</x:v>
       </x:c>
       <x:c r="G4" s="0" t="n">
         <x:v>33128</x:v>
       </x:c>
-    </x:row>
-    <x:row r="5" spans="1:19">
+      <x:c r="I4" s="0" t="n">
+        <x:v>33128</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5" spans="1:25">
       <x:c r="A5" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B5" s="0" t="n">
+        <x:v>2892</x:v>
+      </x:c>
+      <x:c r="D5" s="0" t="n">
         <x:v>354883</x:v>
       </x:c>
-      <x:c r="E5" s="0" t="n">
+      <x:c r="G5" s="0" t="n">
         <x:v>354293</x:v>
       </x:c>
-      <x:c r="G5" s="0" t="n">
+      <x:c r="I5" s="0" t="n">
         <x:v>261268</x:v>
       </x:c>
     </x:row>
-    <x:row r="6" spans="1:19">
+    <x:row r="6" spans="1:25">
       <x:c r="A6" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B6" s="0" t="n">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="D6" s="0" t="n">
         <x:v>16553</x:v>
       </x:c>
-      <x:c r="E6" s="0" t="n">
+      <x:c r="G6" s="0" t="n">
         <x:v>4836</x:v>
       </x:c>
-      <x:c r="G6" s="0" t="n">
+      <x:c r="I6" s="0" t="n">
         <x:v>18159</x:v>
       </x:c>
     </x:row>
-    <x:row r="8" spans="1:19">
+    <x:row r="8" spans="1:25">
       <x:c r="B8" s="2" t="s">
-        <x:v>14</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="C8" s="2" t="s"/>
       <x:c r="D8" s="2" t="s"/>
       <x:c r="E8" s="2" t="s">
-        <x:v>15</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="F8" s="2" t="s"/>
       <x:c r="G8" s="2" t="s"/>
       <x:c r="H8" s="2" t="s">
-        <x:v>16</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="I8" s="2" t="s"/>
       <x:c r="J8" s="2" t="s"/>
       <x:c r="K8" s="2" t="s">
-        <x:v>17</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="L8" s="2" t="s"/>
       <x:c r="M8" s="2" t="s"/>
       <x:c r="N8" s="2" t="s">
-        <x:v>18</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="O8" s="2" t="s"/>
       <x:c r="P8" s="2" t="s"/>
       <x:c r="Q8" s="2" t="s">
-        <x:v>19</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="R8" s="2" t="s"/>
       <x:c r="S8" s="2" t="s"/>
-    </x:row>
-    <x:row r="9" spans="1:19">
+      <x:c r="T8" s="2" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="U8" s="2" t="s"/>
+      <x:c r="V8" s="2" t="s"/>
+      <x:c r="W8" s="2" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="X8" s="2" t="s"/>
+      <x:c r="Y8" s="2" t="s"/>
+    </x:row>
+    <x:row r="9" spans="1:25">
       <x:c r="B9" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="C9" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="D9" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="E9" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F9" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="G9" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H9" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="I9" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="J9" s="2" t="s">
@@ -4330,578 +4740,683 @@
       </x:c>
       <x:c r="L9" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="M9" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="N9" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="O9" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="P9" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q9" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="R9" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="S9" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
-    </x:row>
-    <x:row r="10" spans="1:19">
+      <x:c r="T9" s="2" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="U9" s="2" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="V9" s="2" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="W9" s="2" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="X9" s="2" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="Y9" s="2" t="s">
+        <x:v>23</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="10" spans="1:25">
       <x:c r="A10" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B10" s="0" t="n">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C10" s="0" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="D10" s="0" t="n">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c r="H10" s="0" t="n">
         <x:v>39</x:v>
       </x:c>
-      <x:c r="C10" s="0" t="n">
+      <x:c r="I10" s="0" t="n">
         <x:v>49</x:v>
       </x:c>
-      <x:c r="D10" s="0" t="n">
-[...8 lines deleted...]
-      <x:c r="G10" s="0" t="n">
+      <x:c r="J10" s="0" t="n">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K10" s="0" t="n">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L10" s="0" t="n">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M10" s="0" t="n">
         <x:v>36</x:v>
       </x:c>
       <x:c r="Q10" s="0" t="n">
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="R10" s="0" t="n">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="S10" s="0" t="n">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="W10" s="0" t="n">
         <x:v>40</x:v>
       </x:c>
-      <x:c r="R10" s="0" t="n">
+      <x:c r="X10" s="0" t="n">
         <x:v>54</x:v>
       </x:c>
-      <x:c r="S10" s="0" t="n">
+      <x:c r="Y10" s="0" t="n">
         <x:v>47</x:v>
       </x:c>
     </x:row>
-    <x:row r="11" spans="1:19">
+    <x:row r="11" spans="1:25">
       <x:c r="A11" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
     </x:row>
-    <x:row r="12" spans="1:19">
+    <x:row r="12" spans="1:25">
       <x:c r="A12" s="3" t="s">
         <x:v>26</x:v>
       </x:c>
     </x:row>
-    <x:row r="13" spans="1:19">
+    <x:row r="13" spans="1:25">
       <x:c r="A13" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
     </x:row>
-    <x:row r="14" spans="1:19">
+    <x:row r="14" spans="1:25">
       <x:c r="A14" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B14" s="0" t="n">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C14" s="0" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="D14" s="0" t="n">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c r="H14" s="0" t="n">
         <x:v>20</x:v>
       </x:c>
-      <x:c r="C14" s="0" t="n">
+      <x:c r="I14" s="0" t="n">
         <x:v>5</x:v>
       </x:c>
-      <x:c r="D14" s="0" t="n">
-[...8 lines deleted...]
-      <x:c r="G14" s="0" t="n">
+      <x:c r="J14" s="0" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="K14" s="0" t="n">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L14" s="0" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="M14" s="0" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="Q14" s="0" t="n">
-        <x:v>16</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="R14" s="0" t="n">
-        <x:v>4</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="S14" s="0" t="n">
         <x:v>4</x:v>
       </x:c>
-    </x:row>
-    <x:row r="15" spans="1:19">
+      <x:c r="W14" s="0" t="n">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="X14" s="0" t="n">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="Y14" s="0" t="n">
+        <x:v>4</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="15" spans="1:25">
       <x:c r="A15" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B15" s="0" t="n">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C15" s="0" t="n">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="D15" s="0" t="n">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="H15" s="0" t="n">
         <x:v>5</x:v>
       </x:c>
-      <x:c r="C15" s="0" t="n">
+      <x:c r="I15" s="0" t="n">
         <x:v>5</x:v>
       </x:c>
-      <x:c r="D15" s="0" t="n">
-[...8 lines deleted...]
-      <x:c r="G15" s="0" t="n">
+      <x:c r="J15" s="0" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="K15" s="0" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="L15" s="0" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="M15" s="0" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="Q15" s="0" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="R15" s="0" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="S15" s="0" t="n">
         <x:v>5</x:v>
       </x:c>
-    </x:row>
-    <x:row r="16" spans="1:19">
+      <x:c r="W15" s="0" t="n">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c r="X15" s="0" t="n">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c r="Y15" s="0" t="n">
+        <x:v>5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="16" spans="1:25">
       <x:c r="A16" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B16" s="0" t="n">
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="C16" s="0" t="n">
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="D16" s="0" t="n">
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="H16" s="0" t="n">
         <x:v>91</x:v>
       </x:c>
-      <x:c r="C16" s="0" t="n">
+      <x:c r="I16" s="0" t="n">
         <x:v>91</x:v>
       </x:c>
-      <x:c r="D16" s="0" t="n">
-[...8 lines deleted...]
-      <x:c r="G16" s="0" t="n">
+      <x:c r="J16" s="0" t="n">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K16" s="0" t="n">
         <x:v>91</x:v>
       </x:c>
       <x:c r="L16" s="0" t="n">
         <x:v>91</x:v>
       </x:c>
       <x:c r="M16" s="0" t="n">
         <x:v>91</x:v>
       </x:c>
       <x:c r="Q16" s="0" t="n">
         <x:v>91</x:v>
       </x:c>
       <x:c r="R16" s="0" t="n">
         <x:v>91</x:v>
       </x:c>
       <x:c r="S16" s="0" t="n">
         <x:v>91</x:v>
       </x:c>
-    </x:row>
-    <x:row r="17" spans="1:19">
+      <x:c r="W16" s="0" t="n">
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="X16" s="0" t="n">
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="Y16" s="0" t="n">
+        <x:v>91</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="17" spans="1:25">
       <x:c r="A17" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
-    <x:row r="18" spans="1:19">
+    <x:row r="18" spans="1:25">
       <x:c r="A18" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
-    <x:row r="19" spans="1:19">
+    <x:row r="19" spans="1:25">
       <x:c r="A19" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
-    <x:row r="20" spans="1:19">
+    <x:row r="20" spans="1:25">
       <x:c r="A20" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B20" s="0" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C20" s="0" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D20" s="0" t="n">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="E20" s="0" t="n">
-[...5 lines deleted...]
-      <x:c r="G20" s="0" t="n">
+      <x:c r="H20" s="0" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I20" s="0" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="J20" s="0" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="K20" s="0" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="L20" s="0" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="M20" s="0" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="Q20" s="0" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="R20" s="0" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="S20" s="0" t="n">
         <x:v>1</x:v>
       </x:c>
-    </x:row>
-    <x:row r="21" spans="1:19">
+      <x:c r="W20" s="0" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="X20" s="0" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="Y20" s="0" t="n">
+        <x:v>1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="21" spans="1:25">
       <x:c r="A21" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B21" s="0" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="C21" s="0" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="D21" s="0" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="H21" s="0" t="n">
         <x:v>0.63</x:v>
       </x:c>
-      <x:c r="C21" s="0" t="n">
+      <x:c r="I21" s="0" t="n">
         <x:v>0.63</x:v>
       </x:c>
-      <x:c r="D21" s="0" t="n">
-[...8 lines deleted...]
-      <x:c r="G21" s="0" t="n">
+      <x:c r="J21" s="0" t="n">
         <x:v>0.63</x:v>
       </x:c>
       <x:c r="K21" s="0" t="n">
         <x:v>0.63</x:v>
       </x:c>
       <x:c r="L21" s="0" t="n">
         <x:v>0.63</x:v>
       </x:c>
       <x:c r="M21" s="0" t="n">
         <x:v>0.63</x:v>
       </x:c>
       <x:c r="Q21" s="0" t="n">
         <x:v>0.63</x:v>
       </x:c>
       <x:c r="R21" s="0" t="n">
         <x:v>0.63</x:v>
       </x:c>
       <x:c r="S21" s="0" t="n">
         <x:v>0.63</x:v>
       </x:c>
-    </x:row>
-    <x:row r="22" spans="1:19">
+      <x:c r="W21" s="0" t="n">
+        <x:v>0.63</x:v>
+      </x:c>
+      <x:c r="X21" s="0" t="n">
+        <x:v>0.63</x:v>
+      </x:c>
+      <x:c r="Y21" s="0" t="n">
+        <x:v>0.63</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="22" spans="1:25">
       <x:c r="A22" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B22" s="0" t="n">
-        <x:v>21</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="C22" s="0" t="n">
-        <x:v>21</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="D22" s="0" t="n">
-        <x:v>21</x:v>
-[...7 lines deleted...]
-      <x:c r="G22" s="0" t="n">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="H22" s="0" t="n">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="I22" s="0" t="n">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J22" s="0" t="n">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K22" s="0" t="n">
         <x:v>21</x:v>
       </x:c>
       <x:c r="L22" s="0" t="n">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M22" s="0" t="n">
         <x:v>21</x:v>
       </x:c>
       <x:c r="Q22" s="0" t="n">
         <x:v>21</x:v>
       </x:c>
       <x:c r="R22" s="0" t="n">
         <x:v>21</x:v>
       </x:c>
       <x:c r="S22" s="0" t="n">
         <x:v>21</x:v>
       </x:c>
+      <x:c r="W22" s="0" t="n">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="X22" s="0" t="n">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="Y22" s="0" t="n">
+        <x:v>21</x:v>
+      </x:c>
     </x:row>
   </x:sheetData>
-  <x:mergeCells count="7">
+  <x:mergeCells count="9">
     <x:mergeCell ref="A1:O1"/>
     <x:mergeCell ref="B8:D8"/>
     <x:mergeCell ref="E8:G8"/>
     <x:mergeCell ref="H8:J8"/>
     <x:mergeCell ref="K8:M8"/>
     <x:mergeCell ref="N8:P8"/>
     <x:mergeCell ref="Q8:S8"/>
+    <x:mergeCell ref="T8:V8"/>
+    <x:mergeCell ref="W8:Y8"/>
   </x:mergeCells>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet14.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:V22"/>
+  <x:dimension ref="A1:Y22"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="54.790625" style="0" customWidth="1"/>
-    <x:col min="2" max="8" width="11.920625" style="0" customWidth="1"/>
-    <x:col min="9" max="9" width="9.610625" style="0" customWidth="1"/>
+    <x:col min="2" max="9" width="11.920625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.230625" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="10.000625" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="9.610625" style="0" customWidth="1"/>
     <x:col min="13" max="13" width="8.230625" style="0" customWidth="1"/>
     <x:col min="14" max="14" width="10.000625" style="0" customWidth="1"/>
     <x:col min="15" max="15" width="9.610625" style="0" customWidth="1"/>
     <x:col min="16" max="16" width="8.230625" style="0" customWidth="1"/>
     <x:col min="17" max="17" width="10.000625" style="0" customWidth="1"/>
     <x:col min="18" max="18" width="9.610625" style="0" customWidth="1"/>
     <x:col min="19" max="19" width="8.230625" style="0" customWidth="1"/>
     <x:col min="20" max="20" width="10.000625" style="0" customWidth="1"/>
     <x:col min="21" max="21" width="9.610625" style="0" customWidth="1"/>
     <x:col min="22" max="22" width="8.230625" style="0" customWidth="1"/>
+    <x:col min="23" max="23" width="10.000625" style="0" customWidth="1"/>
+    <x:col min="24" max="24" width="9.610625" style="0" customWidth="1"/>
+    <x:col min="25" max="25" width="8.230625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
-    <x:row r="1" spans="1:22">
+    <x:row r="1" spans="1:25">
       <x:c r="A1" s="1" t="s">
-        <x:v>49</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="B1" s="1" t="s"/>
       <x:c r="C1" s="1" t="s"/>
       <x:c r="D1" s="1" t="s"/>
       <x:c r="E1" s="1" t="s"/>
       <x:c r="F1" s="1" t="s"/>
       <x:c r="G1" s="1" t="s"/>
       <x:c r="H1" s="1" t="s"/>
       <x:c r="I1" s="1" t="s"/>
       <x:c r="J1" s="1" t="s"/>
       <x:c r="K1" s="1" t="s"/>
       <x:c r="L1" s="1" t="s"/>
       <x:c r="M1" s="1" t="s"/>
       <x:c r="N1" s="1" t="s"/>
       <x:c r="O1" s="1" t="s"/>
     </x:row>
-    <x:row r="2" spans="1:22">
+    <x:row r="2" spans="1:25">
       <x:c r="B2" s="2" t="s">
-        <x:v>1</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="C2" s="2" t="s">
-        <x:v>2</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="D2" s="2" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="E2" s="2" t="s">
         <x:v>3</x:v>
       </x:c>
-      <x:c r="E2" s="2" t="s">
+      <x:c r="F2" s="2" t="s">
         <x:v>4</x:v>
       </x:c>
-      <x:c r="F2" s="2" t="s">
+      <x:c r="G2" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
-      <x:c r="G2" s="2" t="s">
+      <x:c r="H2" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
-      <x:c r="H2" s="2" t="s">
+      <x:c r="I2" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
     </x:row>
-    <x:row r="3" spans="1:22">
+    <x:row r="3" spans="1:25">
       <x:c r="A3" s="3" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B3" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="C3" s="0" t="n">
-        <x:v>4621</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="D3" s="0" t="n">
         <x:v>4621</x:v>
       </x:c>
-      <x:c r="F3" s="0" t="n">
-        <x:v>4643</x:v>
+      <x:c r="E3" s="0" t="n">
+        <x:v>4621</x:v>
       </x:c>
       <x:c r="G3" s="0" t="n">
         <x:v>4643</x:v>
       </x:c>
       <x:c r="H3" s="0" t="n">
         <x:v>4643</x:v>
       </x:c>
-    </x:row>
-    <x:row r="4" spans="1:22">
+      <x:c r="I3" s="0" t="n">
+        <x:v>4643</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4" spans="1:25">
       <x:c r="A4" s="3" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B4" s="0" t="n">
+        <x:v>760</x:v>
+      </x:c>
+      <x:c r="C4" s="0" t="n">
         <x:v>41</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>65843</x:v>
       </x:c>
       <x:c r="D4" s="0" t="n">
         <x:v>65843</x:v>
       </x:c>
-      <x:c r="F4" s="0" t="n">
-        <x:v>65270</x:v>
+      <x:c r="E4" s="0" t="n">
+        <x:v>65843</x:v>
       </x:c>
       <x:c r="G4" s="0" t="n">
         <x:v>65270</x:v>
       </x:c>
       <x:c r="H4" s="0" t="n">
         <x:v>65270</x:v>
       </x:c>
-    </x:row>
-    <x:row r="5" spans="1:22">
+      <x:c r="I4" s="0" t="n">
+        <x:v>65270</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5" spans="1:25">
       <x:c r="A5" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B5" s="0" t="n">
+        <x:v>8263</x:v>
+      </x:c>
+      <x:c r="C5" s="0" t="n">
         <x:v>459</x:v>
       </x:c>
-      <x:c r="C5" s="0" t="n">
+      <x:c r="D5" s="0" t="n">
         <x:v>950849</x:v>
       </x:c>
-      <x:c r="F5" s="0" t="n">
+      <x:c r="G5" s="0" t="n">
         <x:v>954895</x:v>
       </x:c>
-      <x:c r="G5" s="0" t="n">
+      <x:c r="H5" s="0" t="n">
         <x:v>788965</x:v>
       </x:c>
-      <x:c r="H5" s="0" t="n">
+      <x:c r="I5" s="0" t="n">
         <x:v>704173</x:v>
       </x:c>
     </x:row>
-    <x:row r="6" spans="1:22">
+    <x:row r="6" spans="1:25">
       <x:c r="A6" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
-      <x:c r="C6" s="0" t="n">
+      <x:c r="B6" s="0" t="n">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="D6" s="0" t="n">
         <x:v>22183</x:v>
       </x:c>
-      <x:c r="F6" s="0" t="n">
+      <x:c r="G6" s="0" t="n">
         <x:v>12115</x:v>
       </x:c>
-      <x:c r="G6" s="0" t="n">
+      <x:c r="H6" s="0" t="n">
         <x:v>21896</x:v>
       </x:c>
-      <x:c r="H6" s="0" t="n">
+      <x:c r="I6" s="0" t="n">
         <x:v>29164</x:v>
       </x:c>
     </x:row>
-    <x:row r="8" spans="1:22">
+    <x:row r="8" spans="1:25">
       <x:c r="B8" s="2" t="s">
-        <x:v>13</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="C8" s="2" t="s"/>
       <x:c r="D8" s="2" t="s"/>
       <x:c r="E8" s="2" t="s">
-        <x:v>14</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="F8" s="2" t="s"/>
       <x:c r="G8" s="2" t="s"/>
       <x:c r="H8" s="2" t="s">
-        <x:v>15</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="I8" s="2" t="s"/>
       <x:c r="J8" s="2" t="s"/>
       <x:c r="K8" s="2" t="s">
-        <x:v>16</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="L8" s="2" t="s"/>
       <x:c r="M8" s="2" t="s"/>
       <x:c r="N8" s="2" t="s">
-        <x:v>17</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="O8" s="2" t="s"/>
       <x:c r="P8" s="2" t="s"/>
       <x:c r="Q8" s="2" t="s">
-        <x:v>18</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="R8" s="2" t="s"/>
       <x:c r="S8" s="2" t="s"/>
       <x:c r="T8" s="2" t="s">
-        <x:v>19</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="U8" s="2" t="s"/>
       <x:c r="V8" s="2" t="s"/>
-    </x:row>
-    <x:row r="9" spans="1:22">
+      <x:c r="W8" s="2" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="X8" s="2" t="s"/>
+      <x:c r="Y8" s="2" t="s"/>
+    </x:row>
+    <x:row r="9" spans="1:25">
       <x:c r="B9" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="C9" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="D9" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="E9" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F9" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="G9" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H9" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="I9" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="J9" s="2" t="s">
@@ -4921,485 +5436,585 @@
       </x:c>
       <x:c r="O9" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="P9" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q9" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="R9" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="S9" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="T9" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="U9" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="V9" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
-    </x:row>
-    <x:row r="10" spans="1:22">
+      <x:c r="W9" s="2" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="X9" s="2" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="Y9" s="2" t="s">
+        <x:v>23</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="10" spans="1:25">
       <x:c r="A10" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B10" s="0" t="n">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C10" s="0" t="n">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="D10" s="0" t="n">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c r="E10" s="0" t="n">
         <x:v>129</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>53</x:v>
       </x:c>
       <x:c r="H10" s="0" t="n">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I10" s="0" t="n">
         <x:v>64</x:v>
       </x:c>
       <x:c r="J10" s="0" t="n">
         <x:v>53</x:v>
       </x:c>
-      <x:c r="N10" s="0" t="n">
+      <x:c r="K10" s="0" t="n">
         <x:v>52</x:v>
       </x:c>
-      <x:c r="O10" s="0" t="n">
+      <x:c r="L10" s="0" t="n">
         <x:v>64</x:v>
       </x:c>
-      <x:c r="P10" s="0" t="n">
+      <x:c r="M10" s="0" t="n">
         <x:v>53</x:v>
       </x:c>
       <x:c r="Q10" s="0" t="n">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="R10" s="0" t="n">
+        <x:v>64</x:v>
+      </x:c>
+      <x:c r="S10" s="0" t="n">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="T10" s="0" t="n">
         <x:v>49</x:v>
       </x:c>
-      <x:c r="R10" s="0" t="n">
+      <x:c r="U10" s="0" t="n">
         <x:v>65</x:v>
       </x:c>
-      <x:c r="S10" s="0" t="n">
+      <x:c r="V10" s="0" t="n">
         <x:v>57</x:v>
       </x:c>
-      <x:c r="T10" s="0" t="n">
+      <x:c r="W10" s="0" t="n">
         <x:v>65</x:v>
       </x:c>
-      <x:c r="U10" s="0" t="n">
+      <x:c r="X10" s="0" t="n">
         <x:v>85</x:v>
       </x:c>
-      <x:c r="V10" s="0" t="n">
+      <x:c r="Y10" s="0" t="n">
         <x:v>79</x:v>
       </x:c>
     </x:row>
-    <x:row r="11" spans="1:22">
+    <x:row r="11" spans="1:25">
       <x:c r="A11" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
-    </x:row>
-    <x:row r="12" spans="1:22">
+      <x:c r="B11" s="0" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="C11" s="0" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="D11" s="0" t="n">
+        <x:v>0</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="12" spans="1:25">
       <x:c r="A12" s="3" t="s">
         <x:v>26</x:v>
       </x:c>
-    </x:row>
-    <x:row r="13" spans="1:22">
+      <x:c r="B12" s="0" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="C12" s="0" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="D12" s="0" t="n">
+        <x:v>0</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="13" spans="1:25">
       <x:c r="A13" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
-    </x:row>
-    <x:row r="14" spans="1:22">
+      <x:c r="B13" s="0" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="C13" s="0" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="D13" s="0" t="n">
+        <x:v>0</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="14" spans="1:25">
       <x:c r="A14" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
-      <x:c r="E14" s="0" t="n">
-[...6 lines deleted...]
-        <x:v>6</x:v>
+      <x:c r="B14" s="0" t="n">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C14" s="0" t="n">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="D14" s="0" t="n">
+        <x:v>5</x:v>
       </x:c>
       <x:c r="H14" s="0" t="n">
         <x:v>27</x:v>
       </x:c>
       <x:c r="I14" s="0" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="J14" s="0" t="n">
         <x:v>6</x:v>
       </x:c>
-      <x:c r="N14" s="0" t="n">
+      <x:c r="K14" s="0" t="n">
         <x:v>27</x:v>
       </x:c>
-      <x:c r="O14" s="0" t="n">
+      <x:c r="L14" s="0" t="n">
         <x:v>7</x:v>
       </x:c>
-      <x:c r="P14" s="0" t="n">
+      <x:c r="M14" s="0" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="Q14" s="0" t="n">
         <x:v>27</x:v>
       </x:c>
       <x:c r="R14" s="0" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="S14" s="0" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="T14" s="0" t="n">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="U14" s="0" t="n">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c r="V14" s="0" t="n">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="W14" s="0" t="n">
         <x:v>36</x:v>
       </x:c>
-      <x:c r="U14" s="0" t="n">
+      <x:c r="X14" s="0" t="n">
         <x:v>10</x:v>
       </x:c>
-      <x:c r="V14" s="0" t="n">
+      <x:c r="Y14" s="0" t="n">
         <x:v>9</x:v>
       </x:c>
     </x:row>
-    <x:row r="15" spans="1:22">
+    <x:row r="15" spans="1:25">
       <x:c r="A15" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
-      <x:c r="E15" s="0" t="n">
-[...6 lines deleted...]
-        <x:v>13</x:v>
+      <x:c r="B15" s="0" t="n">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C15" s="0" t="n">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="D15" s="0" t="n">
+        <x:v>8</x:v>
       </x:c>
       <x:c r="H15" s="0" t="n">
         <x:v>13</x:v>
       </x:c>
       <x:c r="I15" s="0" t="n">
         <x:v>13</x:v>
       </x:c>
       <x:c r="J15" s="0" t="n">
         <x:v>13</x:v>
       </x:c>
-      <x:c r="N15" s="0" t="n">
+      <x:c r="K15" s="0" t="n">
         <x:v>13</x:v>
       </x:c>
-      <x:c r="O15" s="0" t="n">
+      <x:c r="L15" s="0" t="n">
         <x:v>13</x:v>
       </x:c>
-      <x:c r="P15" s="0" t="n">
+      <x:c r="M15" s="0" t="n">
         <x:v>13</x:v>
       </x:c>
       <x:c r="Q15" s="0" t="n">
         <x:v>13</x:v>
       </x:c>
       <x:c r="R15" s="0" t="n">
         <x:v>13</x:v>
       </x:c>
       <x:c r="S15" s="0" t="n">
         <x:v>13</x:v>
       </x:c>
       <x:c r="T15" s="0" t="n">
         <x:v>13</x:v>
       </x:c>
       <x:c r="U15" s="0" t="n">
         <x:v>13</x:v>
       </x:c>
       <x:c r="V15" s="0" t="n">
         <x:v>13</x:v>
       </x:c>
-    </x:row>
-    <x:row r="16" spans="1:22">
+      <x:c r="W15" s="0" t="n">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="X15" s="0" t="n">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="Y15" s="0" t="n">
+        <x:v>13</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="16" spans="1:25">
       <x:c r="A16" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
-      <x:c r="E16" s="0" t="n">
-[...6 lines deleted...]
-        <x:v>179</x:v>
+      <x:c r="B16" s="0" t="n">
+        <x:v>152</x:v>
+      </x:c>
+      <x:c r="C16" s="0" t="n">
+        <x:v>152</x:v>
+      </x:c>
+      <x:c r="D16" s="0" t="n">
+        <x:v>152</x:v>
       </x:c>
       <x:c r="H16" s="0" t="n">
         <x:v>180</x:v>
       </x:c>
       <x:c r="I16" s="0" t="n">
         <x:v>179</x:v>
       </x:c>
       <x:c r="J16" s="0" t="n">
         <x:v>179</x:v>
       </x:c>
-      <x:c r="N16" s="0" t="n">
+      <x:c r="K16" s="0" t="n">
+        <x:v>180</x:v>
+      </x:c>
+      <x:c r="L16" s="0" t="n">
         <x:v>179</x:v>
       </x:c>
-      <x:c r="O16" s="0" t="n">
-[...2 lines deleted...]
-      <x:c r="P16" s="0" t="n">
+      <x:c r="M16" s="0" t="n">
         <x:v>179</x:v>
       </x:c>
       <x:c r="Q16" s="0" t="n">
         <x:v>179</x:v>
       </x:c>
       <x:c r="R16" s="0" t="n">
         <x:v>179</x:v>
       </x:c>
       <x:c r="S16" s="0" t="n">
         <x:v>179</x:v>
       </x:c>
       <x:c r="T16" s="0" t="n">
         <x:v>179</x:v>
       </x:c>
       <x:c r="U16" s="0" t="n">
         <x:v>179</x:v>
       </x:c>
       <x:c r="V16" s="0" t="n">
         <x:v>179</x:v>
       </x:c>
-    </x:row>
-    <x:row r="17" spans="1:22">
+      <x:c r="W16" s="0" t="n">
+        <x:v>179</x:v>
+      </x:c>
+      <x:c r="X16" s="0" t="n">
+        <x:v>179</x:v>
+      </x:c>
+      <x:c r="Y16" s="0" t="n">
+        <x:v>179</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="17" spans="1:25">
       <x:c r="A17" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
-    <x:row r="18" spans="1:22">
+    <x:row r="18" spans="1:25">
       <x:c r="A18" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
-    <x:row r="19" spans="1:22">
+    <x:row r="19" spans="1:25">
       <x:c r="A19" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
-    <x:row r="20" spans="1:22">
+    <x:row r="20" spans="1:25">
       <x:c r="A20" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
-      <x:c r="E20" s="0" t="n">
-[...5 lines deleted...]
-      <x:c r="G20" s="0" t="n">
+      <x:c r="B20" s="0" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="C20" s="0" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="D20" s="0" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H20" s="0" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I20" s="0" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="J20" s="0" t="n">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="N20" s="0" t="n">
-[...5 lines deleted...]
-      <x:c r="P20" s="0" t="n">
+      <x:c r="K20" s="0" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="L20" s="0" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="M20" s="0" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="Q20" s="0" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="R20" s="0" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="S20" s="0" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="T20" s="0" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="U20" s="0" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="V20" s="0" t="n">
         <x:v>1</x:v>
       </x:c>
-    </x:row>
-    <x:row r="21" spans="1:22">
+      <x:c r="W20" s="0" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="X20" s="0" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="Y20" s="0" t="n">
+        <x:v>1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="21" spans="1:25">
       <x:c r="A21" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
-      <x:c r="E21" s="0" t="n">
-[...6 lines deleted...]
-        <x:v>1</x:v>
+      <x:c r="B21" s="0" t="n">
+        <x:v>0.57</x:v>
+      </x:c>
+      <x:c r="C21" s="0" t="n">
+        <x:v>0.57</x:v>
+      </x:c>
+      <x:c r="D21" s="0" t="n">
+        <x:v>0.57</x:v>
       </x:c>
       <x:c r="H21" s="0" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I21" s="0" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="J21" s="0" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="K21" s="0" t="n">
         <x:v>0.9</x:v>
       </x:c>
-      <x:c r="I21" s="0" t="n">
+      <x:c r="L21" s="0" t="n">
         <x:v>0.9</x:v>
       </x:c>
-      <x:c r="J21" s="0" t="n">
-[...8 lines deleted...]
-      <x:c r="P21" s="0" t="n">
+      <x:c r="M21" s="0" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="Q21" s="0" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="R21" s="0" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="S21" s="0" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="T21" s="0" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="U21" s="0" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="V21" s="0" t="n">
         <x:v>0.9</x:v>
       </x:c>
-    </x:row>
-    <x:row r="22" spans="1:22">
+      <x:c r="W21" s="0" t="n">
+        <x:v>0.9</x:v>
+      </x:c>
+      <x:c r="X21" s="0" t="n">
+        <x:v>0.9</x:v>
+      </x:c>
+      <x:c r="Y21" s="0" t="n">
+        <x:v>0.9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="22" spans="1:25">
       <x:c r="A22" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
-      <x:c r="E22" s="0" t="n">
-[...6 lines deleted...]
-        <x:v>31</x:v>
+      <x:c r="B22" s="0" t="n">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="C22" s="0" t="n">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="D22" s="0" t="n">
+        <x:v>21</x:v>
       </x:c>
       <x:c r="H22" s="0" t="n">
         <x:v>31</x:v>
       </x:c>
       <x:c r="I22" s="0" t="n">
         <x:v>31</x:v>
       </x:c>
       <x:c r="J22" s="0" t="n">
         <x:v>31</x:v>
       </x:c>
-      <x:c r="N22" s="0" t="n">
+      <x:c r="K22" s="0" t="n">
         <x:v>31</x:v>
       </x:c>
-      <x:c r="O22" s="0" t="n">
+      <x:c r="L22" s="0" t="n">
         <x:v>31</x:v>
       </x:c>
-      <x:c r="P22" s="0" t="n">
+      <x:c r="M22" s="0" t="n">
         <x:v>31</x:v>
       </x:c>
       <x:c r="Q22" s="0" t="n">
         <x:v>31</x:v>
       </x:c>
       <x:c r="R22" s="0" t="n">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S22" s="0" t="n">
         <x:v>31</x:v>
       </x:c>
       <x:c r="T22" s="0" t="n">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U22" s="0" t="n">
         <x:v>31</x:v>
       </x:c>
       <x:c r="V22" s="0" t="n">
         <x:v>31</x:v>
       </x:c>
+      <x:c r="W22" s="0" t="n">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="X22" s="0" t="n">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="Y22" s="0" t="n">
+        <x:v>31</x:v>
+      </x:c>
     </x:row>
   </x:sheetData>
-  <x:mergeCells count="8">
+  <x:mergeCells count="9">
     <x:mergeCell ref="A1:O1"/>
     <x:mergeCell ref="B8:D8"/>
     <x:mergeCell ref="E8:G8"/>
     <x:mergeCell ref="H8:J8"/>
     <x:mergeCell ref="K8:M8"/>
     <x:mergeCell ref="N8:P8"/>
     <x:mergeCell ref="Q8:S8"/>
     <x:mergeCell ref="T8:V8"/>
+    <x:mergeCell ref="W8:Y8"/>
   </x:mergeCells>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet15.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:V22"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="54.790625" style="0" customWidth="1"/>
     <x:col min="2" max="8" width="11.920625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="9.610625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.230625" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="10.000625" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="9.610625" style="0" customWidth="1"/>
     <x:col min="13" max="13" width="8.230625" style="0" customWidth="1"/>
     <x:col min="14" max="14" width="10.000625" style="0" customWidth="1"/>
     <x:col min="15" max="15" width="9.610625" style="0" customWidth="1"/>
     <x:col min="16" max="16" width="8.230625" style="0" customWidth="1"/>
     <x:col min="17" max="17" width="10.000625" style="0" customWidth="1"/>
     <x:col min="18" max="18" width="9.610625" style="0" customWidth="1"/>
     <x:col min="19" max="19" width="8.230625" style="0" customWidth="1"/>
     <x:col min="20" max="20" width="10.000625" style="0" customWidth="1"/>
     <x:col min="21" max="21" width="9.610625" style="0" customWidth="1"/>
     <x:col min="22" max="22" width="8.230625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:22">
       <x:c r="A1" s="1" t="s">
-        <x:v>50</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="B1" s="1" t="s"/>
       <x:c r="C1" s="1" t="s"/>
       <x:c r="D1" s="1" t="s"/>
       <x:c r="E1" s="1" t="s"/>
       <x:c r="F1" s="1" t="s"/>
       <x:c r="G1" s="1" t="s"/>
       <x:c r="H1" s="1" t="s"/>
       <x:c r="I1" s="1" t="s"/>
       <x:c r="J1" s="1" t="s"/>
       <x:c r="K1" s="1" t="s"/>
       <x:c r="L1" s="1" t="s"/>
       <x:c r="M1" s="1" t="s"/>
       <x:c r="N1" s="1" t="s"/>
       <x:c r="O1" s="1" t="s"/>
     </x:row>
     <x:row r="2" spans="1:22">
       <x:c r="B2" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C2" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D2" s="2" t="s">
         <x:v>3</x:v>
@@ -5978,51 +6593,51 @@
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet16.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:O22"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="54.790625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.920625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="9.610625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="8.230625" style="0" customWidth="1"/>
     <x:col min="5" max="15" width="9.140625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:15">
       <x:c r="A1" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="B1" s="1" t="s"/>
       <x:c r="C1" s="1" t="s"/>
       <x:c r="D1" s="1" t="s"/>
       <x:c r="E1" s="1" t="s"/>
       <x:c r="F1" s="1" t="s"/>
       <x:c r="G1" s="1" t="s"/>
       <x:c r="H1" s="1" t="s"/>
       <x:c r="I1" s="1" t="s"/>
       <x:c r="J1" s="1" t="s"/>
       <x:c r="K1" s="1" t="s"/>
       <x:c r="L1" s="1" t="s"/>
       <x:c r="M1" s="1" t="s"/>
       <x:c r="N1" s="1" t="s"/>
       <x:c r="O1" s="1" t="s"/>
     </x:row>
     <x:row r="2" spans="1:15">
       <x:c r="B2" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:15">
       <x:c r="A3" s="3" t="s">
         <x:v>9</x:v>
       </x:c>
@@ -6199,51 +6814,51 @@
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet17.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:O22"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="54.790625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.920625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="9.610625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="8.230625" style="0" customWidth="1"/>
     <x:col min="5" max="15" width="9.140625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:15">
       <x:c r="A1" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="B1" s="1" t="s"/>
       <x:c r="C1" s="1" t="s"/>
       <x:c r="D1" s="1" t="s"/>
       <x:c r="E1" s="1" t="s"/>
       <x:c r="F1" s="1" t="s"/>
       <x:c r="G1" s="1" t="s"/>
       <x:c r="H1" s="1" t="s"/>
       <x:c r="I1" s="1" t="s"/>
       <x:c r="J1" s="1" t="s"/>
       <x:c r="K1" s="1" t="s"/>
       <x:c r="L1" s="1" t="s"/>
       <x:c r="M1" s="1" t="s"/>
       <x:c r="N1" s="1" t="s"/>
       <x:c r="O1" s="1" t="s"/>
     </x:row>
     <x:row r="2" spans="1:15">
       <x:c r="B2" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:15">
       <x:c r="A3" s="3" t="s">
         <x:v>9</x:v>
       </x:c>
@@ -6420,51 +7035,51 @@
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet18.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:O22"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="54.790625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.920625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="9.610625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="8.230625" style="0" customWidth="1"/>
     <x:col min="5" max="15" width="9.140625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:15">
       <x:c r="A1" s="1" t="s">
-        <x:v>53</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="B1" s="1" t="s"/>
       <x:c r="C1" s="1" t="s"/>
       <x:c r="D1" s="1" t="s"/>
       <x:c r="E1" s="1" t="s"/>
       <x:c r="F1" s="1" t="s"/>
       <x:c r="G1" s="1" t="s"/>
       <x:c r="H1" s="1" t="s"/>
       <x:c r="I1" s="1" t="s"/>
       <x:c r="J1" s="1" t="s"/>
       <x:c r="K1" s="1" t="s"/>
       <x:c r="L1" s="1" t="s"/>
       <x:c r="M1" s="1" t="s"/>
       <x:c r="N1" s="1" t="s"/>
       <x:c r="O1" s="1" t="s"/>
     </x:row>
     <x:row r="2" spans="1:15">
       <x:c r="B2" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:15">
       <x:c r="A3" s="3" t="s">
         <x:v>9</x:v>
       </x:c>
@@ -6647,51 +7262,51 @@
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:O22"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="54.790625" style="0" customWidth="1"/>
     <x:col min="2" max="5" width="11.920625" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="9.610625" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="8.230625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="10.000625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="9.610625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.230625" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="10.000625" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="9.610625" style="0" customWidth="1"/>
     <x:col min="13" max="13" width="8.230625" style="0" customWidth="1"/>
     <x:col min="14" max="15" width="9.140625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:15">
       <x:c r="A1" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="B1" s="1" t="s"/>
       <x:c r="C1" s="1" t="s"/>
       <x:c r="D1" s="1" t="s"/>
       <x:c r="E1" s="1" t="s"/>
       <x:c r="F1" s="1" t="s"/>
       <x:c r="G1" s="1" t="s"/>
       <x:c r="H1" s="1" t="s"/>
       <x:c r="I1" s="1" t="s"/>
       <x:c r="J1" s="1" t="s"/>
       <x:c r="K1" s="1" t="s"/>
       <x:c r="L1" s="1" t="s"/>
       <x:c r="M1" s="1" t="s"/>
       <x:c r="N1" s="1" t="s"/>
       <x:c r="O1" s="1" t="s"/>
     </x:row>
     <x:row r="2" spans="1:15">
       <x:c r="B2" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="C2" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="D2" s="2" t="s">
         <x:v>7</x:v>
@@ -7580,51 +8195,51 @@
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet20.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:O22"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="54.790625" style="0" customWidth="1"/>
     <x:col min="2" max="3" width="11.920625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="8.230625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="10.000625" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="9.610625" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="8.230625" style="0" customWidth="1"/>
     <x:col min="8" max="15" width="9.140625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:15">
       <x:c r="A1" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="B1" s="1" t="s"/>
       <x:c r="C1" s="1" t="s"/>
       <x:c r="D1" s="1" t="s"/>
       <x:c r="E1" s="1" t="s"/>
       <x:c r="F1" s="1" t="s"/>
       <x:c r="G1" s="1" t="s"/>
       <x:c r="H1" s="1" t="s"/>
       <x:c r="I1" s="1" t="s"/>
       <x:c r="J1" s="1" t="s"/>
       <x:c r="K1" s="1" t="s"/>
       <x:c r="L1" s="1" t="s"/>
       <x:c r="M1" s="1" t="s"/>
       <x:c r="N1" s="1" t="s"/>
       <x:c r="O1" s="1" t="s"/>
     </x:row>
     <x:row r="2" spans="1:15">
       <x:c r="B2" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="C2" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:15">
@@ -7890,51 +8505,51 @@
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet21.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:O22"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="54.790625" style="0" customWidth="1"/>
     <x:col min="2" max="3" width="11.920625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="8.230625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="10.000625" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="9.610625" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="8.230625" style="0" customWidth="1"/>
     <x:col min="8" max="15" width="9.140625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:15">
       <x:c r="A1" s="1" t="s">
-        <x:v>56</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="B1" s="1" t="s"/>
       <x:c r="C1" s="1" t="s"/>
       <x:c r="D1" s="1" t="s"/>
       <x:c r="E1" s="1" t="s"/>
       <x:c r="F1" s="1" t="s"/>
       <x:c r="G1" s="1" t="s"/>
       <x:c r="H1" s="1" t="s"/>
       <x:c r="I1" s="1" t="s"/>
       <x:c r="J1" s="1" t="s"/>
       <x:c r="K1" s="1" t="s"/>
       <x:c r="L1" s="1" t="s"/>
       <x:c r="M1" s="1" t="s"/>
       <x:c r="N1" s="1" t="s"/>
       <x:c r="O1" s="1" t="s"/>
     </x:row>
     <x:row r="2" spans="1:15">
       <x:c r="B2" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="C2" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:15">
@@ -8200,51 +8815,51 @@
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet22.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:O22"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="54.790625" style="0" customWidth="1"/>
     <x:col min="2" max="3" width="11.920625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="8.230625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="10.000625" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="9.610625" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="8.230625" style="0" customWidth="1"/>
     <x:col min="8" max="15" width="9.140625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:15">
       <x:c r="A1" s="1" t="s">
-        <x:v>57</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="B1" s="1" t="s"/>
       <x:c r="C1" s="1" t="s"/>
       <x:c r="D1" s="1" t="s"/>
       <x:c r="E1" s="1" t="s"/>
       <x:c r="F1" s="1" t="s"/>
       <x:c r="G1" s="1" t="s"/>
       <x:c r="H1" s="1" t="s"/>
       <x:c r="I1" s="1" t="s"/>
       <x:c r="J1" s="1" t="s"/>
       <x:c r="K1" s="1" t="s"/>
       <x:c r="L1" s="1" t="s"/>
       <x:c r="M1" s="1" t="s"/>
       <x:c r="N1" s="1" t="s"/>
       <x:c r="O1" s="1" t="s"/>
     </x:row>
     <x:row r="2" spans="1:15">
       <x:c r="B2" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="C2" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:15">
@@ -8510,51 +9125,51 @@
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet23.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:O22"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="54.790625" style="0" customWidth="1"/>
     <x:col min="2" max="3" width="11.920625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="8.230625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="10.000625" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="9.610625" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="8.230625" style="0" customWidth="1"/>
     <x:col min="8" max="15" width="9.140625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:15">
       <x:c r="A1" s="1" t="s">
-        <x:v>58</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="B1" s="1" t="s"/>
       <x:c r="C1" s="1" t="s"/>
       <x:c r="D1" s="1" t="s"/>
       <x:c r="E1" s="1" t="s"/>
       <x:c r="F1" s="1" t="s"/>
       <x:c r="G1" s="1" t="s"/>
       <x:c r="H1" s="1" t="s"/>
       <x:c r="I1" s="1" t="s"/>
       <x:c r="J1" s="1" t="s"/>
       <x:c r="K1" s="1" t="s"/>
       <x:c r="L1" s="1" t="s"/>
       <x:c r="M1" s="1" t="s"/>
       <x:c r="N1" s="1" t="s"/>
       <x:c r="O1" s="1" t="s"/>
     </x:row>
     <x:row r="2" spans="1:15">
       <x:c r="B2" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="C2" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:15">
@@ -8820,51 +9435,51 @@
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet24.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:O22"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="54.790625" style="0" customWidth="1"/>
     <x:col min="2" max="3" width="11.920625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="8.230625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="10.000625" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="9.610625" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="8.230625" style="0" customWidth="1"/>
     <x:col min="8" max="15" width="9.140625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:15">
       <x:c r="A1" s="1" t="s">
-        <x:v>59</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="B1" s="1" t="s"/>
       <x:c r="C1" s="1" t="s"/>
       <x:c r="D1" s="1" t="s"/>
       <x:c r="E1" s="1" t="s"/>
       <x:c r="F1" s="1" t="s"/>
       <x:c r="G1" s="1" t="s"/>
       <x:c r="H1" s="1" t="s"/>
       <x:c r="I1" s="1" t="s"/>
       <x:c r="J1" s="1" t="s"/>
       <x:c r="K1" s="1" t="s"/>
       <x:c r="L1" s="1" t="s"/>
       <x:c r="M1" s="1" t="s"/>
       <x:c r="N1" s="1" t="s"/>
       <x:c r="O1" s="1" t="s"/>
     </x:row>
     <x:row r="2" spans="1:15">
       <x:c r="B2" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="C2" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:15">
@@ -9128,51 +9743,51 @@
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet25.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:O22"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="54.790625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.920625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="9.610625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="8.230625" style="0" customWidth="1"/>
     <x:col min="5" max="15" width="9.140625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:15">
       <x:c r="A1" s="1" t="s">
-        <x:v>60</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="B1" s="1" t="s"/>
       <x:c r="C1" s="1" t="s"/>
       <x:c r="D1" s="1" t="s"/>
       <x:c r="E1" s="1" t="s"/>
       <x:c r="F1" s="1" t="s"/>
       <x:c r="G1" s="1" t="s"/>
       <x:c r="H1" s="1" t="s"/>
       <x:c r="I1" s="1" t="s"/>
       <x:c r="J1" s="1" t="s"/>
       <x:c r="K1" s="1" t="s"/>
       <x:c r="L1" s="1" t="s"/>
       <x:c r="M1" s="1" t="s"/>
       <x:c r="N1" s="1" t="s"/>
       <x:c r="O1" s="1" t="s"/>
     </x:row>
     <x:row r="2" spans="1:15">
       <x:c r="B2" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:15">
       <x:c r="A3" s="3" t="s">
         <x:v>9</x:v>
       </x:c>
@@ -9350,51 +9965,51 @@
 
 <file path=xl/worksheets/sheet26.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:O22"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="54.790625" style="0" customWidth="1"/>
     <x:col min="2" max="4" width="11.920625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="10.000625" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="9.610625" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="8.230625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="10.000625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="9.610625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.230625" style="0" customWidth="1"/>
     <x:col min="11" max="15" width="9.140625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:15">
       <x:c r="A1" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="B1" s="1" t="s"/>
       <x:c r="C1" s="1" t="s"/>
       <x:c r="D1" s="1" t="s"/>
       <x:c r="E1" s="1" t="s"/>
       <x:c r="F1" s="1" t="s"/>
       <x:c r="G1" s="1" t="s"/>
       <x:c r="H1" s="1" t="s"/>
       <x:c r="I1" s="1" t="s"/>
       <x:c r="J1" s="1" t="s"/>
       <x:c r="K1" s="1" t="s"/>
       <x:c r="L1" s="1" t="s"/>
       <x:c r="M1" s="1" t="s"/>
       <x:c r="N1" s="1" t="s"/>
       <x:c r="O1" s="1" t="s"/>
     </x:row>
     <x:row r="2" spans="1:15">
       <x:c r="B2" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C2" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D2" s="2" t="s">
         <x:v>8</x:v>
@@ -9736,51 +10351,51 @@
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet27.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:O22"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="54.790625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.920625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="9.610625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="8.230625" style="0" customWidth="1"/>
     <x:col min="5" max="15" width="9.140625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:15">
       <x:c r="A1" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="B1" s="1" t="s"/>
       <x:c r="C1" s="1" t="s"/>
       <x:c r="D1" s="1" t="s"/>
       <x:c r="E1" s="1" t="s"/>
       <x:c r="F1" s="1" t="s"/>
       <x:c r="G1" s="1" t="s"/>
       <x:c r="H1" s="1" t="s"/>
       <x:c r="I1" s="1" t="s"/>
       <x:c r="J1" s="1" t="s"/>
       <x:c r="K1" s="1" t="s"/>
       <x:c r="L1" s="1" t="s"/>
       <x:c r="M1" s="1" t="s"/>
       <x:c r="N1" s="1" t="s"/>
       <x:c r="O1" s="1" t="s"/>
     </x:row>
     <x:row r="2" spans="1:15">
       <x:c r="B2" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:15">
       <x:c r="A3" s="3" t="s">
         <x:v>9</x:v>
       </x:c>
@@ -9971,51 +10586,51 @@
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="54.790625" style="0" customWidth="1"/>
     <x:col min="2" max="8" width="11.920625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="9.610625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.230625" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="10.000625" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="9.610625" style="0" customWidth="1"/>
     <x:col min="13" max="13" width="8.230625" style="0" customWidth="1"/>
     <x:col min="14" max="14" width="10.000625" style="0" customWidth="1"/>
     <x:col min="15" max="15" width="9.610625" style="0" customWidth="1"/>
     <x:col min="16" max="16" width="8.230625" style="0" customWidth="1"/>
     <x:col min="17" max="17" width="10.000625" style="0" customWidth="1"/>
     <x:col min="18" max="18" width="9.610625" style="0" customWidth="1"/>
     <x:col min="19" max="19" width="8.230625" style="0" customWidth="1"/>
     <x:col min="20" max="20" width="10.000625" style="0" customWidth="1"/>
     <x:col min="21" max="21" width="9.610625" style="0" customWidth="1"/>
     <x:col min="22" max="22" width="8.230625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:22">
       <x:c r="A1" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="B1" s="1" t="s"/>
       <x:c r="C1" s="1" t="s"/>
       <x:c r="D1" s="1" t="s"/>
       <x:c r="E1" s="1" t="s"/>
       <x:c r="F1" s="1" t="s"/>
       <x:c r="G1" s="1" t="s"/>
       <x:c r="H1" s="1" t="s"/>
       <x:c r="I1" s="1" t="s"/>
       <x:c r="J1" s="1" t="s"/>
       <x:c r="K1" s="1" t="s"/>
       <x:c r="L1" s="1" t="s"/>
       <x:c r="M1" s="1" t="s"/>
       <x:c r="N1" s="1" t="s"/>
       <x:c r="O1" s="1" t="s"/>
     </x:row>
     <x:row r="2" spans="1:22">
       <x:c r="B2" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C2" s="2" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D2" s="2" t="s">
         <x:v>4</x:v>
@@ -10496,51 +11111,51 @@
 
 <file path=xl/worksheets/sheet29.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:O22"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="54.790625" style="0" customWidth="1"/>
     <x:col min="2" max="4" width="11.920625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="10.000625" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="9.610625" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="8.230625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="10.000625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="9.610625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.230625" style="0" customWidth="1"/>
     <x:col min="11" max="15" width="9.140625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:15">
       <x:c r="A1" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="B1" s="1" t="s"/>
       <x:c r="C1" s="1" t="s"/>
       <x:c r="D1" s="1" t="s"/>
       <x:c r="E1" s="1" t="s"/>
       <x:c r="F1" s="1" t="s"/>
       <x:c r="G1" s="1" t="s"/>
       <x:c r="H1" s="1" t="s"/>
       <x:c r="I1" s="1" t="s"/>
       <x:c r="J1" s="1" t="s"/>
       <x:c r="K1" s="1" t="s"/>
       <x:c r="L1" s="1" t="s"/>
       <x:c r="M1" s="1" t="s"/>
       <x:c r="N1" s="1" t="s"/>
       <x:c r="O1" s="1" t="s"/>
     </x:row>
     <x:row r="2" spans="1:15">
       <x:c r="B2" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C2" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D2" s="2" t="s">
         <x:v>8</x:v>
@@ -11630,51 +12245,51 @@
 
 <file path=xl/worksheets/sheet30.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:O22"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="54.790625" style="0" customWidth="1"/>
     <x:col min="2" max="4" width="11.920625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="10.000625" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="9.610625" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="8.230625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="10.000625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="9.610625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.230625" style="0" customWidth="1"/>
     <x:col min="11" max="15" width="9.140625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:15">
       <x:c r="A1" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="B1" s="1" t="s"/>
       <x:c r="C1" s="1" t="s"/>
       <x:c r="D1" s="1" t="s"/>
       <x:c r="E1" s="1" t="s"/>
       <x:c r="F1" s="1" t="s"/>
       <x:c r="G1" s="1" t="s"/>
       <x:c r="H1" s="1" t="s"/>
       <x:c r="I1" s="1" t="s"/>
       <x:c r="J1" s="1" t="s"/>
       <x:c r="K1" s="1" t="s"/>
       <x:c r="L1" s="1" t="s"/>
       <x:c r="M1" s="1" t="s"/>
       <x:c r="N1" s="1" t="s"/>
       <x:c r="O1" s="1" t="s"/>
     </x:row>
     <x:row r="2" spans="1:15">
       <x:c r="B2" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C2" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D2" s="2" t="s">
         <x:v>8</x:v>
@@ -12013,51 +12628,51 @@
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet31.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:O22"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="54.790625" style="0" customWidth="1"/>
     <x:col min="2" max="15" width="9.140625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:15">
       <x:c r="A1" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="B1" s="1" t="s"/>
       <x:c r="C1" s="1" t="s"/>
       <x:c r="D1" s="1" t="s"/>
       <x:c r="E1" s="1" t="s"/>
       <x:c r="F1" s="1" t="s"/>
       <x:c r="G1" s="1" t="s"/>
       <x:c r="H1" s="1" t="s"/>
       <x:c r="I1" s="1" t="s"/>
       <x:c r="J1" s="1" t="s"/>
       <x:c r="K1" s="1" t="s"/>
       <x:c r="L1" s="1" t="s"/>
       <x:c r="M1" s="1" t="s"/>
       <x:c r="N1" s="1" t="s"/>
       <x:c r="O1" s="1" t="s"/>
     </x:row>
     <x:row r="3" spans="1:15">
       <x:c r="A3" s="3" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:15">
       <x:c r="A4" s="3" t="s">
         <x:v>10</x:v>
       </x:c>
@@ -12156,51 +12771,51 @@
   </x:sheetPr>
   <x:dimension ref="A1:S22"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="54.790625" style="0" customWidth="1"/>
     <x:col min="2" max="7" width="11.920625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="10.000625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="9.610625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.230625" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="10.000625" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="9.610625" style="0" customWidth="1"/>
     <x:col min="13" max="13" width="8.230625" style="0" customWidth="1"/>
     <x:col min="14" max="14" width="10.000625" style="0" customWidth="1"/>
     <x:col min="15" max="15" width="9.610625" style="0" customWidth="1"/>
     <x:col min="16" max="16" width="8.230625" style="0" customWidth="1"/>
     <x:col min="17" max="17" width="10.000625" style="0" customWidth="1"/>
     <x:col min="18" max="18" width="9.610625" style="0" customWidth="1"/>
     <x:col min="19" max="19" width="8.230625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:19">
       <x:c r="A1" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="B1" s="1" t="s"/>
       <x:c r="C1" s="1" t="s"/>
       <x:c r="D1" s="1" t="s"/>
       <x:c r="E1" s="1" t="s"/>
       <x:c r="F1" s="1" t="s"/>
       <x:c r="G1" s="1" t="s"/>
       <x:c r="H1" s="1" t="s"/>
       <x:c r="I1" s="1" t="s"/>
       <x:c r="J1" s="1" t="s"/>
       <x:c r="K1" s="1" t="s"/>
       <x:c r="L1" s="1" t="s"/>
       <x:c r="M1" s="1" t="s"/>
       <x:c r="N1" s="1" t="s"/>
       <x:c r="O1" s="1" t="s"/>
     </x:row>
     <x:row r="2" spans="1:19">
       <x:c r="B2" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C2" s="2" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D2" s="2" t="s">
         <x:v>4</x:v>
@@ -12770,51 +13385,51 @@
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet33.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:O22"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="54.790625" style="0" customWidth="1"/>
     <x:col min="2" max="15" width="9.140625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:15">
       <x:c r="A1" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B1" s="1" t="s"/>
       <x:c r="C1" s="1" t="s"/>
       <x:c r="D1" s="1" t="s"/>
       <x:c r="E1" s="1" t="s"/>
       <x:c r="F1" s="1" t="s"/>
       <x:c r="G1" s="1" t="s"/>
       <x:c r="H1" s="1" t="s"/>
       <x:c r="I1" s="1" t="s"/>
       <x:c r="J1" s="1" t="s"/>
       <x:c r="K1" s="1" t="s"/>
       <x:c r="L1" s="1" t="s"/>
       <x:c r="M1" s="1" t="s"/>
       <x:c r="N1" s="1" t="s"/>
       <x:c r="O1" s="1" t="s"/>
     </x:row>
     <x:row r="3" spans="1:15">
       <x:c r="A3" s="3" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:15">
       <x:c r="A4" s="3" t="s">
         <x:v>10</x:v>
       </x:c>
@@ -12901,51 +13516,51 @@
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet34.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:O22"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="54.790625" style="0" customWidth="1"/>
     <x:col min="2" max="15" width="9.140625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:15">
       <x:c r="A1" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="B1" s="1" t="s"/>
       <x:c r="C1" s="1" t="s"/>
       <x:c r="D1" s="1" t="s"/>
       <x:c r="E1" s="1" t="s"/>
       <x:c r="F1" s="1" t="s"/>
       <x:c r="G1" s="1" t="s"/>
       <x:c r="H1" s="1" t="s"/>
       <x:c r="I1" s="1" t="s"/>
       <x:c r="J1" s="1" t="s"/>
       <x:c r="K1" s="1" t="s"/>
       <x:c r="L1" s="1" t="s"/>
       <x:c r="M1" s="1" t="s"/>
       <x:c r="N1" s="1" t="s"/>
       <x:c r="O1" s="1" t="s"/>
     </x:row>
     <x:row r="3" spans="1:15">
       <x:c r="A3" s="3" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:15">
       <x:c r="A4" s="3" t="s">
         <x:v>10</x:v>
       </x:c>
@@ -13044,51 +13659,51 @@
   </x:sheetPr>
   <x:dimension ref="A1:S22"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="54.790625" style="0" customWidth="1"/>
     <x:col min="2" max="7" width="11.920625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="10.000625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="9.610625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.230625" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="10.000625" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="9.610625" style="0" customWidth="1"/>
     <x:col min="13" max="13" width="8.230625" style="0" customWidth="1"/>
     <x:col min="14" max="14" width="10.000625" style="0" customWidth="1"/>
     <x:col min="15" max="15" width="9.610625" style="0" customWidth="1"/>
     <x:col min="16" max="16" width="8.230625" style="0" customWidth="1"/>
     <x:col min="17" max="17" width="10.000625" style="0" customWidth="1"/>
     <x:col min="18" max="18" width="9.610625" style="0" customWidth="1"/>
     <x:col min="19" max="19" width="8.230625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:19">
       <x:c r="A1" s="1" t="s">
-        <x:v>70</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B1" s="1" t="s"/>
       <x:c r="C1" s="1" t="s"/>
       <x:c r="D1" s="1" t="s"/>
       <x:c r="E1" s="1" t="s"/>
       <x:c r="F1" s="1" t="s"/>
       <x:c r="G1" s="1" t="s"/>
       <x:c r="H1" s="1" t="s"/>
       <x:c r="I1" s="1" t="s"/>
       <x:c r="J1" s="1" t="s"/>
       <x:c r="K1" s="1" t="s"/>
       <x:c r="L1" s="1" t="s"/>
       <x:c r="M1" s="1" t="s"/>
       <x:c r="N1" s="1" t="s"/>
       <x:c r="O1" s="1" t="s"/>
     </x:row>
     <x:row r="2" spans="1:19">
       <x:c r="B2" s="2" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C2" s="2" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D2" s="2" t="s">
         <x:v>5</x:v>
@@ -15252,246 +15867,290 @@
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="7">
     <x:mergeCell ref="A1:O1"/>
     <x:mergeCell ref="B8:D8"/>
     <x:mergeCell ref="E8:G8"/>
     <x:mergeCell ref="H8:J8"/>
     <x:mergeCell ref="K8:M8"/>
     <x:mergeCell ref="N8:P8"/>
     <x:mergeCell ref="Q8:S8"/>
   </x:mergeCells>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:V22"/>
+  <x:dimension ref="A1:AB22"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="54.790625" style="0" customWidth="1"/>
-    <x:col min="2" max="8" width="11.920625" style="0" customWidth="1"/>
-[...1 lines deleted...]
-    <x:col min="10" max="10" width="8.230625" style="0" customWidth="1"/>
+    <x:col min="2" max="10" width="11.920625" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="10.000625" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="9.610625" style="0" customWidth="1"/>
     <x:col min="13" max="13" width="8.230625" style="0" customWidth="1"/>
     <x:col min="14" max="14" width="10.000625" style="0" customWidth="1"/>
     <x:col min="15" max="15" width="9.610625" style="0" customWidth="1"/>
     <x:col min="16" max="16" width="8.230625" style="0" customWidth="1"/>
     <x:col min="17" max="17" width="10.000625" style="0" customWidth="1"/>
     <x:col min="18" max="18" width="9.610625" style="0" customWidth="1"/>
     <x:col min="19" max="19" width="8.230625" style="0" customWidth="1"/>
     <x:col min="20" max="20" width="10.000625" style="0" customWidth="1"/>
     <x:col min="21" max="21" width="9.610625" style="0" customWidth="1"/>
     <x:col min="22" max="22" width="8.230625" style="0" customWidth="1"/>
+    <x:col min="23" max="23" width="10.000625" style="0" customWidth="1"/>
+    <x:col min="24" max="24" width="9.610625" style="0" customWidth="1"/>
+    <x:col min="25" max="25" width="8.230625" style="0" customWidth="1"/>
+    <x:col min="26" max="26" width="10.000625" style="0" customWidth="1"/>
+    <x:col min="27" max="27" width="9.610625" style="0" customWidth="1"/>
+    <x:col min="28" max="28" width="8.230625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
-    <x:row r="1" spans="1:22">
+    <x:row r="1" spans="1:28">
       <x:c r="A1" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B1" s="1" t="s"/>
       <x:c r="C1" s="1" t="s"/>
       <x:c r="D1" s="1" t="s"/>
       <x:c r="E1" s="1" t="s"/>
       <x:c r="F1" s="1" t="s"/>
       <x:c r="G1" s="1" t="s"/>
       <x:c r="H1" s="1" t="s"/>
       <x:c r="I1" s="1" t="s"/>
       <x:c r="J1" s="1" t="s"/>
       <x:c r="K1" s="1" t="s"/>
       <x:c r="L1" s="1" t="s"/>
       <x:c r="M1" s="1" t="s"/>
       <x:c r="N1" s="1" t="s"/>
       <x:c r="O1" s="1" t="s"/>
     </x:row>
-    <x:row r="2" spans="1:22">
+    <x:row r="2" spans="1:28">
       <x:c r="B2" s="2" t="s">
-        <x:v>1</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="C2" s="2" t="s">
-        <x:v>2</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="D2" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="E2" s="2" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="F2" s="2" t="s">
         <x:v>3</x:v>
       </x:c>
-      <x:c r="E2" s="2" t="s">
+      <x:c r="G2" s="2" t="s">
         <x:v>4</x:v>
       </x:c>
-      <x:c r="F2" s="2" t="s">
+      <x:c r="H2" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
-      <x:c r="G2" s="2" t="s">
+      <x:c r="I2" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
-      <x:c r="H2" s="2" t="s">
+      <x:c r="J2" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
     </x:row>
-    <x:row r="3" spans="1:22">
+    <x:row r="3" spans="1:28">
       <x:c r="A3" s="3" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B3" s="0" t="n">
+        <x:v>7931</x:v>
+      </x:c>
+      <x:c r="C3" s="0" t="n">
+        <x:v>7931</x:v>
+      </x:c>
+      <x:c r="D3" s="0" t="n">
         <x:v>7329</x:v>
       </x:c>
-      <x:c r="C3" s="0" t="n">
+      <x:c r="E3" s="0" t="n">
         <x:v>6660</x:v>
       </x:c>
-      <x:c r="D3" s="0" t="n">
+      <x:c r="F3" s="0" t="n">
         <x:v>7912</x:v>
       </x:c>
-      <x:c r="F3" s="0" t="n">
+      <x:c r="H3" s="0" t="n">
         <x:v>6801</x:v>
       </x:c>
-      <x:c r="G3" s="0" t="n">
+      <x:c r="I3" s="0" t="n">
         <x:v>8003</x:v>
       </x:c>
-      <x:c r="H3" s="0" t="n">
+      <x:c r="J3" s="0" t="n">
         <x:v>9104</x:v>
       </x:c>
     </x:row>
-    <x:row r="4" spans="1:22">
+    <x:row r="4" spans="1:28">
       <x:c r="A4" s="3" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B4" s="0" t="n">
+        <x:v>167017</x:v>
+      </x:c>
+      <x:c r="C4" s="0" t="n">
+        <x:v>167017</x:v>
+      </x:c>
+      <x:c r="D4" s="0" t="n">
         <x:v>150546</x:v>
       </x:c>
-      <x:c r="C4" s="0" t="n">
+      <x:c r="E4" s="0" t="n">
         <x:v>126686</x:v>
       </x:c>
-      <x:c r="D4" s="0" t="n">
+      <x:c r="F4" s="0" t="n">
         <x:v>149787</x:v>
       </x:c>
-      <x:c r="F4" s="0" t="n">
+      <x:c r="H4" s="0" t="n">
         <x:v>129390</x:v>
       </x:c>
-      <x:c r="G4" s="0" t="n">
+      <x:c r="I4" s="0" t="n">
         <x:v>150672</x:v>
       </x:c>
-      <x:c r="H4" s="0" t="n">
+      <x:c r="J4" s="0" t="n">
         <x:v>171824</x:v>
       </x:c>
     </x:row>
-    <x:row r="5" spans="1:22">
+    <x:row r="5" spans="1:28">
       <x:c r="A5" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B5" s="0" t="n">
+        <x:v>1638385</x:v>
+      </x:c>
+      <x:c r="C5" s="0" t="n">
+        <x:v>1638385</x:v>
+      </x:c>
+      <x:c r="D5" s="0" t="n">
         <x:v>2242553</x:v>
       </x:c>
-      <x:c r="C5" s="0" t="n">
+      <x:c r="E5" s="0" t="n">
         <x:v>1370521</x:v>
       </x:c>
-      <x:c r="D5" s="0" t="n">
+      <x:c r="F5" s="0" t="n">
         <x:v>1855865</x:v>
       </x:c>
-      <x:c r="F5" s="0" t="n">
+      <x:c r="H5" s="0" t="n">
         <x:v>1398765</x:v>
       </x:c>
-      <x:c r="G5" s="0" t="n">
+      <x:c r="I5" s="0" t="n">
         <x:v>1359989</x:v>
       </x:c>
-      <x:c r="H5" s="0" t="n">
+      <x:c r="J5" s="0" t="n">
         <x:v>1380891</x:v>
       </x:c>
     </x:row>
-    <x:row r="6" spans="1:22">
+    <x:row r="6" spans="1:28">
       <x:c r="A6" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B6" s="0" t="n">
+        <x:v>117178</x:v>
+      </x:c>
+      <x:c r="C6" s="0" t="n">
+        <x:v>117178</x:v>
+      </x:c>
+      <x:c r="D6" s="0" t="n">
         <x:v>103313</x:v>
       </x:c>
-      <x:c r="C6" s="0" t="n">
+      <x:c r="E6" s="0" t="n">
         <x:v>53876</x:v>
       </x:c>
-      <x:c r="D6" s="0" t="n">
+      <x:c r="F6" s="0" t="n">
         <x:v>68765</x:v>
       </x:c>
-      <x:c r="F6" s="0" t="n">
+      <x:c r="H6" s="0" t="n">
         <x:v>83812</x:v>
       </x:c>
-      <x:c r="G6" s="0" t="n">
+      <x:c r="I6" s="0" t="n">
         <x:v>83812</x:v>
       </x:c>
-      <x:c r="H6" s="0" t="n">
+      <x:c r="J6" s="0" t="n">
         <x:v>85751</x:v>
       </x:c>
     </x:row>
-    <x:row r="8" spans="1:22">
+    <x:row r="8" spans="1:28">
       <x:c r="B8" s="2" t="s">
-        <x:v>13</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="C8" s="2" t="s"/>
       <x:c r="D8" s="2" t="s"/>
       <x:c r="E8" s="2" t="s">
-        <x:v>14</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="F8" s="2" t="s"/>
       <x:c r="G8" s="2" t="s"/>
       <x:c r="H8" s="2" t="s">
-        <x:v>15</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="I8" s="2" t="s"/>
       <x:c r="J8" s="2" t="s"/>
       <x:c r="K8" s="2" t="s">
-        <x:v>16</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="L8" s="2" t="s"/>
       <x:c r="M8" s="2" t="s"/>
       <x:c r="N8" s="2" t="s">
-        <x:v>17</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="O8" s="2" t="s"/>
       <x:c r="P8" s="2" t="s"/>
       <x:c r="Q8" s="2" t="s">
-        <x:v>18</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="R8" s="2" t="s"/>
       <x:c r="S8" s="2" t="s"/>
       <x:c r="T8" s="2" t="s">
-        <x:v>19</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="U8" s="2" t="s"/>
       <x:c r="V8" s="2" t="s"/>
-    </x:row>
-    <x:row r="9" spans="1:22">
+      <x:c r="W8" s="2" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="X8" s="2" t="s"/>
+      <x:c r="Y8" s="2" t="s"/>
+      <x:c r="Z8" s="2" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="AA8" s="2" t="s"/>
+      <x:c r="AB8" s="2" t="s"/>
+    </x:row>
+    <x:row r="9" spans="1:28">
       <x:c r="B9" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="C9" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="D9" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="E9" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F9" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="G9" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H9" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="I9" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="J9" s="2" t="s">
@@ -15511,828 +16170,1063 @@
       </x:c>
       <x:c r="O9" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="P9" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q9" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="R9" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="S9" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="T9" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="U9" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="V9" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
-    </x:row>
-    <x:row r="10" spans="1:22">
+      <x:c r="W9" s="2" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="X9" s="2" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="Y9" s="2" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="Z9" s="2" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="AA9" s="2" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="AB9" s="2" t="s">
+        <x:v>23</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="10" spans="1:28">
       <x:c r="A10" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B10" s="0" t="n">
+        <x:v>240</x:v>
+      </x:c>
+      <x:c r="C10" s="0" t="n">
+        <x:v>235</x:v>
+      </x:c>
+      <x:c r="D10" s="0" t="n">
+        <x:v>221</x:v>
+      </x:c>
+      <x:c r="E10" s="0" t="n">
+        <x:v>240</x:v>
+      </x:c>
+      <x:c r="F10" s="0" t="n">
+        <x:v>235</x:v>
+      </x:c>
+      <x:c r="G10" s="0" t="n">
+        <x:v>221</x:v>
+      </x:c>
+      <x:c r="H10" s="0" t="n">
         <x:v>254</x:v>
       </x:c>
-      <x:c r="C10" s="0" t="n">
+      <x:c r="I10" s="0" t="n">
         <x:v>248</x:v>
       </x:c>
-      <x:c r="D10" s="0" t="n">
+      <x:c r="J10" s="0" t="n">
         <x:v>236</x:v>
       </x:c>
-      <x:c r="E10" s="0" t="n">
+      <x:c r="K10" s="0" t="n">
         <x:v>96</x:v>
       </x:c>
-      <x:c r="F10" s="0" t="n">
+      <x:c r="L10" s="0" t="n">
         <x:v>92</x:v>
       </x:c>
-      <x:c r="G10" s="0" t="n">
+      <x:c r="M10" s="0" t="n">
         <x:v>89</x:v>
       </x:c>
-      <x:c r="H10" s="0" t="n">
+      <x:c r="N10" s="0" t="n">
         <x:v>170</x:v>
       </x:c>
-      <x:c r="I10" s="0" t="n">
+      <x:c r="O10" s="0" t="n">
         <x:v>163</x:v>
       </x:c>
-      <x:c r="J10" s="0" t="n">
+      <x:c r="P10" s="0" t="n">
         <x:v>154</x:v>
       </x:c>
-      <x:c r="N10" s="0" t="n">
+      <x:c r="T10" s="0" t="n">
         <x:v>202</x:v>
       </x:c>
-      <x:c r="O10" s="0" t="n">
+      <x:c r="U10" s="0" t="n">
         <x:v>212</x:v>
       </x:c>
-      <x:c r="P10" s="0" t="n">
+      <x:c r="V10" s="0" t="n">
         <x:v>181</x:v>
       </x:c>
-      <x:c r="Q10" s="0" t="n">
+      <x:c r="W10" s="0" t="n">
         <x:v>199</x:v>
       </x:c>
-      <x:c r="R10" s="0" t="n">
+      <x:c r="X10" s="0" t="n">
         <x:v>212</x:v>
       </x:c>
-      <x:c r="S10" s="0" t="n">
+      <x:c r="Y10" s="0" t="n">
         <x:v>189</x:v>
       </x:c>
-      <x:c r="T10" s="0" t="n">
+      <x:c r="Z10" s="0" t="n">
         <x:v>200</x:v>
       </x:c>
-      <x:c r="U10" s="0" t="n">
+      <x:c r="AA10" s="0" t="n">
         <x:v>217</x:v>
       </x:c>
-      <x:c r="V10" s="0" t="n">
+      <x:c r="AB10" s="0" t="n">
         <x:v>210</x:v>
       </x:c>
     </x:row>
-    <x:row r="11" spans="1:22">
+    <x:row r="11" spans="1:28">
       <x:c r="A11" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B11" s="0" t="n">
-        <x:v>66</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="C11" s="0" t="n">
-        <x:v>59</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="D11" s="0" t="n">
-        <x:v>61</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="E11" s="0" t="n">
-        <x:v>29</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="F11" s="0" t="n">
-        <x:v>24</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="G11" s="0" t="n">
-        <x:v>25</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="H11" s="0" t="n">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I11" s="0" t="n">
         <x:v>59</x:v>
       </x:c>
       <x:c r="J11" s="0" t="n">
         <x:v>61</x:v>
       </x:c>
+      <x:c r="K11" s="0" t="n">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="L11" s="0" t="n">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="M11" s="0" t="n">
+        <x:v>25</x:v>
+      </x:c>
       <x:c r="N11" s="0" t="n">
         <x:v>66</x:v>
       </x:c>
       <x:c r="O11" s="0" t="n">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="P11" s="0" t="n">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="T11" s="0" t="n">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="U11" s="0" t="n">
         <x:v>65</x:v>
       </x:c>
-      <x:c r="P11" s="0" t="n">
+      <x:c r="V11" s="0" t="n">
         <x:v>54</x:v>
       </x:c>
-      <x:c r="Q11" s="0" t="n">
+      <x:c r="W11" s="0" t="n">
         <x:v>63</x:v>
       </x:c>
-      <x:c r="R11" s="0" t="n">
+      <x:c r="X11" s="0" t="n">
         <x:v>72</x:v>
       </x:c>
-      <x:c r="S11" s="0" t="n">
+      <x:c r="Y11" s="0" t="n">
         <x:v>62</x:v>
       </x:c>
-      <x:c r="T11" s="0" t="n">
+      <x:c r="Z11" s="0" t="n">
         <x:v>65</x:v>
       </x:c>
-      <x:c r="U11" s="0" t="n">
+      <x:c r="AA11" s="0" t="n">
         <x:v>67</x:v>
       </x:c>
-      <x:c r="V11" s="0" t="n">
+      <x:c r="AB11" s="0" t="n">
         <x:v>66</x:v>
       </x:c>
     </x:row>
-    <x:row r="12" spans="1:22">
+    <x:row r="12" spans="1:28">
       <x:c r="A12" s="3" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B12" s="0" t="n">
-        <x:v>38</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="C12" s="0" t="n">
-        <x:v>34</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="D12" s="0" t="n">
-        <x:v>31</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="E12" s="0" t="n">
-        <x:v>34</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="F12" s="0" t="n">
-        <x:v>34</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="G12" s="0" t="n">
-        <x:v>32</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="H12" s="0" t="n">
         <x:v>38</x:v>
       </x:c>
       <x:c r="I12" s="0" t="n">
         <x:v>34</x:v>
       </x:c>
       <x:c r="J12" s="0" t="n">
         <x:v>31</x:v>
       </x:c>
+      <x:c r="K12" s="0" t="n">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="L12" s="0" t="n">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="M12" s="0" t="n">
+        <x:v>32</x:v>
+      </x:c>
       <x:c r="N12" s="0" t="n">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="O12" s="0" t="n">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="P12" s="0" t="n">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="T12" s="0" t="n">
         <x:v>63</x:v>
       </x:c>
-      <x:c r="O12" s="0" t="n">
+      <x:c r="U12" s="0" t="n">
         <x:v>61</x:v>
       </x:c>
-      <x:c r="P12" s="0" t="n">
+      <x:c r="V12" s="0" t="n">
         <x:v>53</x:v>
       </x:c>
-      <x:c r="Q12" s="0" t="n">
+      <x:c r="W12" s="0" t="n">
         <x:v>63</x:v>
       </x:c>
-      <x:c r="R12" s="0" t="n">
+      <x:c r="X12" s="0" t="n">
         <x:v>73</x:v>
       </x:c>
-      <x:c r="S12" s="0" t="n">
+      <x:c r="Y12" s="0" t="n">
         <x:v>61</x:v>
       </x:c>
-      <x:c r="T12" s="0" t="n">
+      <x:c r="Z12" s="0" t="n">
         <x:v>78</x:v>
       </x:c>
-      <x:c r="U12" s="0" t="n">
+      <x:c r="AA12" s="0" t="n">
         <x:v>86</x:v>
       </x:c>
-      <x:c r="V12" s="0" t="n">
+      <x:c r="AB12" s="0" t="n">
         <x:v>73</x:v>
       </x:c>
     </x:row>
-    <x:row r="13" spans="1:22">
+    <x:row r="13" spans="1:28">
       <x:c r="A13" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B13" s="0" t="n">
-        <x:v>66</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="C13" s="0" t="n">
-        <x:v>69</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D13" s="0" t="n">
-        <x:v>62</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="E13" s="0" t="n">
-        <x:v>34</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="F13" s="0" t="n">
-        <x:v>32</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="G13" s="0" t="n">
-        <x:v>34</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="H13" s="0" t="n">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I13" s="0" t="n">
         <x:v>69</x:v>
       </x:c>
       <x:c r="J13" s="0" t="n">
         <x:v>62</x:v>
       </x:c>
+      <x:c r="K13" s="0" t="n">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="L13" s="0" t="n">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="M13" s="0" t="n">
+        <x:v>34</x:v>
+      </x:c>
       <x:c r="N13" s="0" t="n">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="O13" s="0" t="n">
+        <x:v>69</x:v>
+      </x:c>
+      <x:c r="P13" s="0" t="n">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="T13" s="0" t="n">
         <x:v>74</x:v>
       </x:c>
-      <x:c r="O13" s="0" t="n">
+      <x:c r="U13" s="0" t="n">
         <x:v>86</x:v>
       </x:c>
-      <x:c r="P13" s="0" t="n">
+      <x:c r="V13" s="0" t="n">
         <x:v>73</x:v>
       </x:c>
-      <x:c r="Q13" s="0" t="n">
+      <x:c r="W13" s="0" t="n">
         <x:v>72</x:v>
       </x:c>
-      <x:c r="R13" s="0" t="n">
+      <x:c r="X13" s="0" t="n">
         <x:v>67</x:v>
       </x:c>
-      <x:c r="S13" s="0" t="n">
+      <x:c r="Y13" s="0" t="n">
         <x:v>66</x:v>
       </x:c>
-      <x:c r="T13" s="0" t="n">
+      <x:c r="Z13" s="0" t="n">
         <x:v>71</x:v>
       </x:c>
-      <x:c r="U13" s="0" t="n">
+      <x:c r="AA13" s="0" t="n">
         <x:v>79</x:v>
       </x:c>
-      <x:c r="V13" s="0" t="n">
+      <x:c r="AB13" s="0" t="n">
         <x:v>76</x:v>
       </x:c>
     </x:row>
-    <x:row r="14" spans="1:22">
+    <x:row r="14" spans="1:28">
       <x:c r="A14" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
-    </x:row>
-    <x:row r="15" spans="1:22">
+      <x:c r="E14" s="0" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="F14" s="0" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="G14" s="0" t="n">
+        <x:v>0</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="15" spans="1:28">
       <x:c r="A15" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B15" s="0" t="n">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="C15" s="0" t="n">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="D15" s="0" t="n">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="E15" s="0" t="n">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="F15" s="0" t="n">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="G15" s="0" t="n">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="H15" s="0" t="n">
         <x:v>20</x:v>
       </x:c>
-      <x:c r="C15" s="0" t="n">
+      <x:c r="I15" s="0" t="n">
         <x:v>20</x:v>
       </x:c>
-      <x:c r="D15" s="0" t="n">
+      <x:c r="J15" s="0" t="n">
         <x:v>20</x:v>
       </x:c>
-      <x:c r="E15" s="0" t="n">
+      <x:c r="K15" s="0" t="n">
         <x:v>18</x:v>
       </x:c>
-      <x:c r="F15" s="0" t="n">
+      <x:c r="L15" s="0" t="n">
         <x:v>18</x:v>
       </x:c>
-      <x:c r="G15" s="0" t="n">
+      <x:c r="M15" s="0" t="n">
         <x:v>18</x:v>
       </x:c>
-      <x:c r="H15" s="0" t="n">
+      <x:c r="N15" s="0" t="n">
         <x:v>22</x:v>
       </x:c>
-      <x:c r="I15" s="0" t="n">
+      <x:c r="O15" s="0" t="n">
         <x:v>22</x:v>
       </x:c>
-      <x:c r="J15" s="0" t="n">
+      <x:c r="P15" s="0" t="n">
         <x:v>22</x:v>
       </x:c>
-      <x:c r="N15" s="0" t="n">
+      <x:c r="T15" s="0" t="n">
         <x:v>19</x:v>
       </x:c>
-      <x:c r="O15" s="0" t="n">
+      <x:c r="U15" s="0" t="n">
         <x:v>19</x:v>
       </x:c>
-      <x:c r="P15" s="0" t="n">
+      <x:c r="V15" s="0" t="n">
         <x:v>19</x:v>
       </x:c>
-      <x:c r="Q15" s="0" t="n">
+      <x:c r="W15" s="0" t="n">
         <x:v>22</x:v>
       </x:c>
-      <x:c r="R15" s="0" t="n">
+      <x:c r="X15" s="0" t="n">
         <x:v>22</x:v>
       </x:c>
-      <x:c r="S15" s="0" t="n">
+      <x:c r="Y15" s="0" t="n">
         <x:v>22</x:v>
       </x:c>
-      <x:c r="T15" s="0" t="n">
+      <x:c r="Z15" s="0" t="n">
         <x:v>25</x:v>
       </x:c>
-      <x:c r="U15" s="0" t="n">
+      <x:c r="AA15" s="0" t="n">
         <x:v>25</x:v>
       </x:c>
-      <x:c r="V15" s="0" t="n">
+      <x:c r="AB15" s="0" t="n">
         <x:v>25</x:v>
       </x:c>
     </x:row>
-    <x:row r="16" spans="1:22">
+    <x:row r="16" spans="1:28">
       <x:c r="A16" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B16" s="0" t="n">
+        <x:v>458</x:v>
+      </x:c>
+      <x:c r="C16" s="0" t="n">
+        <x:v>458</x:v>
+      </x:c>
+      <x:c r="D16" s="0" t="n">
+        <x:v>458</x:v>
+      </x:c>
+      <x:c r="E16" s="0" t="n">
+        <x:v>458</x:v>
+      </x:c>
+      <x:c r="F16" s="0" t="n">
+        <x:v>458</x:v>
+      </x:c>
+      <x:c r="G16" s="0" t="n">
+        <x:v>458</x:v>
+      </x:c>
+      <x:c r="H16" s="0" t="n">
         <x:v>412</x:v>
       </x:c>
-      <x:c r="C16" s="0" t="n">
+      <x:c r="I16" s="0" t="n">
         <x:v>412</x:v>
       </x:c>
-      <x:c r="D16" s="0" t="n">
+      <x:c r="J16" s="0" t="n">
         <x:v>412</x:v>
       </x:c>
-      <x:c r="E16" s="0" t="n">
+      <x:c r="K16" s="0" t="n">
         <x:v>347</x:v>
       </x:c>
-      <x:c r="F16" s="0" t="n">
+      <x:c r="L16" s="0" t="n">
         <x:v>347</x:v>
       </x:c>
-      <x:c r="G16" s="0" t="n">
+      <x:c r="M16" s="0" t="n">
         <x:v>347</x:v>
       </x:c>
-      <x:c r="H16" s="0" t="n">
+      <x:c r="N16" s="0" t="n">
         <x:v>410</x:v>
       </x:c>
-      <x:c r="I16" s="0" t="n">
+      <x:c r="O16" s="0" t="n">
         <x:v>410</x:v>
       </x:c>
-      <x:c r="J16" s="0" t="n">
+      <x:c r="P16" s="0" t="n">
         <x:v>410</x:v>
       </x:c>
-      <x:c r="N16" s="0" t="n">
+      <x:c r="T16" s="0" t="n">
         <x:v>354</x:v>
       </x:c>
-      <x:c r="O16" s="0" t="n">
+      <x:c r="U16" s="0" t="n">
         <x:v>354</x:v>
       </x:c>
-      <x:c r="P16" s="0" t="n">
+      <x:c r="V16" s="0" t="n">
         <x:v>354</x:v>
       </x:c>
-      <x:c r="Q16" s="0" t="n">
+      <x:c r="W16" s="0" t="n">
         <x:v>413</x:v>
       </x:c>
-      <x:c r="R16" s="0" t="n">
+      <x:c r="X16" s="0" t="n">
         <x:v>413</x:v>
       </x:c>
-      <x:c r="S16" s="0" t="n">
+      <x:c r="Y16" s="0" t="n">
         <x:v>413</x:v>
       </x:c>
-      <x:c r="T16" s="0" t="n">
+      <x:c r="Z16" s="0" t="n">
         <x:v>471</x:v>
       </x:c>
-      <x:c r="U16" s="0" t="n">
+      <x:c r="AA16" s="0" t="n">
         <x:v>471</x:v>
       </x:c>
-      <x:c r="V16" s="0" t="n">
+      <x:c r="AB16" s="0" t="n">
         <x:v>471</x:v>
       </x:c>
     </x:row>
-    <x:row r="17" spans="1:22">
+    <x:row r="17" spans="1:28">
       <x:c r="A17" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
-    <x:row r="18" spans="1:22">
+    <x:row r="18" spans="1:28">
       <x:c r="A18" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
-    <x:row r="19" spans="1:22">
+    <x:row r="19" spans="1:28">
       <x:c r="A19" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
-    <x:row r="20" spans="1:22">
+    <x:row r="20" spans="1:28">
       <x:c r="A20" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B20" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C20" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D20" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="E20" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="F20" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="G20" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="H20" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="I20" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="J20" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
+      <x:c r="K20" s="0" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="L20" s="0" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="M20" s="0" t="n">
+        <x:v>2</x:v>
+      </x:c>
       <x:c r="N20" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="O20" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="P20" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
-      <x:c r="Q20" s="0" t="n">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="T20" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="U20" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="V20" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
-    </x:row>
-    <x:row r="21" spans="1:22">
+      <x:c r="W20" s="0" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="X20" s="0" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="Y20" s="0" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="Z20" s="0" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="AA20" s="0" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="AB20" s="0" t="n">
+        <x:v>2</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="21" spans="1:28">
       <x:c r="A21" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B21" s="0" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C21" s="0" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D21" s="0" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E21" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="F21" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="G21" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="H21" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="I21" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="J21" s="0" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="K21" s="0" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="L21" s="0" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="M21" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="N21" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="O21" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="P21" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
-      <x:c r="Q21" s="0" t="n">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="T21" s="0" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="U21" s="0" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="V21" s="0" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="W21" s="0" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="X21" s="0" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="Y21" s="0" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="Z21" s="0" t="n">
         <x:v>1.5</x:v>
       </x:c>
-      <x:c r="U21" s="0" t="n">
+      <x:c r="AA21" s="0" t="n">
         <x:v>1.6</x:v>
       </x:c>
-      <x:c r="V21" s="0" t="n">
+      <x:c r="AB21" s="0" t="n">
         <x:v>1.6</x:v>
       </x:c>
     </x:row>
-    <x:row r="22" spans="1:22">
+    <x:row r="22" spans="1:28">
       <x:c r="A22" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B22" s="0" t="n">
         <x:v>56</x:v>
       </x:c>
       <x:c r="C22" s="0" t="n">
         <x:v>58</x:v>
       </x:c>
       <x:c r="D22" s="0" t="n">
         <x:v>56</x:v>
       </x:c>
       <x:c r="E22" s="0" t="n">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="F22" s="0" t="n">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="G22" s="0" t="n">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="H22" s="0" t="n">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="I22" s="0" t="n">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="J22" s="0" t="n">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="K22" s="0" t="n">
         <x:v>67</x:v>
       </x:c>
-      <x:c r="F22" s="0" t="n">
+      <x:c r="L22" s="0" t="n">
         <x:v>67</x:v>
       </x:c>
-      <x:c r="G22" s="0" t="n">
+      <x:c r="M22" s="0" t="n">
         <x:v>67</x:v>
       </x:c>
-      <x:c r="H22" s="0" t="n">
+      <x:c r="N22" s="0" t="n">
         <x:v>75</x:v>
       </x:c>
-      <x:c r="I22" s="0" t="n">
+      <x:c r="O22" s="0" t="n">
         <x:v>76</x:v>
       </x:c>
-      <x:c r="J22" s="0" t="n">
+      <x:c r="P22" s="0" t="n">
         <x:v>76</x:v>
       </x:c>
-      <x:c r="N22" s="0" t="n">
+      <x:c r="T22" s="0" t="n">
         <x:v>60</x:v>
       </x:c>
-      <x:c r="O22" s="0" t="n">
+      <x:c r="U22" s="0" t="n">
         <x:v>61</x:v>
       </x:c>
-      <x:c r="P22" s="0" t="n">
+      <x:c r="V22" s="0" t="n">
         <x:v>60</x:v>
       </x:c>
-      <x:c r="Q22" s="0" t="n">
+      <x:c r="W22" s="0" t="n">
         <x:v>63</x:v>
       </x:c>
-      <x:c r="R22" s="0" t="n">
+      <x:c r="X22" s="0" t="n">
         <x:v>64</x:v>
       </x:c>
-      <x:c r="S22" s="0" t="n">
+      <x:c r="Y22" s="0" t="n">
         <x:v>64</x:v>
       </x:c>
-      <x:c r="T22" s="0" t="n">
+      <x:c r="Z22" s="0" t="n">
         <x:v>55.5</x:v>
       </x:c>
-      <x:c r="U22" s="0" t="n">
+      <x:c r="AA22" s="0" t="n">
         <x:v>57.9</x:v>
       </x:c>
-      <x:c r="V22" s="0" t="n">
+      <x:c r="AB22" s="0" t="n">
         <x:v>58.2</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
-  <x:mergeCells count="8">
+  <x:mergeCells count="10">
     <x:mergeCell ref="A1:O1"/>
     <x:mergeCell ref="B8:D8"/>
     <x:mergeCell ref="E8:G8"/>
     <x:mergeCell ref="H8:J8"/>
     <x:mergeCell ref="K8:M8"/>
     <x:mergeCell ref="N8:P8"/>
     <x:mergeCell ref="Q8:S8"/>
     <x:mergeCell ref="T8:V8"/>
+    <x:mergeCell ref="W8:Y8"/>
+    <x:mergeCell ref="Z8:AB8"/>
   </x:mergeCells>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:V22"/>
+  <x:dimension ref="A1:AB22"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="54.790625" style="0" customWidth="1"/>
-    <x:col min="2" max="8" width="11.920625" style="0" customWidth="1"/>
-[...1 lines deleted...]
-    <x:col min="10" max="10" width="8.230625" style="0" customWidth="1"/>
+    <x:col min="2" max="10" width="11.920625" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="10.000625" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="9.610625" style="0" customWidth="1"/>
     <x:col min="13" max="13" width="8.230625" style="0" customWidth="1"/>
     <x:col min="14" max="14" width="10.000625" style="0" customWidth="1"/>
     <x:col min="15" max="15" width="9.610625" style="0" customWidth="1"/>
     <x:col min="16" max="16" width="8.230625" style="0" customWidth="1"/>
     <x:col min="17" max="17" width="10.000625" style="0" customWidth="1"/>
     <x:col min="18" max="18" width="9.610625" style="0" customWidth="1"/>
     <x:col min="19" max="19" width="8.230625" style="0" customWidth="1"/>
     <x:col min="20" max="20" width="10.000625" style="0" customWidth="1"/>
     <x:col min="21" max="21" width="9.610625" style="0" customWidth="1"/>
     <x:col min="22" max="22" width="8.230625" style="0" customWidth="1"/>
+    <x:col min="23" max="23" width="10.000625" style="0" customWidth="1"/>
+    <x:col min="24" max="24" width="9.610625" style="0" customWidth="1"/>
+    <x:col min="25" max="25" width="8.230625" style="0" customWidth="1"/>
+    <x:col min="26" max="26" width="10.000625" style="0" customWidth="1"/>
+    <x:col min="27" max="27" width="9.610625" style="0" customWidth="1"/>
+    <x:col min="28" max="28" width="8.230625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
-    <x:row r="1" spans="1:22">
+    <x:row r="1" spans="1:28">
       <x:c r="A1" s="1" t="s">
-        <x:v>43</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B1" s="1" t="s"/>
       <x:c r="C1" s="1" t="s"/>
       <x:c r="D1" s="1" t="s"/>
       <x:c r="E1" s="1" t="s"/>
       <x:c r="F1" s="1" t="s"/>
       <x:c r="G1" s="1" t="s"/>
       <x:c r="H1" s="1" t="s"/>
       <x:c r="I1" s="1" t="s"/>
       <x:c r="J1" s="1" t="s"/>
       <x:c r="K1" s="1" t="s"/>
       <x:c r="L1" s="1" t="s"/>
       <x:c r="M1" s="1" t="s"/>
       <x:c r="N1" s="1" t="s"/>
       <x:c r="O1" s="1" t="s"/>
     </x:row>
-    <x:row r="2" spans="1:22">
+    <x:row r="2" spans="1:28">
       <x:c r="B2" s="2" t="s">
-        <x:v>1</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="C2" s="2" t="s">
-        <x:v>2</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="D2" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="E2" s="2" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="F2" s="2" t="s">
         <x:v>3</x:v>
       </x:c>
-      <x:c r="E2" s="2" t="s">
+      <x:c r="G2" s="2" t="s">
         <x:v>4</x:v>
       </x:c>
-      <x:c r="F2" s="2" t="s">
+      <x:c r="H2" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
-      <x:c r="G2" s="2" t="s">
+      <x:c r="I2" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
-      <x:c r="H2" s="2" t="s">
+      <x:c r="J2" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
     </x:row>
-    <x:row r="3" spans="1:22">
+    <x:row r="3" spans="1:28">
       <x:c r="A3" s="3" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B3" s="0" t="n">
+        <x:v>8180</x:v>
+      </x:c>
+      <x:c r="C3" s="0" t="n">
+        <x:v>8180</x:v>
+      </x:c>
+      <x:c r="D3" s="0" t="n">
         <x:v>7548</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>8757</x:v>
       </x:c>
       <x:c r="E3" s="0" t="n">
         <x:v>6538</x:v>
       </x:c>
       <x:c r="F3" s="0" t="n">
+        <x:v>8757</x:v>
+      </x:c>
+      <x:c r="G3" s="0" t="n">
+        <x:v>6538</x:v>
+      </x:c>
+      <x:c r="H3" s="0" t="n">
         <x:v>7038</x:v>
       </x:c>
-      <x:c r="G3" s="0" t="n">
+      <x:c r="I3" s="0" t="n">
         <x:v>8320</x:v>
       </x:c>
-      <x:c r="H3" s="0" t="n">
+      <x:c r="J3" s="0" t="n">
         <x:v>9087</x:v>
       </x:c>
     </x:row>
-    <x:row r="4" spans="1:22">
+    <x:row r="4" spans="1:28">
       <x:c r="A4" s="3" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B4" s="0" t="n">
+        <x:v>166364</x:v>
+      </x:c>
+      <x:c r="C4" s="0" t="n">
+        <x:v>166364</x:v>
+      </x:c>
+      <x:c r="D4" s="0" t="n">
         <x:v>156829</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>181129</x:v>
       </x:c>
       <x:c r="E4" s="0" t="n">
         <x:v>134949</x:v>
       </x:c>
       <x:c r="F4" s="0" t="n">
+        <x:v>181129</x:v>
+      </x:c>
+      <x:c r="G4" s="0" t="n">
+        <x:v>134949</x:v>
+      </x:c>
+      <x:c r="H4" s="0" t="n">
         <x:v>145323</x:v>
       </x:c>
-      <x:c r="G4" s="0" t="n">
+      <x:c r="I4" s="0" t="n">
         <x:v>172207</x:v>
       </x:c>
-      <x:c r="H4" s="0" t="n">
+      <x:c r="J4" s="0" t="n">
         <x:v>186860</x:v>
       </x:c>
     </x:row>
-    <x:row r="5" spans="1:22">
+    <x:row r="5" spans="1:28">
       <x:c r="A5" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B5" s="0" t="n">
+        <x:v>1689831</x:v>
+      </x:c>
+      <x:c r="C5" s="0" t="n">
+        <x:v>1689831</x:v>
+      </x:c>
+      <x:c r="D5" s="0" t="n">
         <x:v>2309723</x:v>
       </x:c>
-      <x:c r="C5" s="0" t="n">
+      <x:c r="E5" s="0" t="n">
         <x:v>1345360</x:v>
       </x:c>
-      <x:c r="D5" s="0" t="n">
+      <x:c r="F5" s="0" t="n">
         <x:v>2054251</x:v>
       </x:c>
-      <x:c r="F5" s="0" t="n">
+      <x:c r="H5" s="0" t="n">
         <x:v>1447677</x:v>
       </x:c>
-      <x:c r="G5" s="0" t="n">
+      <x:c r="I5" s="0" t="n">
         <x:v>1413876</x:v>
       </x:c>
-      <x:c r="H5" s="0" t="n">
+      <x:c r="J5" s="0" t="n">
         <x:v>1378338</x:v>
       </x:c>
     </x:row>
-    <x:row r="6" spans="1:22">
+    <x:row r="6" spans="1:28">
       <x:c r="A6" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B6" s="0" t="n">
+        <x:v>114801</x:v>
+      </x:c>
+      <x:c r="C6" s="0" t="n">
+        <x:v>114801</x:v>
+      </x:c>
+      <x:c r="D6" s="0" t="n">
         <x:v>109650</x:v>
       </x:c>
-      <x:c r="C6" s="0" t="n">
+      <x:c r="E6" s="0" t="n">
         <x:v>52154</x:v>
       </x:c>
-      <x:c r="D6" s="0" t="n">
+      <x:c r="F6" s="0" t="n">
         <x:v>67095</x:v>
       </x:c>
-      <x:c r="F6" s="0" t="n">
+      <x:c r="H6" s="0" t="n">
         <x:v>58074</x:v>
       </x:c>
-      <x:c r="G6" s="0" t="n">
+      <x:c r="I6" s="0" t="n">
         <x:v>81353</x:v>
       </x:c>
-      <x:c r="H6" s="0" t="n">
+      <x:c r="J6" s="0" t="n">
         <x:v>88914</x:v>
       </x:c>
     </x:row>
-    <x:row r="8" spans="1:22">
+    <x:row r="8" spans="1:28">
       <x:c r="B8" s="2" t="s">
-        <x:v>13</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="C8" s="2" t="s"/>
       <x:c r="D8" s="2" t="s"/>
       <x:c r="E8" s="2" t="s">
-        <x:v>14</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="F8" s="2" t="s"/>
       <x:c r="G8" s="2" t="s"/>
       <x:c r="H8" s="2" t="s">
-        <x:v>15</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="I8" s="2" t="s"/>
       <x:c r="J8" s="2" t="s"/>
       <x:c r="K8" s="2" t="s">
-        <x:v>16</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="L8" s="2" t="s"/>
       <x:c r="M8" s="2" t="s"/>
       <x:c r="N8" s="2" t="s">
-        <x:v>17</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="O8" s="2" t="s"/>
       <x:c r="P8" s="2" t="s"/>
       <x:c r="Q8" s="2" t="s">
-        <x:v>18</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="R8" s="2" t="s"/>
       <x:c r="S8" s="2" t="s"/>
       <x:c r="T8" s="2" t="s">
-        <x:v>19</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="U8" s="2" t="s"/>
       <x:c r="V8" s="2" t="s"/>
-    </x:row>
-    <x:row r="9" spans="1:22">
+      <x:c r="W8" s="2" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="X8" s="2" t="s"/>
+      <x:c r="Y8" s="2" t="s"/>
+      <x:c r="Z8" s="2" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="AA8" s="2" t="s"/>
+      <x:c r="AB8" s="2" t="s"/>
+    </x:row>
+    <x:row r="9" spans="1:28">
       <x:c r="B9" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="C9" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="D9" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="E9" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F9" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="G9" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H9" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="I9" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="J9" s="2" t="s">
@@ -16352,480 +17246,615 @@
       </x:c>
       <x:c r="O9" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="P9" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q9" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="R9" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="S9" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="T9" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="U9" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="V9" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
-    </x:row>
-    <x:row r="10" spans="1:22">
+      <x:c r="W9" s="2" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="X9" s="2" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="Y9" s="2" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="Z9" s="2" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="AA9" s="2" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="AB9" s="2" t="s">
+        <x:v>23</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="10" spans="1:28">
       <x:c r="A10" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B10" s="0" t="n">
+        <x:v>239</x:v>
+      </x:c>
+      <x:c r="C10" s="0" t="n">
+        <x:v>214</x:v>
+      </x:c>
+      <x:c r="D10" s="0" t="n">
+        <x:v>216</x:v>
+      </x:c>
+      <x:c r="E10" s="0" t="n">
+        <x:v>239</x:v>
+      </x:c>
+      <x:c r="F10" s="0" t="n">
+        <x:v>214</x:v>
+      </x:c>
+      <x:c r="G10" s="0" t="n">
+        <x:v>216</x:v>
+      </x:c>
+      <x:c r="H10" s="0" t="n">
         <x:v>254</x:v>
       </x:c>
-      <x:c r="C10" s="0" t="n">
+      <x:c r="I10" s="0" t="n">
         <x:v>248</x:v>
       </x:c>
-      <x:c r="D10" s="0" t="n">
+      <x:c r="J10" s="0" t="n">
         <x:v>236</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>143</x:v>
       </x:c>
       <x:c r="K10" s="0" t="n">
         <x:v>93</x:v>
       </x:c>
       <x:c r="L10" s="0" t="n">
         <x:v>95</x:v>
       </x:c>
       <x:c r="M10" s="0" t="n">
         <x:v>81</x:v>
       </x:c>
       <x:c r="N10" s="0" t="n">
+        <x:v>166</x:v>
+      </x:c>
+      <x:c r="O10" s="0" t="n">
+        <x:v>166</x:v>
+      </x:c>
+      <x:c r="P10" s="0" t="n">
+        <x:v>143</x:v>
+      </x:c>
+      <x:c r="Q10" s="0" t="n">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="R10" s="0" t="n">
+        <x:v>95</x:v>
+      </x:c>
+      <x:c r="S10" s="0" t="n">
+        <x:v>81</x:v>
+      </x:c>
+      <x:c r="T10" s="0" t="n">
         <x:v>182</x:v>
       </x:c>
-      <x:c r="O10" s="0" t="n">
+      <x:c r="U10" s="0" t="n">
         <x:v>177</x:v>
       </x:c>
-      <x:c r="P10" s="0" t="n">
+      <x:c r="V10" s="0" t="n">
         <x:v>171</x:v>
       </x:c>
-      <x:c r="Q10" s="0" t="n">
+      <x:c r="W10" s="0" t="n">
         <x:v>199</x:v>
       </x:c>
-      <x:c r="R10" s="0" t="n">
+      <x:c r="X10" s="0" t="n">
         <x:v>188</x:v>
       </x:c>
-      <x:c r="S10" s="0" t="n">
+      <x:c r="Y10" s="0" t="n">
         <x:v>171</x:v>
       </x:c>
-      <x:c r="T10" s="0" t="n">
+      <x:c r="Z10" s="0" t="n">
         <x:v>216</x:v>
       </x:c>
-      <x:c r="U10" s="0" t="n">
+      <x:c r="AA10" s="0" t="n">
         <x:v>200</x:v>
       </x:c>
-      <x:c r="V10" s="0" t="n">
+      <x:c r="AB10" s="0" t="n">
         <x:v>200</x:v>
       </x:c>
     </x:row>
-    <x:row r="11" spans="1:22">
+    <x:row r="11" spans="1:28">
       <x:c r="A11" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B11" s="0" t="n">
-        <x:v>43</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="C11" s="0" t="n">
-        <x:v>40</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="D11" s="0" t="n">
-        <x:v>36</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="E11" s="0" t="n">
-        <x:v>22</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="F11" s="0" t="n">
-        <x:v>18</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="G11" s="0" t="n">
-        <x:v>17</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="H11" s="0" t="n">
         <x:v>43</x:v>
       </x:c>
       <x:c r="I11" s="0" t="n">
         <x:v>40</x:v>
       </x:c>
       <x:c r="J11" s="0" t="n">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K11" s="0" t="n">
         <x:v>22</x:v>
       </x:c>
       <x:c r="L11" s="0" t="n">
         <x:v>18</x:v>
       </x:c>
       <x:c r="M11" s="0" t="n">
         <x:v>17</x:v>
       </x:c>
       <x:c r="N11" s="0" t="n">
+        <x:v>43</x:v>
+      </x:c>
+      <x:c r="O11" s="0" t="n">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="P11" s="0" t="n">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="Q11" s="0" t="n">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="R11" s="0" t="n">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="S11" s="0" t="n">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="T11" s="0" t="n">
         <x:v>39</x:v>
       </x:c>
-      <x:c r="O11" s="0" t="n">
+      <x:c r="U11" s="0" t="n">
         <x:v>38</x:v>
       </x:c>
-      <x:c r="P11" s="0" t="n">
+      <x:c r="V11" s="0" t="n">
         <x:v>37</x:v>
       </x:c>
-      <x:c r="Q11" s="0" t="n">
+      <x:c r="W11" s="0" t="n">
         <x:v>46</x:v>
       </x:c>
-      <x:c r="R11" s="0" t="n">
+      <x:c r="X11" s="0" t="n">
         <x:v>39</x:v>
       </x:c>
-      <x:c r="S11" s="0" t="n">
+      <x:c r="Y11" s="0" t="n">
         <x:v>35</x:v>
       </x:c>
-      <x:c r="T11" s="0" t="n">
+      <x:c r="Z11" s="0" t="n">
         <x:v>49</x:v>
       </x:c>
-      <x:c r="U11" s="0" t="n">
+      <x:c r="AA11" s="0" t="n">
         <x:v>44</x:v>
       </x:c>
-      <x:c r="V11" s="0" t="n">
+      <x:c r="AB11" s="0" t="n">
         <x:v>42</x:v>
       </x:c>
     </x:row>
-    <x:row r="12" spans="1:22">
+    <x:row r="12" spans="1:28">
       <x:c r="A12" s="3" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B12" s="0" t="n">
-        <x:v>61</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C12" s="0" t="n">
-        <x:v>61</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="D12" s="0" t="n">
-        <x:v>50</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="E12" s="0" t="n">
-        <x:v>40</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="F12" s="0" t="n">
-        <x:v>36</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="G12" s="0" t="n">
-        <x:v>34</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="H12" s="0" t="n">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I12" s="0" t="n">
         <x:v>61</x:v>
       </x:c>
       <x:c r="J12" s="0" t="n">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K12" s="0" t="n">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L12" s="0" t="n">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M12" s="0" t="n">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N12" s="0" t="n">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="O12" s="0" t="n">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="P12" s="0" t="n">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="Q12" s="0" t="n">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="R12" s="0" t="n">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="S12" s="0" t="n">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="T12" s="0" t="n">
         <x:v>70</x:v>
       </x:c>
-      <x:c r="O12" s="0" t="n">
+      <x:c r="U12" s="0" t="n">
         <x:v>60</x:v>
       </x:c>
-      <x:c r="P12" s="0" t="n">
+      <x:c r="V12" s="0" t="n">
         <x:v>54</x:v>
       </x:c>
-      <x:c r="Q12" s="0" t="n">
+      <x:c r="W12" s="0" t="n">
         <x:v>71</x:v>
       </x:c>
-      <x:c r="R12" s="0" t="n">
+      <x:c r="X12" s="0" t="n">
         <x:v>63</x:v>
       </x:c>
-      <x:c r="S12" s="0" t="n">
+      <x:c r="Y12" s="0" t="n">
         <x:v>58</x:v>
       </x:c>
-      <x:c r="T12" s="0" t="n">
+      <x:c r="Z12" s="0" t="n">
         <x:v>89</x:v>
       </x:c>
-      <x:c r="U12" s="0" t="n">
+      <x:c r="AA12" s="0" t="n">
         <x:v>78</x:v>
       </x:c>
-      <x:c r="V12" s="0" t="n">
+      <x:c r="AB12" s="0" t="n">
         <x:v>68</x:v>
       </x:c>
     </x:row>
-    <x:row r="13" spans="1:22">
+    <x:row r="13" spans="1:28">
       <x:c r="A13" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B13" s="0" t="n">
-        <x:v>66</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="C13" s="0" t="n">
-        <x:v>66</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D13" s="0" t="n">
-        <x:v>58</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="E13" s="0" t="n">
-        <x:v>34</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="F13" s="0" t="n">
-        <x:v>30</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="G13" s="0" t="n">
-        <x:v>33</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="H13" s="0" t="n">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I13" s="0" t="n">
         <x:v>66</x:v>
       </x:c>
       <x:c r="J13" s="0" t="n">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K13" s="0" t="n">
         <x:v>34</x:v>
       </x:c>
       <x:c r="L13" s="0" t="n">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M13" s="0" t="n">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N13" s="0" t="n">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="O13" s="0" t="n">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="P13" s="0" t="n">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="Q13" s="0" t="n">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="R13" s="0" t="n">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="S13" s="0" t="n">
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="T13" s="0" t="n">
         <x:v>74</x:v>
       </x:c>
-      <x:c r="O13" s="0" t="n">
+      <x:c r="U13" s="0" t="n">
         <x:v>79</x:v>
       </x:c>
-      <x:c r="P13" s="0" t="n">
+      <x:c r="V13" s="0" t="n">
         <x:v>79</x:v>
       </x:c>
-      <x:c r="Q13" s="0" t="n">
+      <x:c r="W13" s="0" t="n">
         <x:v>72</x:v>
       </x:c>
-      <x:c r="R13" s="0" t="n">
+      <x:c r="X13" s="0" t="n">
         <x:v>86</x:v>
       </x:c>
-      <x:c r="S13" s="0" t="n">
+      <x:c r="Y13" s="0" t="n">
         <x:v>78</x:v>
       </x:c>
-      <x:c r="T13" s="0" t="n">
+      <x:c r="Z13" s="0" t="n">
         <x:v>88</x:v>
       </x:c>
-      <x:c r="U13" s="0" t="n">
+      <x:c r="AA13" s="0" t="n">
         <x:v>85</x:v>
       </x:c>
-      <x:c r="V13" s="0" t="n">
+      <x:c r="AB13" s="0" t="n">
         <x:v>85</x:v>
       </x:c>
     </x:row>
-    <x:row r="14" spans="1:22">
+    <x:row r="14" spans="1:28">
       <x:c r="A14" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
-    </x:row>
-    <x:row r="15" spans="1:22">
+      <x:c r="E14" s="0" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="F14" s="0" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="G14" s="0" t="n">
+        <x:v>0</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="15" spans="1:28">
       <x:c r="A15" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B15" s="0" t="n">
-        <x:v>21</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C15" s="0" t="n">
-        <x:v>21</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="D15" s="0" t="n">
-        <x:v>21</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="E15" s="0" t="n">
-        <x:v>18</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="F15" s="0" t="n">
-        <x:v>18</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="G15" s="0" t="n">
-        <x:v>18</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="H15" s="0" t="n">
-        <x:v>24</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="I15" s="0" t="n">
-        <x:v>24</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="J15" s="0" t="n">
-        <x:v>24</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="K15" s="0" t="n">
         <x:v>18</x:v>
       </x:c>
       <x:c r="L15" s="0" t="n">
         <x:v>18</x:v>
       </x:c>
       <x:c r="M15" s="0" t="n">
         <x:v>18</x:v>
       </x:c>
       <x:c r="N15" s="0" t="n">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="O15" s="0" t="n">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="P15" s="0" t="n">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="Q15" s="0" t="n">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="R15" s="0" t="n">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="S15" s="0" t="n">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="T15" s="0" t="n">
         <x:v>19</x:v>
       </x:c>
-      <x:c r="O15" s="0" t="n">
+      <x:c r="U15" s="0" t="n">
         <x:v>19</x:v>
       </x:c>
-      <x:c r="P15" s="0" t="n">
+      <x:c r="V15" s="0" t="n">
         <x:v>19</x:v>
       </x:c>
-      <x:c r="Q15" s="0" t="n">
+      <x:c r="W15" s="0" t="n">
         <x:v>23</x:v>
       </x:c>
-      <x:c r="R15" s="0" t="n">
+      <x:c r="X15" s="0" t="n">
         <x:v>23</x:v>
       </x:c>
-      <x:c r="S15" s="0" t="n">
+      <x:c r="Y15" s="0" t="n">
         <x:v>23</x:v>
       </x:c>
-      <x:c r="T15" s="0" t="n">
+      <x:c r="Z15" s="0" t="n">
         <x:v>25</x:v>
       </x:c>
-      <x:c r="U15" s="0" t="n">
+      <x:c r="AA15" s="0" t="n">
         <x:v>25</x:v>
       </x:c>
-      <x:c r="V15" s="0" t="n">
+      <x:c r="AB15" s="0" t="n">
         <x:v>25</x:v>
       </x:c>
     </x:row>
-    <x:row r="16" spans="1:22">
+    <x:row r="16" spans="1:28">
       <x:c r="A16" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B16" s="0" t="n">
+        <x:v>456</x:v>
+      </x:c>
+      <x:c r="C16" s="0" t="n">
+        <x:v>456</x:v>
+      </x:c>
+      <x:c r="D16" s="0" t="n">
+        <x:v>456</x:v>
+      </x:c>
+      <x:c r="E16" s="0" t="n">
+        <x:v>456</x:v>
+      </x:c>
+      <x:c r="F16" s="0" t="n">
+        <x:v>456</x:v>
+      </x:c>
+      <x:c r="G16" s="0" t="n">
+        <x:v>456</x:v>
+      </x:c>
+      <x:c r="H16" s="0" t="n">
         <x:v>430</x:v>
       </x:c>
-      <x:c r="C16" s="0" t="n">
+      <x:c r="I16" s="0" t="n">
         <x:v>430</x:v>
       </x:c>
-      <x:c r="D16" s="0" t="n">
+      <x:c r="J16" s="0" t="n">
         <x:v>430</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>496</x:v>
       </x:c>
       <x:c r="K16" s="0" t="n">
         <x:v>370</x:v>
       </x:c>
       <x:c r="L16" s="0" t="n">
         <x:v>370</x:v>
       </x:c>
       <x:c r="M16" s="0" t="n">
         <x:v>370</x:v>
       </x:c>
       <x:c r="N16" s="0" t="n">
+        <x:v>496</x:v>
+      </x:c>
+      <x:c r="O16" s="0" t="n">
+        <x:v>496</x:v>
+      </x:c>
+      <x:c r="P16" s="0" t="n">
+        <x:v>496</x:v>
+      </x:c>
+      <x:c r="Q16" s="0" t="n">
+        <x:v>370</x:v>
+      </x:c>
+      <x:c r="R16" s="0" t="n">
+        <x:v>370</x:v>
+      </x:c>
+      <x:c r="S16" s="0" t="n">
+        <x:v>370</x:v>
+      </x:c>
+      <x:c r="T16" s="0" t="n">
         <x:v>398</x:v>
       </x:c>
-      <x:c r="O16" s="0" t="n">
+      <x:c r="U16" s="0" t="n">
         <x:v>398</x:v>
       </x:c>
-      <x:c r="P16" s="0" t="n">
+      <x:c r="V16" s="0" t="n">
         <x:v>398</x:v>
       </x:c>
-      <x:c r="Q16" s="0" t="n">
+      <x:c r="W16" s="0" t="n">
         <x:v>472</x:v>
       </x:c>
-      <x:c r="R16" s="0" t="n">
+      <x:c r="X16" s="0" t="n">
         <x:v>472</x:v>
       </x:c>
-      <x:c r="S16" s="0" t="n">
+      <x:c r="Y16" s="0" t="n">
         <x:v>472</x:v>
       </x:c>
-      <x:c r="T16" s="0" t="n">
+      <x:c r="Z16" s="0" t="n">
         <x:v>512</x:v>
       </x:c>
-      <x:c r="U16" s="0" t="n">
+      <x:c r="AA16" s="0" t="n">
         <x:v>512</x:v>
       </x:c>
-      <x:c r="V16" s="0" t="n">
+      <x:c r="AB16" s="0" t="n">
         <x:v>512</x:v>
       </x:c>
     </x:row>
-    <x:row r="17" spans="1:22">
+    <x:row r="17" spans="1:28">
       <x:c r="A17" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
-    <x:row r="18" spans="1:22">
+    <x:row r="18" spans="1:28">
       <x:c r="A18" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
-    <x:row r="19" spans="1:22">
+    <x:row r="19" spans="1:28">
       <x:c r="A19" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
-    <x:row r="20" spans="1:22">
+    <x:row r="20" spans="1:28">
       <x:c r="A20" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B20" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C20" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D20" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="E20" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="F20" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="G20" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="H20" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="I20" s="0" t="n">
@@ -16848,224 +17877,280 @@
       </x:c>
       <x:c r="O20" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="P20" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="Q20" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="R20" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="S20" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="T20" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="U20" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="V20" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
-    </x:row>
-    <x:row r="21" spans="1:22">
+      <x:c r="W20" s="0" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="X20" s="0" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="Y20" s="0" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="Z20" s="0" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="AA20" s="0" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="AB20" s="0" t="n">
+        <x:v>2</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="21" spans="1:28">
       <x:c r="A21" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B21" s="0" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C21" s="0" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D21" s="0" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E21" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="F21" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="G21" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="H21" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="I21" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="J21" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="K21" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="L21" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="M21" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="N21" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="O21" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="P21" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="Q21" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="R21" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="S21" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="T21" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="U21" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="V21" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
-    </x:row>
-    <x:row r="22" spans="1:22">
+      <x:c r="W21" s="0" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="X21" s="0" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="Y21" s="0" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="Z21" s="0" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="AA21" s="0" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="AB21" s="0" t="n">
+        <x:v>2</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="22" spans="1:28">
       <x:c r="A22" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B22" s="0" t="n">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C22" s="0" t="n">
         <x:v>61</x:v>
       </x:c>
       <x:c r="D22" s="0" t="n">
         <x:v>58</x:v>
       </x:c>
       <x:c r="E22" s="0" t="n">
-        <x:v>77</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="F22" s="0" t="n">
-        <x:v>77</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="G22" s="0" t="n">
-        <x:v>77</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="H22" s="0" t="n">
-        <x:v>91</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="I22" s="0" t="n">
-        <x:v>91</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="J22" s="0" t="n">
-        <x:v>91</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="K22" s="0" t="n">
         <x:v>77</x:v>
       </x:c>
       <x:c r="L22" s="0" t="n">
         <x:v>77</x:v>
       </x:c>
       <x:c r="M22" s="0" t="n">
         <x:v>77</x:v>
       </x:c>
       <x:c r="N22" s="0" t="n">
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="O22" s="0" t="n">
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="P22" s="0" t="n">
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="Q22" s="0" t="n">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="R22" s="0" t="n">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="S22" s="0" t="n">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="T22" s="0" t="n">
         <x:v>67</x:v>
       </x:c>
-      <x:c r="O22" s="0" t="n">
+      <x:c r="U22" s="0" t="n">
         <x:v>68</x:v>
       </x:c>
-      <x:c r="P22" s="0" t="n">
+      <x:c r="V22" s="0" t="n">
         <x:v>67</x:v>
       </x:c>
-      <x:c r="Q22" s="0" t="n">
+      <x:c r="W22" s="0" t="n">
         <x:v>72</x:v>
       </x:c>
-      <x:c r="R22" s="0" t="n">
+      <x:c r="X22" s="0" t="n">
         <x:v>73</x:v>
       </x:c>
-      <x:c r="S22" s="0" t="n">
+      <x:c r="Y22" s="0" t="n">
         <x:v>73</x:v>
       </x:c>
-      <x:c r="T22" s="0" t="n">
+      <x:c r="Z22" s="0" t="n">
         <x:v>60</x:v>
       </x:c>
-      <x:c r="U22" s="0" t="n">
+      <x:c r="AA22" s="0" t="n">
         <x:v>63</x:v>
       </x:c>
-      <x:c r="V22" s="0" t="n">
+      <x:c r="AB22" s="0" t="n">
         <x:v>63</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
-  <x:mergeCells count="8">
+  <x:mergeCells count="10">
     <x:mergeCell ref="A1:O1"/>
     <x:mergeCell ref="B8:D8"/>
     <x:mergeCell ref="E8:G8"/>
     <x:mergeCell ref="H8:J8"/>
     <x:mergeCell ref="K8:M8"/>
     <x:mergeCell ref="N8:P8"/>
     <x:mergeCell ref="Q8:S8"/>
     <x:mergeCell ref="T8:V8"/>
+    <x:mergeCell ref="W8:Y8"/>
+    <x:mergeCell ref="Z8:AB8"/>
   </x:mergeCells>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:O22"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="54.790625" style="0" customWidth="1"/>
     <x:col min="2" max="15" width="9.140625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:15">
       <x:c r="A1" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="B1" s="1" t="s"/>
       <x:c r="C1" s="1" t="s"/>
       <x:c r="D1" s="1" t="s"/>
       <x:c r="E1" s="1" t="s"/>
       <x:c r="F1" s="1" t="s"/>
       <x:c r="G1" s="1" t="s"/>
       <x:c r="H1" s="1" t="s"/>
       <x:c r="I1" s="1" t="s"/>
       <x:c r="J1" s="1" t="s"/>
       <x:c r="K1" s="1" t="s"/>
       <x:c r="L1" s="1" t="s"/>
       <x:c r="M1" s="1" t="s"/>
       <x:c r="N1" s="1" t="s"/>
       <x:c r="O1" s="1" t="s"/>
     </x:row>
     <x:row r="3" spans="1:15">
       <x:c r="A3" s="3" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:15">
       <x:c r="A4" s="3" t="s">
         <x:v>10</x:v>
       </x:c>