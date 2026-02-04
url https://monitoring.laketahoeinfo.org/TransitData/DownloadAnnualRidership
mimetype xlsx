--- v2 (2026-01-14)
+++ v3 (2026-02-04)
@@ -20,107 +20,111 @@
   <Override PartName="/xl/worksheets/sheet11.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet12.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet13.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet14.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet15.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet16.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet17.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet18.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet19.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet20.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet21.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet22.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet23.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet24.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet25.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet26.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet27.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet28.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet29.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet30.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet31.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet32.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet33.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet34.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet35.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet36.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet37.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf647f5286f224eaf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/71a35f403fd54c4f846021ffae7cf8b2.psmdcp" Id="R304da511470242bf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbe6cfd80c35e4160" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/313002fb0b924f8882b6c5ad5d65601b.psmdcp" Id="R18268629ae974a2e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="19X" sheetId="2" r:id="rId2"/>
     <x:sheet name="22" sheetId="3" r:id="rId3"/>
-    <x:sheet name="28 East Shore Express" sheetId="4" r:id="rId4"/>
+    <x:sheet name="28" sheetId="4" r:id="rId4"/>
     <x:sheet name="50" sheetId="5" r:id="rId5"/>
     <x:sheet name="51" sheetId="6" r:id="rId6"/>
     <x:sheet name="55" sheetId="7" r:id="rId7"/>
-    <x:sheet name="HWY 267" sheetId="8" r:id="rId8"/>
-[...6 lines deleted...]
-    <x:sheet name="Night Service Olympic Valley..." sheetId="15" r:id="rId15"/>
+    <x:sheet name="Highway 89 Night Service" sheetId="8" r:id="rId8"/>
+    <x:sheet name="HWY 267" sheetId="9" r:id="rId9"/>
+    <x:sheet name="HWY 89" sheetId="10" r:id="rId10"/>
+    <x:sheet name="Lake Link Zone 1" sheetId="11" r:id="rId11"/>
+    <x:sheet name="Mainline Nevada" sheetId="12" r:id="rId12"/>
+    <x:sheet name="Mainline North Shore" sheetId="13" r:id="rId13"/>
+    <x:sheet name="Mainline West Shore" sheetId="14" r:id="rId14"/>
+    <x:sheet name="Night Service 267" sheetId="15" r:id="rId15"/>
     <x:sheet name="TART ADA Paratransit" sheetId="16" r:id="rId16"/>
     <x:sheet name="TART Connect 1 and 2" sheetId="17" r:id="rId17"/>
     <x:sheet name="TART Connect 3" sheetId="18" r:id="rId18"/>
     <x:sheet name="TTD ADA Paratransit" sheetId="19" r:id="rId19"/>
     <x:sheet name="10 Orange" sheetId="20" r:id="rId20"/>
     <x:sheet name="11 Green" sheetId="21" r:id="rId21"/>
     <x:sheet name="12 Red" sheetId="22" r:id="rId22"/>
     <x:sheet name="13 Yellow" sheetId="23" r:id="rId23"/>
     <x:sheet name="14 Purple" sheetId="24" r:id="rId24"/>
     <x:sheet name="15 Blue" sheetId="25" r:id="rId25"/>
     <x:sheet name="18X" sheetId="26" r:id="rId26"/>
     <x:sheet name="20X" sheetId="27" r:id="rId27"/>
     <x:sheet name="21x" sheetId="28" r:id="rId28"/>
     <x:sheet name="23" sheetId="29" r:id="rId29"/>
-    <x:sheet name="30 Emerald Bay Trolley" sheetId="30" r:id="rId30"/>
-[...5 lines deleted...]
-    <x:sheet name="TTD Demand Response" sheetId="36" r:id="rId36"/>
+    <x:sheet name="28 East Shore Express" sheetId="30" r:id="rId30"/>
+    <x:sheet name="30 Emerald Bay Trolley" sheetId="31" r:id="rId31"/>
+    <x:sheet name="53" sheetId="32" r:id="rId32"/>
+    <x:sheet name="53 Late Night" sheetId="33" r:id="rId33"/>
+    <x:sheet name="Night Service 89" sheetId="34" r:id="rId34"/>
+    <x:sheet name="Night Service Olympic Valley..." sheetId="35" r:id="rId35"/>
+    <x:sheet name="TART Connect 1" sheetId="36" r:id="rId36"/>
+    <x:sheet name="TART Connect 2" sheetId="37" r:id="rId37"/>
+    <x:sheet name="TTD Demand Response" sheetId="38" r:id="rId38"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="75" uniqueCount="75">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="77" uniqueCount="77">
   <x:si>
     <x:t>Annual Ridership Report for Route 19X</x:t>
   </x:si>
   <x:si>
     <x:t>2023 - 2024</x:t>
   </x:si>
   <x:si>
     <x:t>2022 - 2023</x:t>
   </x:si>
   <x:si>
     <x:t>2021 - 2022</x:t>
   </x:si>
   <x:si>
     <x:t>2020 - 2021</x:t>
   </x:si>
   <x:si>
     <x:t>2019 - 2020</x:t>
   </x:si>
   <x:si>
     <x:t>2018 - 2019</x:t>
   </x:si>
   <x:si>
     <x:t>2017 - 2018</x:t>
   </x:si>
   <x:si>
@@ -192,150 +196,156 @@
   <x:si>
     <x:t>g) Average Revenue Miles</x:t>
   </x:si>
   <x:si>
     <x:t>h) Average On-Time Performance (Number of Trips On-Time)</x:t>
   </x:si>
   <x:si>
     <x:t>i) Average On-Time Performance (Number of Trips Late)</x:t>
   </x:si>
   <x:si>
     <x:t>j) Average On-Time Performance (Number of Trips Early)</x:t>
   </x:si>
   <x:si>
     <x:t>k) Vehicle Requirement (Number of Peak Vehicles on Route)</x:t>
   </x:si>
   <x:si>
     <x:t>l) Average Deadhead Hours</x:t>
   </x:si>
   <x:si>
     <x:t>m) Average Deadhead Miles</x:t>
   </x:si>
   <x:si>
     <x:t>Annual Ridership Report for Route 22</x:t>
   </x:si>
   <x:si>
-    <x:t>Annual Ridership Report for Route 28 East Shore Express</x:t>
+    <x:t>Annual Ridership Report for Route 28</x:t>
   </x:si>
   <x:si>
     <x:t>Annual Ridership Report for Route 50</x:t>
   </x:si>
   <x:si>
     <x:t>Annual Ridership Report for Route 51</x:t>
   </x:si>
   <x:si>
     <x:t>Annual Ridership Report for Route 55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Annual Ridership Report for Route Highway 89 Night Service</x:t>
   </x:si>
   <x:si>
     <x:t>Annual Ridership Report for Route HWY 267</x:t>
   </x:si>
   <x:si>
     <x:t>2025 - 2026</x:t>
   </x:si>
   <x:si>
     <x:t>2024 - 2025</x:t>
   </x:si>
   <x:si>
     <x:t>Fiscal Year 2025 - 2026</x:t>
   </x:si>
   <x:si>
     <x:t>Fiscal Year 2024 - 2025</x:t>
   </x:si>
   <x:si>
     <x:t>Annual Ridership Report for Route HWY 89</x:t>
   </x:si>
   <x:si>
     <x:t>Annual Ridership Report for Route Lake Link Zone 1</x:t>
   </x:si>
   <x:si>
     <x:t>Annual Ridership Report for Route Mainline Nevada</x:t>
   </x:si>
   <x:si>
     <x:t>Annual Ridership Report for Route Mainline North Shore</x:t>
   </x:si>
   <x:si>
     <x:t>Annual Ridership Report for Route Mainline West Shore</x:t>
   </x:si>
   <x:si>
     <x:t>Annual Ridership Report for Route Night Service 267</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>Annual Ridership Report for Route Night Service Olympic Valley to Crystal Bay</x:t>
   </x:si>
   <x:si>
     <x:t>Annual Ridership Report for Route TART ADA Paratransit</x:t>
   </x:si>
   <x:si>
     <x:t>Annual Ridership Report for Route TART Connect 1 and 2</x:t>
   </x:si>
   <x:si>
     <x:t>Annual Ridership Report for Route TART Connect 3</x:t>
   </x:si>
   <x:si>
     <x:t>Annual Ridership Report for Route TTD ADA Paratransit</x:t>
   </x:si>
   <x:si>
     <x:t>Annual Ridership Report for Route 10 Orange</x:t>
   </x:si>
   <x:si>
     <x:t>Annual Ridership Report for Route 11 Green</x:t>
   </x:si>
   <x:si>
     <x:t>Annual Ridership Report for Route 12 Red</x:t>
   </x:si>
   <x:si>
     <x:t>Annual Ridership Report for Route 13 Yellow</x:t>
   </x:si>
   <x:si>
     <x:t>Annual Ridership Report for Route 14 Purple</x:t>
   </x:si>
   <x:si>
     <x:t>Annual Ridership Report for Route 15 Blue</x:t>
   </x:si>
   <x:si>
     <x:t>Annual Ridership Report for Route 18X</x:t>
   </x:si>
   <x:si>
     <x:t>Annual Ridership Report for Route 20X</x:t>
   </x:si>
   <x:si>
     <x:t>Annual Ridership Report for Route 21x</x:t>
   </x:si>
   <x:si>
     <x:t>Annual Ridership Report for Route 23</x:t>
   </x:si>
   <x:si>
+    <x:t>Annual Ridership Report for Route 28 East Shore Express</x:t>
+  </x:si>
+  <x:si>
     <x:t>Annual Ridership Report for Route 30 Emerald Bay Trolley</x:t>
   </x:si>
   <x:si>
     <x:t>Annual Ridership Report for Route 53</x:t>
   </x:si>
   <x:si>
     <x:t>Annual Ridership Report for Route 53 Late Night</x:t>
   </x:si>
   <x:si>
     <x:t>Annual Ridership Report for Route Night Service 89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Annual Ridership Report for Route Night Service Olympic Valley to Crystal Bay</x:t>
   </x:si>
   <x:si>
     <x:t>Annual Ridership Report for Route TART Connect 1</x:t>
   </x:si>
   <x:si>
     <x:t>Annual Ridership Report for Route TART Connect 2</x:t>
   </x:si>
   <x:si>
     <x:t>Annual Ridership Report for Route TTD Demand Response</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="3">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
@@ -397,51 +407,51 @@
   </x:cellStyleXfs>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="rId37" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rId38" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet3.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet4.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet5.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet6.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet7.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet8.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet9.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet10.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet11.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet12.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet13.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet14.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet15.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet16.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet17.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet18.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet19.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet20.xml" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet21.xml" Id="rId22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet22.xml" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet23.xml" Id="rId24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet24.xml" Id="rId25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet25.xml" Id="rId26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet26.xml" Id="rId27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet27.xml" Id="rId28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet28.xml" Id="rId29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet29.xml" Id="rId30" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet30.xml" Id="rId31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet31.xml" Id="rId32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet32.xml" Id="rId33" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet33.xml" Id="rId34" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet34.xml" Id="rId35" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet35.xml" Id="rId36" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/xl/theme/theme1.xml" Id="rId40" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="rId39" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rId40" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet3.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet4.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet5.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet6.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet7.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet8.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet9.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet10.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet11.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet12.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet13.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet14.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet15.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet16.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet17.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet18.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet19.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet20.xml" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet21.xml" Id="rId22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet22.xml" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet23.xml" Id="rId24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet24.xml" Id="rId25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet25.xml" Id="rId26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet26.xml" Id="rId27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet27.xml" Id="rId28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet28.xml" Id="rId29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet29.xml" Id="rId30" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet30.xml" Id="rId31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet31.xml" Id="rId32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet32.xml" Id="rId33" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet33.xml" Id="rId34" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet34.xml" Id="rId35" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet35.xml" Id="rId36" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet36.xml" Id="rId37" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet37.xml" Id="rId38" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/xl/theme/theme1.xml" Id="rId42" /></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -1498,993 +1508,167 @@
   </x:sheetData>
   <x:mergeCells count="9">
     <x:mergeCell ref="A1:O1"/>
     <x:mergeCell ref="B8:D8"/>
     <x:mergeCell ref="E8:G8"/>
     <x:mergeCell ref="H8:J8"/>
     <x:mergeCell ref="K8:M8"/>
     <x:mergeCell ref="N8:P8"/>
     <x:mergeCell ref="Q8:S8"/>
     <x:mergeCell ref="T8:V8"/>
     <x:mergeCell ref="W8:Y8"/>
   </x:mergeCells>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:Y22"/>
+  <x:dimension ref="A1:O22"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="54.790625" style="0" customWidth="1"/>
-    <x:col min="2" max="9" width="11.920625" style="0" customWidth="1"/>
-[...15 lines deleted...]
-    <x:col min="25" max="25" width="8.230625" style="0" customWidth="1"/>
+    <x:col min="2" max="15" width="9.140625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
-    <x:row r="1" spans="1:25">
+    <x:row r="1" spans="1:15">
       <x:c r="A1" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B1" s="1" t="s"/>
       <x:c r="C1" s="1" t="s"/>
       <x:c r="D1" s="1" t="s"/>
       <x:c r="E1" s="1" t="s"/>
       <x:c r="F1" s="1" t="s"/>
       <x:c r="G1" s="1" t="s"/>
       <x:c r="H1" s="1" t="s"/>
       <x:c r="I1" s="1" t="s"/>
       <x:c r="J1" s="1" t="s"/>
       <x:c r="K1" s="1" t="s"/>
       <x:c r="L1" s="1" t="s"/>
       <x:c r="M1" s="1" t="s"/>
       <x:c r="N1" s="1" t="s"/>
       <x:c r="O1" s="1" t="s"/>
     </x:row>
-    <x:row r="2" spans="1:25">
-[...25 lines deleted...]
-    <x:row r="3" spans="1:25">
+    <x:row r="3" spans="1:15">
       <x:c r="A3" s="3" t="s">
         <x:v>9</x:v>
       </x:c>
-      <x:c r="B3" s="0" t="n">
-[...21 lines deleted...]
-    <x:row r="4" spans="1:25">
+    </x:row>
+    <x:row r="4" spans="1:15">
       <x:c r="A4" s="3" t="s">
         <x:v>10</x:v>
       </x:c>
-      <x:c r="B4" s="0" t="n">
-[...21 lines deleted...]
-    <x:row r="5" spans="1:25">
+    </x:row>
+    <x:row r="5" spans="1:15">
       <x:c r="A5" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
-      <x:c r="B5" s="0" t="n">
-[...21 lines deleted...]
-    <x:row r="6" spans="1:25">
+    </x:row>
+    <x:row r="6" spans="1:15">
       <x:c r="A6" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
-      <x:c r="B6" s="0" t="n">
-[...137 lines deleted...]
-    <x:row r="10" spans="1:25">
+    </x:row>
+    <x:row r="10" spans="1:15">
       <x:c r="A10" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
-      <x:c r="B10" s="0" t="n">
-[...63 lines deleted...]
-    <x:row r="11" spans="1:25">
+    </x:row>
+    <x:row r="11" spans="1:15">
       <x:c r="A11" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
-      <x:c r="B11" s="0" t="n">
-[...63 lines deleted...]
-    <x:row r="12" spans="1:25">
+    </x:row>
+    <x:row r="12" spans="1:15">
       <x:c r="A12" s="3" t="s">
         <x:v>26</x:v>
       </x:c>
-      <x:c r="B12" s="0" t="n">
-[...63 lines deleted...]
-    <x:row r="13" spans="1:25">
+    </x:row>
+    <x:row r="13" spans="1:15">
       <x:c r="A13" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
-      <x:c r="B13" s="0" t="n">
-[...63 lines deleted...]
-    <x:row r="14" spans="1:25">
+    </x:row>
+    <x:row r="14" spans="1:15">
       <x:c r="A14" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
-      <x:c r="B14" s="0" t="n">
-[...9 lines deleted...]
-    <x:row r="15" spans="1:25">
+    </x:row>
+    <x:row r="15" spans="1:15">
       <x:c r="A15" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
-      <x:c r="B15" s="0" t="n">
-[...63 lines deleted...]
-    <x:row r="16" spans="1:25">
+    </x:row>
+    <x:row r="16" spans="1:15">
       <x:c r="A16" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
-      <x:c r="B16" s="0" t="n">
-[...63 lines deleted...]
-    <x:row r="17" spans="1:25">
+    </x:row>
+    <x:row r="17" spans="1:15">
       <x:c r="A17" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
-    <x:row r="18" spans="1:25">
+    <x:row r="18" spans="1:15">
       <x:c r="A18" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
-    <x:row r="19" spans="1:25">
+    <x:row r="19" spans="1:15">
       <x:c r="A19" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
-    <x:row r="20" spans="1:25">
+    <x:row r="20" spans="1:15">
       <x:c r="A20" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
-      <x:c r="B20" s="0" t="n">
-[...63 lines deleted...]
-    <x:row r="21" spans="1:25">
+    </x:row>
+    <x:row r="21" spans="1:15">
       <x:c r="A21" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
-      <x:c r="B21" s="0" t="n">
-[...63 lines deleted...]
-    <x:row r="22" spans="1:25">
+    </x:row>
+    <x:row r="22" spans="1:15">
       <x:c r="A22" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
-      <x:c r="B22" s="0" t="n">
-[...61 lines deleted...]
-      </x:c>
     </x:row>
   </x:sheetData>
-  <x:mergeCells count="9">
+  <x:mergeCells count="1">
     <x:mergeCell ref="A1:O1"/>
-    <x:mergeCell ref="B8:D8"/>
-[...6 lines deleted...]
-    <x:mergeCell ref="W8:Y8"/>
   </x:mergeCells>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:Y22"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="54.790625" style="0" customWidth="1"/>
     <x:col min="2" max="9" width="11.920625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.230625" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="10.000625" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="9.610625" style="0" customWidth="1"/>
@@ -2502,187 +1686,181 @@
     <x:col min="24" max="24" width="9.610625" style="0" customWidth="1"/>
     <x:col min="25" max="25" width="8.230625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:25">
       <x:c r="A1" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B1" s="1" t="s"/>
       <x:c r="C1" s="1" t="s"/>
       <x:c r="D1" s="1" t="s"/>
       <x:c r="E1" s="1" t="s"/>
       <x:c r="F1" s="1" t="s"/>
       <x:c r="G1" s="1" t="s"/>
       <x:c r="H1" s="1" t="s"/>
       <x:c r="I1" s="1" t="s"/>
       <x:c r="J1" s="1" t="s"/>
       <x:c r="K1" s="1" t="s"/>
       <x:c r="L1" s="1" t="s"/>
       <x:c r="M1" s="1" t="s"/>
       <x:c r="N1" s="1" t="s"/>
       <x:c r="O1" s="1" t="s"/>
     </x:row>
     <x:row r="2" spans="1:25">
       <x:c r="B2" s="2" t="s">
-        <x:v>44</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="C2" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D2" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="E2" s="2" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="F2" s="2" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="G2" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="H2" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="I2" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:25">
       <x:c r="A3" s="3" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B3" s="0" t="n">
-        <x:v>4597</x:v>
+        <x:v>4558</x:v>
       </x:c>
       <x:c r="C3" s="0" t="n">
-        <x:v>4630</x:v>
+        <x:v>3605</x:v>
       </x:c>
       <x:c r="D3" s="0" t="n">
-        <x:v>4994</x:v>
+        <x:v>4322</x:v>
       </x:c>
       <x:c r="E3" s="0" t="n">
-        <x:v>5082</x:v>
-[...2 lines deleted...]
-        <x:v>4994</x:v>
+        <x:v>4282</x:v>
       </x:c>
       <x:c r="G3" s="0" t="n">
-        <x:v>6512</x:v>
+        <x:v>4414</x:v>
       </x:c>
       <x:c r="H3" s="0" t="n">
-        <x:v>7407</x:v>
+        <x:v>4205</x:v>
       </x:c>
       <x:c r="I3" s="0" t="n">
-        <x:v>6823</x:v>
+        <x:v>4199</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:25">
       <x:c r="A4" s="3" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B4" s="0" t="n">
-        <x:v>104363</x:v>
+        <x:v>67175</x:v>
       </x:c>
       <x:c r="C4" s="0" t="n">
-        <x:v>105097</x:v>
+        <x:v>52385</x:v>
       </x:c>
       <x:c r="D4" s="0" t="n">
-        <x:v>113555</x:v>
+        <x:v>85857</x:v>
       </x:c>
       <x:c r="E4" s="0" t="n">
-        <x:v>115543</x:v>
-[...2 lines deleted...]
-        <x:v>113555</x:v>
+        <x:v>85334</x:v>
       </x:c>
       <x:c r="G4" s="0" t="n">
-        <x:v>147791</x:v>
+        <x:v>89199</x:v>
       </x:c>
       <x:c r="H4" s="0" t="n">
-        <x:v>167421</x:v>
+        <x:v>91978</x:v>
       </x:c>
       <x:c r="I4" s="0" t="n">
-        <x:v>153480</x:v>
+        <x:v>91560</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:25">
       <x:c r="A5" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B5" s="0" t="n">
-        <x:v>949572</x:v>
+        <x:v>873127</x:v>
       </x:c>
       <x:c r="C5" s="0" t="n">
-        <x:v>1416748</x:v>
+        <x:v>1103164</x:v>
       </x:c>
       <x:c r="D5" s="0" t="n">
-        <x:v>1027618</x:v>
+        <x:v>889462</x:v>
       </x:c>
       <x:c r="E5" s="0" t="n">
-        <x:v>1192023</x:v>
+        <x:v>1004384</x:v>
       </x:c>
       <x:c r="G5" s="0" t="n">
-        <x:v>1339507</x:v>
+        <x:v>907927</x:v>
       </x:c>
       <x:c r="H5" s="0" t="n">
-        <x:v>1258779</x:v>
+        <x:v>714657</x:v>
       </x:c>
       <x:c r="I5" s="0" t="n">
-        <x:v>1034847</x:v>
+        <x:v>636941</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:25">
       <x:c r="A6" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B6" s="0" t="n">
-        <x:v>118338</x:v>
+        <x:v>48097</x:v>
       </x:c>
       <x:c r="C6" s="0" t="n">
-        <x:v>106417</x:v>
+        <x:v>38274</x:v>
       </x:c>
       <x:c r="D6" s="0" t="n">
-        <x:v>125278</x:v>
+        <x:v>35367</x:v>
       </x:c>
       <x:c r="E6" s="0" t="n">
-        <x:v>106417</x:v>
+        <x:v>38274</x:v>
       </x:c>
       <x:c r="G6" s="0" t="n">
-        <x:v>100328</x:v>
+        <x:v>33032</x:v>
       </x:c>
       <x:c r="H6" s="0" t="n">
-        <x:v>127520</x:v>
+        <x:v>54051</x:v>
       </x:c>
       <x:c r="I6" s="0" t="n">
-        <x:v>138063</x:v>
+        <x:v>45980</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:25">
       <x:c r="B8" s="2" t="s">
-        <x:v>46</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C8" s="2" t="s"/>
       <x:c r="D8" s="2" t="s"/>
       <x:c r="E8" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="F8" s="2" t="s"/>
       <x:c r="G8" s="2" t="s"/>
       <x:c r="H8" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="I8" s="2" t="s"/>
       <x:c r="J8" s="2" t="s"/>
       <x:c r="K8" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="L8" s="2" t="s"/>
       <x:c r="M8" s="2" t="s"/>
       <x:c r="N8" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="O8" s="2" t="s"/>
       <x:c r="P8" s="2" t="s"/>
       <x:c r="Q8" s="2" t="s">
         <x:v>17</x:v>
@@ -2757,519 +1935,465 @@
       </x:c>
       <x:c r="T9" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="U9" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="V9" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="W9" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="X9" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="Y9" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:25">
       <x:c r="A10" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B10" s="0" t="n">
-        <x:v>246</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="C10" s="0" t="n">
-        <x:v>220</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D10" s="0" t="n">
-        <x:v>223</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E10" s="0" t="n">
-        <x:v>277</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="F10" s="0" t="n">
-        <x:v>265</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="G10" s="0" t="n">
-        <x:v>254</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H10" s="0" t="n">
-        <x:v>226</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="I10" s="0" t="n">
-        <x:v>217</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="J10" s="0" t="n">
-        <x:v>193</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="K10" s="0" t="n">
-        <x:v>263</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="L10" s="0" t="n">
-        <x:v>261</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="M10" s="0" t="n">
-        <x:v>229</x:v>
-[...8 lines deleted...]
-        <x:v>193</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="Q10" s="0" t="n">
-        <x:v>316</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="R10" s="0" t="n">
-        <x:v>314</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="S10" s="0" t="n">
-        <x:v>283</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="T10" s="0" t="n">
-        <x:v>309</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="U10" s="0" t="n">
-        <x:v>286</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="V10" s="0" t="n">
-        <x:v>293</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="W10" s="0" t="n">
-        <x:v>330</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="X10" s="0" t="n">
-        <x:v>331</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="Y10" s="0" t="n">
-        <x:v>315</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:25">
       <x:c r="A11" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B11" s="0" t="n">
-        <x:v>89</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="C11" s="0" t="n">
-        <x:v>85</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="D11" s="0" t="n">
-        <x:v>74</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="E11" s="0" t="n">
-        <x:v>110</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="F11" s="0" t="n">
-        <x:v>110</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="G11" s="0" t="n">
-        <x:v>97</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="H11" s="0" t="n">
-        <x:v>78</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="I11" s="0" t="n">
-        <x:v>72</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="J11" s="0" t="n">
-        <x:v>68</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="K11" s="0" t="n">
-        <x:v>110</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="L11" s="0" t="n">
-        <x:v>110</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="M11" s="0" t="n">
-        <x:v>97</x:v>
-[...8 lines deleted...]
-        <x:v>68</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="Q11" s="0" t="n">
-        <x:v>114</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="R11" s="0" t="n">
-        <x:v>118</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="S11" s="0" t="n">
-        <x:v>109</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="T11" s="0" t="n">
-        <x:v>109</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="U11" s="0" t="n">
-        <x:v>106</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="V11" s="0" t="n">
-        <x:v>115</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="W11" s="0" t="n">
-        <x:v>29</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="X11" s="0" t="n">
-        <x:v>122</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="Y11" s="0" t="n">
-        <x:v>112</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:25">
       <x:c r="A12" s="3" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B12" s="0" t="n">
-        <x:v>82</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="C12" s="0" t="n">
-        <x:v>78</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="D12" s="0" t="n">
-        <x:v>75</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="E12" s="0" t="n">
-        <x:v>79</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="F12" s="0" t="n">
-        <x:v>79</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="G12" s="0" t="n">
-        <x:v>66</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="H12" s="0" t="n">
-        <x:v>74</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="I12" s="0" t="n">
-        <x:v>68</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="J12" s="0" t="n">
-        <x:v>63</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="K12" s="0" t="n">
-        <x:v>79</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="L12" s="0" t="n">
-        <x:v>79</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="M12" s="0" t="n">
-        <x:v>66</x:v>
-[...8 lines deleted...]
-        <x:v>63</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="Q12" s="0" t="n">
-        <x:v>99</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="R12" s="0" t="n">
-        <x:v>92</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="S12" s="0" t="n">
-        <x:v>80</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="T12" s="0" t="n">
-        <x:v>96</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="U12" s="0" t="n">
-        <x:v>86</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="V12" s="0" t="n">
-        <x:v>83</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="W12" s="0" t="n">
-        <x:v>113</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="X12" s="0" t="n">
-        <x:v>114</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="Y12" s="0" t="n">
-        <x:v>96</x:v>
+        <x:v>29</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:25">
       <x:c r="A13" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B13" s="0" t="n">
-        <x:v>78</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="C13" s="0" t="n">
-        <x:v>70</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="D13" s="0" t="n">
-        <x:v>67</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="E13" s="0" t="n">
-        <x:v>75</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="F13" s="0" t="n">
-        <x:v>72</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="G13" s="0" t="n">
-        <x:v>65</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H13" s="0" t="n">
-        <x:v>70</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="I13" s="0" t="n">
-        <x:v>84</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="J13" s="0" t="n">
-        <x:v>82</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K13" s="0" t="n">
-        <x:v>75</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L13" s="0" t="n">
-        <x:v>72</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="M13" s="0" t="n">
-        <x:v>65</x:v>
-[...8 lines deleted...]
-        <x:v>82</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q13" s="0" t="n">
-        <x:v>105</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="R13" s="0" t="n">
-        <x:v>100</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="S13" s="0" t="n">
-        <x:v>92</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="T13" s="0" t="n">
-        <x:v>103</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="U13" s="0" t="n">
-        <x:v>94</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="V13" s="0" t="n">
-        <x:v>95</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="W13" s="0" t="n">
-        <x:v>111</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="X13" s="0" t="n">
-        <x:v>109</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="Y13" s="0" t="n">
-        <x:v>104</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:25">
       <x:c r="A14" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B14" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C14" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D14" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:25">
       <x:c r="A15" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B15" s="0" t="n">
-        <x:v>13</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="C15" s="0" t="n">
-        <x:v>13</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D15" s="0" t="n">
-        <x:v>13</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E15" s="0" t="n">
-        <x:v>13</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="F15" s="0" t="n">
-        <x:v>13</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="G15" s="0" t="n">
-        <x:v>13</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="H15" s="0" t="n">
-        <x:v>14</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="I15" s="0" t="n">
-        <x:v>14</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="J15" s="0" t="n">
-        <x:v>20</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="K15" s="0" t="n">
-        <x:v>14</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="L15" s="0" t="n">
-        <x:v>14</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="M15" s="0" t="n">
-        <x:v>14</x:v>
-[...8 lines deleted...]
-        <x:v>20</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="Q15" s="0" t="n">
-        <x:v>18</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="R15" s="0" t="n">
-        <x:v>18</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="S15" s="0" t="n">
-        <x:v>20</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="T15" s="0" t="n">
-        <x:v>20</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="U15" s="0" t="n">
-        <x:v>20</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="V15" s="0" t="n">
-        <x:v>20</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="W15" s="0" t="n">
-        <x:v>19</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="X15" s="0" t="n">
-        <x:v>19</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="Y15" s="0" t="n">
-        <x:v>19</x:v>
+        <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:25">
       <x:c r="A16" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B16" s="0" t="n">
-        <x:v>286</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="C16" s="0" t="n">
-        <x:v>286</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="D16" s="0" t="n">
-        <x:v>286</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="E16" s="0" t="n">
-        <x:v>288</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="F16" s="0" t="n">
-        <x:v>288</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="G16" s="0" t="n">
-        <x:v>288</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="H16" s="0" t="n">
-        <x:v>311</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="I16" s="0" t="n">
-        <x:v>459</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="J16" s="0" t="n">
-        <x:v>459</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="K16" s="0" t="n">
-        <x:v>317</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="L16" s="0" t="n">
-        <x:v>317</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="M16" s="0" t="n">
-        <x:v>317</x:v>
-[...8 lines deleted...]
-        <x:v>459</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="Q16" s="0" t="n">
-        <x:v>405</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="R16" s="0" t="n">
-        <x:v>459</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="S16" s="0" t="n">
-        <x:v>459</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="T16" s="0" t="n">
-        <x:v>459</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="U16" s="0" t="n">
-        <x:v>459</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="V16" s="0" t="n">
-        <x:v>459</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="W16" s="0" t="n">
-        <x:v>420</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="X16" s="0" t="n">
-        <x:v>420</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="Y16" s="0" t="n">
-        <x:v>420</x:v>
+        <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:25">
       <x:c r="A17" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:25">
       <x:c r="A18" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:25">
       <x:c r="A19" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:25">
       <x:c r="A20" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B20" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C20" s="0" t="n">
@@ -3283,59 +2407,50 @@
       </x:c>
       <x:c r="F20" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="G20" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="H20" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="I20" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="J20" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="K20" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="L20" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="M20" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
-      <x:c r="N20" s="0" t="n">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="Q20" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="R20" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="S20" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="T20" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="U20" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="V20" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="W20" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="X20" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="Y20" s="0" t="n">
@@ -3343,179 +2458,161 @@
       </x:c>
     </x:row>
     <x:row r="21" spans="1:25">
       <x:c r="A21" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B21" s="0" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C21" s="0" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D21" s="0" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E21" s="0" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F21" s="0" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="G21" s="0" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H21" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="I21" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="J21" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="K21" s="0" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="L21" s="0" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="M21" s="0" t="n">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="N21" s="0" t="n">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="Q21" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="R21" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="S21" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="T21" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="U21" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="V21" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="W21" s="0" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="X21" s="0" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="Y21" s="0" t="n">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:25">
       <x:c r="A22" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B22" s="0" t="n">
-        <x:v>35</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="C22" s="0" t="n">
-        <x:v>35</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="D22" s="0" t="n">
-        <x:v>37</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="E22" s="0" t="n">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="F22" s="0" t="n">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="G22" s="0" t="n">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H22" s="0" t="n">
+        <x:v>45</x:v>
+      </x:c>
+      <x:c r="I22" s="0" t="n">
+        <x:v>45</x:v>
+      </x:c>
+      <x:c r="J22" s="0" t="n">
+        <x:v>45</x:v>
+      </x:c>
+      <x:c r="K22" s="0" t="n">
+        <x:v>43</x:v>
+      </x:c>
+      <x:c r="L22" s="0" t="n">
+        <x:v>43</x:v>
+      </x:c>
+      <x:c r="M22" s="0" t="n">
+        <x:v>43</x:v>
+      </x:c>
+      <x:c r="Q22" s="0" t="n">
+        <x:v>41</x:v>
+      </x:c>
+      <x:c r="R22" s="0" t="n">
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="S22" s="0" t="n">
+        <x:v>41</x:v>
+      </x:c>
+      <x:c r="T22" s="0" t="n">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="U22" s="0" t="n">
         <x:v>39</x:v>
       </x:c>
-      <x:c r="F22" s="0" t="n">
-[...2 lines deleted...]
-      <x:c r="G22" s="0" t="n">
+      <x:c r="V22" s="0" t="n">
         <x:v>39</x:v>
       </x:c>
-      <x:c r="H22" s="0" t="n">
-[...43 lines deleted...]
-      </x:c>
       <x:c r="W22" s="0" t="n">
-        <x:v>50</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="X22" s="0" t="n">
-        <x:v>52</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="Y22" s="0" t="n">
-        <x:v>52</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="9">
     <x:mergeCell ref="A1:O1"/>
     <x:mergeCell ref="B8:D8"/>
     <x:mergeCell ref="E8:G8"/>
     <x:mergeCell ref="H8:J8"/>
     <x:mergeCell ref="K8:M8"/>
     <x:mergeCell ref="N8:P8"/>
     <x:mergeCell ref="Q8:S8"/>
     <x:mergeCell ref="T8:V8"/>
     <x:mergeCell ref="W8:Y8"/>
   </x:mergeCells>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
@@ -3546,187 +2643,187 @@
     <x:col min="24" max="24" width="9.610625" style="0" customWidth="1"/>
     <x:col min="25" max="25" width="8.230625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:25">
       <x:c r="A1" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B1" s="1" t="s"/>
       <x:c r="C1" s="1" t="s"/>
       <x:c r="D1" s="1" t="s"/>
       <x:c r="E1" s="1" t="s"/>
       <x:c r="F1" s="1" t="s"/>
       <x:c r="G1" s="1" t="s"/>
       <x:c r="H1" s="1" t="s"/>
       <x:c r="I1" s="1" t="s"/>
       <x:c r="J1" s="1" t="s"/>
       <x:c r="K1" s="1" t="s"/>
       <x:c r="L1" s="1" t="s"/>
       <x:c r="M1" s="1" t="s"/>
       <x:c r="N1" s="1" t="s"/>
       <x:c r="O1" s="1" t="s"/>
     </x:row>
     <x:row r="2" spans="1:25">
       <x:c r="B2" s="2" t="s">
-        <x:v>44</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="C2" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D2" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="E2" s="2" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="F2" s="2" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="G2" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="H2" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="I2" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:25">
       <x:c r="A3" s="3" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B3" s="0" t="n">
-        <x:v>2183</x:v>
+        <x:v>5667</x:v>
       </x:c>
       <x:c r="C3" s="0" t="n">
-        <x:v>3810</x:v>
+        <x:v>4630</x:v>
       </x:c>
       <x:c r="D3" s="0" t="n">
-        <x:v>3972</x:v>
+        <x:v>4994</x:v>
       </x:c>
       <x:c r="E3" s="0" t="n">
-        <x:v>3787</x:v>
+        <x:v>5082</x:v>
       </x:c>
       <x:c r="F3" s="0" t="n">
-        <x:v>3972</x:v>
+        <x:v>4994</x:v>
       </x:c>
       <x:c r="G3" s="0" t="n">
-        <x:v>3972</x:v>
+        <x:v>6512</x:v>
       </x:c>
       <x:c r="H3" s="0" t="n">
-        <x:v>3946</x:v>
+        <x:v>7407</x:v>
       </x:c>
       <x:c r="I3" s="0" t="n">
-        <x:v>3954</x:v>
+        <x:v>6823</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:25">
       <x:c r="A4" s="3" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B4" s="0" t="n">
-        <x:v>42359</x:v>
+        <x:v>130776</x:v>
       </x:c>
       <x:c r="C4" s="0" t="n">
-        <x:v>74198</x:v>
+        <x:v>105097</x:v>
       </x:c>
       <x:c r="D4" s="0" t="n">
-        <x:v>84095</x:v>
+        <x:v>113555</x:v>
       </x:c>
       <x:c r="E4" s="0" t="n">
-        <x:v>79585</x:v>
+        <x:v>115543</x:v>
       </x:c>
       <x:c r="F4" s="0" t="n">
-        <x:v>84095</x:v>
+        <x:v>113555</x:v>
       </x:c>
       <x:c r="G4" s="0" t="n">
-        <x:v>84095</x:v>
+        <x:v>147791</x:v>
       </x:c>
       <x:c r="H4" s="0" t="n">
-        <x:v>83832</x:v>
+        <x:v>167421</x:v>
       </x:c>
       <x:c r="I4" s="0" t="n">
-        <x:v>84055</x:v>
+        <x:v>153480</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:25">
       <x:c r="A5" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B5" s="0" t="n">
-        <x:v>450849</x:v>
+        <x:v>949572</x:v>
       </x:c>
       <x:c r="C5" s="0" t="n">
-        <x:v>1165871</x:v>
+        <x:v>1416748</x:v>
       </x:c>
       <x:c r="D5" s="0" t="n">
-        <x:v>817422</x:v>
+        <x:v>1027618</x:v>
       </x:c>
       <x:c r="E5" s="0" t="n">
-        <x:v>888399</x:v>
+        <x:v>1192023</x:v>
       </x:c>
       <x:c r="G5" s="0" t="n">
-        <x:v>817011</x:v>
+        <x:v>1339507</x:v>
       </x:c>
       <x:c r="H5" s="0" t="n">
-        <x:v>670524</x:v>
+        <x:v>1258779</x:v>
       </x:c>
       <x:c r="I5" s="0" t="n">
-        <x:v>599802</x:v>
+        <x:v>1034847</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:25">
       <x:c r="A6" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B6" s="0" t="n">
-        <x:v>13548</x:v>
+        <x:v>118338</x:v>
       </x:c>
       <x:c r="C6" s="0" t="n">
-        <x:v>19637</x:v>
+        <x:v>106417</x:v>
       </x:c>
       <x:c r="D6" s="0" t="n">
-        <x:v>28022</x:v>
+        <x:v>125278</x:v>
       </x:c>
       <x:c r="E6" s="0" t="n">
-        <x:v>19637</x:v>
+        <x:v>106417</x:v>
       </x:c>
       <x:c r="G6" s="0" t="n">
-        <x:v>28903</x:v>
+        <x:v>100328</x:v>
       </x:c>
       <x:c r="H6" s="0" t="n">
-        <x:v>40021</x:v>
+        <x:v>127520</x:v>
       </x:c>
       <x:c r="I6" s="0" t="n">
-        <x:v>40353</x:v>
+        <x:v>138063</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:25">
       <x:c r="B8" s="2" t="s">
-        <x:v>46</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C8" s="2" t="s"/>
       <x:c r="D8" s="2" t="s"/>
       <x:c r="E8" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="F8" s="2" t="s"/>
       <x:c r="G8" s="2" t="s"/>
       <x:c r="H8" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="I8" s="2" t="s"/>
       <x:c r="J8" s="2" t="s"/>
       <x:c r="K8" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="L8" s="2" t="s"/>
       <x:c r="M8" s="2" t="s"/>
       <x:c r="N8" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="O8" s="2" t="s"/>
       <x:c r="P8" s="2" t="s"/>
       <x:c r="Q8" s="2" t="s">
         <x:v>17</x:v>
@@ -3801,501 +2898,519 @@
       </x:c>
       <x:c r="T9" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="U9" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="V9" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="W9" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="X9" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="Y9" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:25">
       <x:c r="A10" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B10" s="0" t="n">
-        <x:v>28</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="C10" s="0" t="n">
-        <x:v>27</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="D10" s="0" t="n">
-        <x:v>24</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="E10" s="0" t="n">
-        <x:v>65</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="F10" s="0" t="n">
-        <x:v>60</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="G10" s="0" t="n">
-        <x:v>57</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="H10" s="0" t="n">
-        <x:v>92</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="I10" s="0" t="n">
-        <x:v>87</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="J10" s="0" t="n">
-        <x:v>78</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="K10" s="0" t="n">
-        <x:v>48</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="L10" s="0" t="n">
-        <x:v>50</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="M10" s="0" t="n">
-        <x:v>46</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="N10" s="0" t="n">
-        <x:v>92</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="O10" s="0" t="n">
-        <x:v>87</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="P10" s="0" t="n">
-        <x:v>78</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="Q10" s="0" t="n">
-        <x:v>92</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="R10" s="0" t="n">
-        <x:v>87</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="S10" s="0" t="n">
-        <x:v>78</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="T10" s="0" t="n">
-        <x:v>95</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="U10" s="0" t="n">
-        <x:v>96</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="V10" s="0" t="n">
-        <x:v>94</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="W10" s="0" t="n">
-        <x:v>94</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="X10" s="0" t="n">
-        <x:v>102</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="Y10" s="0" t="n">
-        <x:v>98</x:v>
+        <x:v>315</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:25">
       <x:c r="A11" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B11" s="0" t="n">
-        <x:v>11</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C11" s="0" t="n">
-        <x:v>10</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="D11" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="E11" s="0" t="n">
-        <x:v>17</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="F11" s="0" t="n">
-        <x:v>52</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="G11" s="0" t="n">
-        <x:v>16</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="H11" s="0" t="n">
-        <x:v>13</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="I11" s="0" t="n">
-        <x:v>52</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="J11" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="K11" s="0" t="n">
-        <x:v>17</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="L11" s="0" t="n">
-        <x:v>52</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="M11" s="0" t="n">
-        <x:v>16</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="N11" s="0" t="n">
-        <x:v>13</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="O11" s="0" t="n">
-        <x:v>52</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="P11" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="Q11" s="0" t="n">
-        <x:v>27</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="R11" s="0" t="n">
-        <x:v>52</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="S11" s="0" t="n">
-        <x:v>26</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="T11" s="0" t="n">
-        <x:v>30</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="U11" s="0" t="n">
-        <x:v>52</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="V11" s="0" t="n">
-        <x:v>30</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="W11" s="0" t="n">
         <x:v>29</x:v>
       </x:c>
       <x:c r="X11" s="0" t="n">
-        <x:v>52</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="Y11" s="0" t="n">
-        <x:v>31</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:25">
       <x:c r="A12" s="3" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B12" s="0" t="n">
-        <x:v>9</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C12" s="0" t="n">
-        <x:v>9</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="D12" s="0" t="n">
-        <x:v>7</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="E12" s="0" t="n">
-        <x:v>14</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="F12" s="0" t="n">
-        <x:v>15</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="G12" s="0" t="n">
-        <x:v>15</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="H12" s="0" t="n">
-        <x:v>19</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="I12" s="0" t="n">
-        <x:v>21</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J12" s="0" t="n">
-        <x:v>19</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="K12" s="0" t="n">
-        <x:v>14</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="L12" s="0" t="n">
-        <x:v>15</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="M12" s="0" t="n">
-        <x:v>15</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="N12" s="0" t="n">
-        <x:v>19</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="O12" s="0" t="n">
-        <x:v>21</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="P12" s="0" t="n">
-        <x:v>19</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="Q12" s="0" t="n">
-        <x:v>28</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="R12" s="0" t="n">
-        <x:v>24</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="S12" s="0" t="n">
-        <x:v>22</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="T12" s="0" t="n">
-        <x:v>27</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="U12" s="0" t="n">
-        <x:v>25</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="V12" s="0" t="n">
-        <x:v>26</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="W12" s="0" t="n">
-        <x:v>33</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="X12" s="0" t="n">
-        <x:v>32</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="Y12" s="0" t="n">
-        <x:v>30</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:25">
       <x:c r="A13" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B13" s="0" t="n">
-        <x:v>8</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C13" s="0" t="n">
-        <x:v>8</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="D13" s="0" t="n">
-        <x:v>8</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="E13" s="0" t="n">
-        <x:v>16</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="F13" s="0" t="n">
-        <x:v>19</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="G13" s="0" t="n">
-        <x:v>15</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="H13" s="0" t="n">
-        <x:v>17</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="I13" s="0" t="n">
-        <x:v>20</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="J13" s="0" t="n">
-        <x:v>18</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="K13" s="0" t="n">
-        <x:v>16</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L13" s="0" t="n">
-        <x:v>19</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="M13" s="0" t="n">
-        <x:v>15</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="N13" s="0" t="n">
-        <x:v>17</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="O13" s="0" t="n">
-        <x:v>20</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="P13" s="0" t="n">
-        <x:v>18</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="Q13" s="0" t="n">
-        <x:v>38</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="R13" s="0" t="n">
-        <x:v>32</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="S13" s="0" t="n">
-        <x:v>30</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="T13" s="0" t="n">
-        <x:v>39</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="U13" s="0" t="n">
-        <x:v>39</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="V13" s="0" t="n">
-        <x:v>38</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="W13" s="0" t="n">
-        <x:v>38</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="X13" s="0" t="n">
-        <x:v>39</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="Y13" s="0" t="n">
-        <x:v>37</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:25">
       <x:c r="A14" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B14" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C14" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D14" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:25">
       <x:c r="A15" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B15" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="C15" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="D15" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="E15" s="0" t="n">
-        <x:v>10</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="F15" s="0" t="n">
-        <x:v>10</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="G15" s="0" t="n">
-        <x:v>10</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="H15" s="0" t="n">
-        <x:v>11</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="I15" s="0" t="n">
-        <x:v>11</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="J15" s="0" t="n">
-        <x:v>11</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="K15" s="0" t="n">
-        <x:v>10</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="L15" s="0" t="n">
-        <x:v>10</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="M15" s="0" t="n">
-        <x:v>10</x:v>
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="N15" s="0" t="n">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="O15" s="0" t="n">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="P15" s="0" t="n">
+        <x:v>20</x:v>
       </x:c>
       <x:c r="Q15" s="0" t="n">
-        <x:v>11</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="R15" s="0" t="n">
-        <x:v>11</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="S15" s="0" t="n">
-        <x:v>11</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="T15" s="0" t="n">
-        <x:v>11</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="U15" s="0" t="n">
-        <x:v>11</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="V15" s="0" t="n">
-        <x:v>11</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="W15" s="0" t="n">
-        <x:v>11</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="X15" s="0" t="n">
-        <x:v>11</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="Y15" s="0" t="n">
-        <x:v>11</x:v>
+        <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:25">
       <x:c r="A16" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B16" s="0" t="n">
-        <x:v>116</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="C16" s="0" t="n">
-        <x:v>116</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="D16" s="0" t="n">
-        <x:v>116</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="E16" s="0" t="n">
-        <x:v>203</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="F16" s="0" t="n">
-        <x:v>203</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="G16" s="0" t="n">
-        <x:v>203</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="H16" s="0" t="n">
-        <x:v>230</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="I16" s="0" t="n">
-        <x:v>230</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="J16" s="0" t="n">
-        <x:v>230</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="K16" s="0" t="n">
-        <x:v>218</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="L16" s="0" t="n">
-        <x:v>218</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="M16" s="0" t="n">
-        <x:v>218</x:v>
+        <x:v>317</x:v>
+      </x:c>
+      <x:c r="N16" s="0" t="n">
+        <x:v>311</x:v>
+      </x:c>
+      <x:c r="O16" s="0" t="n">
+        <x:v>459</x:v>
+      </x:c>
+      <x:c r="P16" s="0" t="n">
+        <x:v>459</x:v>
       </x:c>
       <x:c r="Q16" s="0" t="n">
-        <x:v>230</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="R16" s="0" t="n">
-        <x:v>230</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="S16" s="0" t="n">
-        <x:v>230</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="T16" s="0" t="n">
-        <x:v>230</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="U16" s="0" t="n">
-        <x:v>230</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="V16" s="0" t="n">
-        <x:v>230</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="W16" s="0" t="n">
-        <x:v>230</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="X16" s="0" t="n">
-        <x:v>230</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="Y16" s="0" t="n">
-        <x:v>230</x:v>
+        <x:v>420</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:25">
       <x:c r="A17" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:25">
       <x:c r="A18" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:25">
       <x:c r="A19" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:25">
       <x:c r="A20" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B20" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C20" s="0" t="n">
@@ -4309,212 +3424,239 @@
       </x:c>
       <x:c r="F20" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="G20" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="H20" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="I20" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="J20" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="K20" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="L20" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="M20" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
+      <x:c r="N20" s="0" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="O20" s="0" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="P20" s="0" t="n">
+        <x:v>2</x:v>
+      </x:c>
       <x:c r="Q20" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="R20" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="S20" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="T20" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="U20" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="V20" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="W20" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="X20" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="Y20" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:25">
       <x:c r="A21" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B21" s="0" t="n">
-        <x:v>0.29</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="C21" s="0" t="n">
-        <x:v>0.31</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="D21" s="0" t="n">
-        <x:v>0.28</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="E21" s="0" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F21" s="0" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="G21" s="0" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H21" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="I21" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="J21" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="K21" s="0" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="L21" s="0" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="M21" s="0" t="n">
         <x:v>1</x:v>
       </x:c>
+      <x:c r="N21" s="0" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="O21" s="0" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="P21" s="0" t="n">
+        <x:v>2</x:v>
+      </x:c>
       <x:c r="Q21" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="R21" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="S21" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="T21" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="U21" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="V21" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="W21" s="0" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="X21" s="0" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="Y21" s="0" t="n">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:25">
       <x:c r="A22" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B22" s="0" t="n">
-        <x:v>14</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="C22" s="0" t="n">
-        <x:v>14</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="D22" s="0" t="n">
-        <x:v>15</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="E22" s="0" t="n">
-        <x:v>27</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="F22" s="0" t="n">
-        <x:v>29</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="G22" s="0" t="n">
-        <x:v>28</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="H22" s="0" t="n">
-        <x:v>45</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="I22" s="0" t="n">
-        <x:v>45</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="J22" s="0" t="n">
-        <x:v>45</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="K22" s="0" t="n">
-        <x:v>40</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="L22" s="0" t="n">
-        <x:v>40</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="M22" s="0" t="n">
-        <x:v>40</x:v>
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="N22" s="0" t="n">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="O22" s="0" t="n">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="P22" s="0" t="n">
+        <x:v>60</x:v>
       </x:c>
       <x:c r="Q22" s="0" t="n">
-        <x:v>39</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="R22" s="0" t="n">
-        <x:v>40</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="S22" s="0" t="n">
-        <x:v>39</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="T22" s="0" t="n">
-        <x:v>35</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="U22" s="0" t="n">
-        <x:v>36</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="V22" s="0" t="n">
-        <x:v>36</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="W22" s="0" t="n">
-        <x:v>27</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="X22" s="0" t="n">
-        <x:v>28</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="Y22" s="0" t="n">
-        <x:v>28</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="9">
     <x:mergeCell ref="A1:O1"/>
     <x:mergeCell ref="B8:D8"/>
     <x:mergeCell ref="E8:G8"/>
     <x:mergeCell ref="H8:J8"/>
     <x:mergeCell ref="K8:M8"/>
     <x:mergeCell ref="N8:P8"/>
     <x:mergeCell ref="Q8:S8"/>
     <x:mergeCell ref="T8:V8"/>
     <x:mergeCell ref="W8:Y8"/>
   </x:mergeCells>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
@@ -4545,151 +3687,187 @@
     <x:col min="24" max="24" width="9.610625" style="0" customWidth="1"/>
     <x:col min="25" max="25" width="8.230625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:25">
       <x:c r="A1" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B1" s="1" t="s"/>
       <x:c r="C1" s="1" t="s"/>
       <x:c r="D1" s="1" t="s"/>
       <x:c r="E1" s="1" t="s"/>
       <x:c r="F1" s="1" t="s"/>
       <x:c r="G1" s="1" t="s"/>
       <x:c r="H1" s="1" t="s"/>
       <x:c r="I1" s="1" t="s"/>
       <x:c r="J1" s="1" t="s"/>
       <x:c r="K1" s="1" t="s"/>
       <x:c r="L1" s="1" t="s"/>
       <x:c r="M1" s="1" t="s"/>
       <x:c r="N1" s="1" t="s"/>
       <x:c r="O1" s="1" t="s"/>
     </x:row>
     <x:row r="2" spans="1:25">
       <x:c r="B2" s="2" t="s">
-        <x:v>44</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="C2" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D2" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="E2" s="2" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="F2" s="2" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="G2" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="H2" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="I2" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:25">
       <x:c r="A3" s="3" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B3" s="0" t="n">
-        <x:v>14</x:v>
+        <x:v>3633</x:v>
+      </x:c>
+      <x:c r="C3" s="0" t="n">
+        <x:v>3810</x:v>
       </x:c>
       <x:c r="D3" s="0" t="n">
-        <x:v>1725</x:v>
+        <x:v>3972</x:v>
       </x:c>
       <x:c r="E3" s="0" t="n">
-        <x:v>1725</x:v>
+        <x:v>3787</x:v>
+      </x:c>
+      <x:c r="F3" s="0" t="n">
+        <x:v>3972</x:v>
       </x:c>
       <x:c r="G3" s="0" t="n">
-        <x:v>1723</x:v>
+        <x:v>3972</x:v>
+      </x:c>
+      <x:c r="H3" s="0" t="n">
+        <x:v>3946</x:v>
       </x:c>
       <x:c r="I3" s="0" t="n">
-        <x:v>1723</x:v>
+        <x:v>3954</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:25">
       <x:c r="A4" s="3" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B4" s="0" t="n">
-        <x:v>279</x:v>
+        <x:v>69294</x:v>
+      </x:c>
+      <x:c r="C4" s="0" t="n">
+        <x:v>74198</x:v>
       </x:c>
       <x:c r="D4" s="0" t="n">
-        <x:v>33164</x:v>
+        <x:v>84095</x:v>
       </x:c>
       <x:c r="E4" s="0" t="n">
-        <x:v>33164</x:v>
+        <x:v>79585</x:v>
+      </x:c>
+      <x:c r="F4" s="0" t="n">
+        <x:v>84095</x:v>
       </x:c>
       <x:c r="G4" s="0" t="n">
-        <x:v>33128</x:v>
+        <x:v>84095</x:v>
+      </x:c>
+      <x:c r="H4" s="0" t="n">
+        <x:v>83832</x:v>
       </x:c>
       <x:c r="I4" s="0" t="n">
-        <x:v>33128</x:v>
+        <x:v>84055</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:25">
       <x:c r="A5" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B5" s="0" t="n">
-        <x:v>2892</x:v>
+        <x:v>450849</x:v>
+      </x:c>
+      <x:c r="C5" s="0" t="n">
+        <x:v>1165871</x:v>
       </x:c>
       <x:c r="D5" s="0" t="n">
-        <x:v>354883</x:v>
+        <x:v>817422</x:v>
+      </x:c>
+      <x:c r="E5" s="0" t="n">
+        <x:v>888399</x:v>
       </x:c>
       <x:c r="G5" s="0" t="n">
-        <x:v>354293</x:v>
+        <x:v>817011</x:v>
+      </x:c>
+      <x:c r="H5" s="0" t="n">
+        <x:v>670524</x:v>
       </x:c>
       <x:c r="I5" s="0" t="n">
-        <x:v>261268</x:v>
+        <x:v>599802</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:25">
       <x:c r="A6" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B6" s="0" t="n">
-        <x:v>27</x:v>
+        <x:v>13548</x:v>
+      </x:c>
+      <x:c r="C6" s="0" t="n">
+        <x:v>19637</x:v>
       </x:c>
       <x:c r="D6" s="0" t="n">
-        <x:v>16553</x:v>
+        <x:v>28022</x:v>
+      </x:c>
+      <x:c r="E6" s="0" t="n">
+        <x:v>19637</x:v>
       </x:c>
       <x:c r="G6" s="0" t="n">
-        <x:v>4836</x:v>
+        <x:v>28903</x:v>
+      </x:c>
+      <x:c r="H6" s="0" t="n">
+        <x:v>40021</x:v>
       </x:c>
       <x:c r="I6" s="0" t="n">
-        <x:v>18159</x:v>
+        <x:v>40353</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:25">
       <x:c r="B8" s="2" t="s">
-        <x:v>46</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C8" s="2" t="s"/>
       <x:c r="D8" s="2" t="s"/>
       <x:c r="E8" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="F8" s="2" t="s"/>
       <x:c r="G8" s="2" t="s"/>
       <x:c r="H8" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="I8" s="2" t="s"/>
       <x:c r="J8" s="2" t="s"/>
       <x:c r="K8" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="L8" s="2" t="s"/>
       <x:c r="M8" s="2" t="s"/>
       <x:c r="N8" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="O8" s="2" t="s"/>
       <x:c r="P8" s="2" t="s"/>
       <x:c r="Q8" s="2" t="s">
         <x:v>17</x:v>
@@ -4764,423 +3942,720 @@
       </x:c>
       <x:c r="T9" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="U9" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="V9" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="W9" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="X9" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="Y9" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:25">
       <x:c r="A10" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B10" s="0" t="n">
-        <x:v>8</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="C10" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="D10" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="E10" s="0" t="n">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="F10" s="0" t="n">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="G10" s="0" t="n">
+        <x:v>57</x:v>
       </x:c>
       <x:c r="H10" s="0" t="n">
-        <x:v>39</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="I10" s="0" t="n">
-        <x:v>49</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="J10" s="0" t="n">
-        <x:v>36</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="K10" s="0" t="n">
-        <x:v>39</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="L10" s="0" t="n">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="M10" s="0" t="n">
-        <x:v>36</x:v>
+        <x:v>46</x:v>
+      </x:c>
+      <x:c r="N10" s="0" t="n">
+        <x:v>92</x:v>
+      </x:c>
+      <x:c r="O10" s="0" t="n">
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="P10" s="0" t="n">
+        <x:v>78</x:v>
       </x:c>
       <x:c r="Q10" s="0" t="n">
-        <x:v>39</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="R10" s="0" t="n">
-        <x:v>49</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="S10" s="0" t="n">
-        <x:v>36</x:v>
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="T10" s="0" t="n">
+        <x:v>95</x:v>
+      </x:c>
+      <x:c r="U10" s="0" t="n">
+        <x:v>96</x:v>
+      </x:c>
+      <x:c r="V10" s="0" t="n">
+        <x:v>94</x:v>
       </x:c>
       <x:c r="W10" s="0" t="n">
-        <x:v>40</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="X10" s="0" t="n">
-        <x:v>54</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="Y10" s="0" t="n">
-        <x:v>47</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:25">
       <x:c r="A11" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
+      <x:c r="B11" s="0" t="n">
+        <x:v>11</x:v>
+      </x:c>
+      <x:c r="C11" s="0" t="n">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="D11" s="0" t="n">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="E11" s="0" t="n">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="F11" s="0" t="n">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="G11" s="0" t="n">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="H11" s="0" t="n">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="I11" s="0" t="n">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="J11" s="0" t="n">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="K11" s="0" t="n">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="L11" s="0" t="n">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="M11" s="0" t="n">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="N11" s="0" t="n">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="O11" s="0" t="n">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="P11" s="0" t="n">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="Q11" s="0" t="n">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="R11" s="0" t="n">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="S11" s="0" t="n">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="T11" s="0" t="n">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="U11" s="0" t="n">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="V11" s="0" t="n">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="W11" s="0" t="n">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="X11" s="0" t="n">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="Y11" s="0" t="n">
+        <x:v>31</x:v>
+      </x:c>
     </x:row>
     <x:row r="12" spans="1:25">
       <x:c r="A12" s="3" t="s">
         <x:v>26</x:v>
       </x:c>
+      <x:c r="B12" s="0" t="n">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="C12" s="0" t="n">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D12" s="0" t="n">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c r="E12" s="0" t="n">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="F12" s="0" t="n">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G12" s="0" t="n">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="H12" s="0" t="n">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="I12" s="0" t="n">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J12" s="0" t="n">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="K12" s="0" t="n">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="L12" s="0" t="n">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="M12" s="0" t="n">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="N12" s="0" t="n">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="O12" s="0" t="n">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="P12" s="0" t="n">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="Q12" s="0" t="n">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="R12" s="0" t="n">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="S12" s="0" t="n">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="T12" s="0" t="n">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="U12" s="0" t="n">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="V12" s="0" t="n">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="W12" s="0" t="n">
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="X12" s="0" t="n">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="Y12" s="0" t="n">
+        <x:v>30</x:v>
+      </x:c>
     </x:row>
     <x:row r="13" spans="1:25">
       <x:c r="A13" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
+      <x:c r="B13" s="0" t="n">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C13" s="0" t="n">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="D13" s="0" t="n">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="E13" s="0" t="n">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F13" s="0" t="n">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="G13" s="0" t="n">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="H13" s="0" t="n">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I13" s="0" t="n">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="J13" s="0" t="n">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="K13" s="0" t="n">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="L13" s="0" t="n">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="M13" s="0" t="n">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="N13" s="0" t="n">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="O13" s="0" t="n">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="P13" s="0" t="n">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="Q13" s="0" t="n">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="R13" s="0" t="n">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="S13" s="0" t="n">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="T13" s="0" t="n">
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="U13" s="0" t="n">
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="V13" s="0" t="n">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="W13" s="0" t="n">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="X13" s="0" t="n">
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="Y13" s="0" t="n">
+        <x:v>37</x:v>
+      </x:c>
     </x:row>
     <x:row r="14" spans="1:25">
       <x:c r="A14" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B14" s="0" t="n">
-        <x:v>8</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C14" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D14" s="0" t="n">
-        <x:v>3</x:v>
-[...35 lines deleted...]
-        <x:v>4</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:25">
       <x:c r="A15" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B15" s="0" t="n">
-        <x:v>4</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="C15" s="0" t="n">
-        <x:v>4</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="D15" s="0" t="n">
-        <x:v>4</x:v>
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="E15" s="0" t="n">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="F15" s="0" t="n">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="G15" s="0" t="n">
+        <x:v>10</x:v>
       </x:c>
       <x:c r="H15" s="0" t="n">
-        <x:v>5</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="I15" s="0" t="n">
-        <x:v>5</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="J15" s="0" t="n">
-        <x:v>5</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="K15" s="0" t="n">
-        <x:v>5</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="L15" s="0" t="n">
-        <x:v>5</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="M15" s="0" t="n">
-        <x:v>5</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="Q15" s="0" t="n">
-        <x:v>5</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="R15" s="0" t="n">
-        <x:v>5</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="S15" s="0" t="n">
-        <x:v>5</x:v>
+        <x:v>11</x:v>
+      </x:c>
+      <x:c r="T15" s="0" t="n">
+        <x:v>11</x:v>
+      </x:c>
+      <x:c r="U15" s="0" t="n">
+        <x:v>11</x:v>
+      </x:c>
+      <x:c r="V15" s="0" t="n">
+        <x:v>11</x:v>
       </x:c>
       <x:c r="W15" s="0" t="n">
-        <x:v>5</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="X15" s="0" t="n">
-        <x:v>5</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="Y15" s="0" t="n">
-        <x:v>5</x:v>
+        <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:25">
       <x:c r="A16" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B16" s="0" t="n">
-        <x:v>70</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="C16" s="0" t="n">
-        <x:v>70</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="D16" s="0" t="n">
-        <x:v>70</x:v>
+        <x:v>190</x:v>
+      </x:c>
+      <x:c r="E16" s="0" t="n">
+        <x:v>203</x:v>
+      </x:c>
+      <x:c r="F16" s="0" t="n">
+        <x:v>203</x:v>
+      </x:c>
+      <x:c r="G16" s="0" t="n">
+        <x:v>203</x:v>
       </x:c>
       <x:c r="H16" s="0" t="n">
-        <x:v>91</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="I16" s="0" t="n">
-        <x:v>91</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="J16" s="0" t="n">
-        <x:v>91</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="K16" s="0" t="n">
-        <x:v>91</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="L16" s="0" t="n">
-        <x:v>91</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="M16" s="0" t="n">
-        <x:v>91</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="Q16" s="0" t="n">
-        <x:v>91</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="R16" s="0" t="n">
-        <x:v>91</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="S16" s="0" t="n">
-        <x:v>91</x:v>
+        <x:v>230</x:v>
+      </x:c>
+      <x:c r="T16" s="0" t="n">
+        <x:v>230</x:v>
+      </x:c>
+      <x:c r="U16" s="0" t="n">
+        <x:v>230</x:v>
+      </x:c>
+      <x:c r="V16" s="0" t="n">
+        <x:v>230</x:v>
       </x:c>
       <x:c r="W16" s="0" t="n">
-        <x:v>91</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="X16" s="0" t="n">
-        <x:v>91</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="Y16" s="0" t="n">
-        <x:v>91</x:v>
+        <x:v>230</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:25">
       <x:c r="A17" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:25">
       <x:c r="A18" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:25">
       <x:c r="A19" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:25">
       <x:c r="A20" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B20" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="C20" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="D20" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="E20" s="0" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="F20" s="0" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="G20" s="0" t="n">
+        <x:v>2</x:v>
       </x:c>
       <x:c r="H20" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="I20" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="J20" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="K20" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="L20" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="M20" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="Q20" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="R20" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="S20" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="T20" s="0" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="U20" s="0" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="V20" s="0" t="n">
+        <x:v>2</x:v>
       </x:c>
       <x:c r="W20" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="X20" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="Y20" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:25">
       <x:c r="A21" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B21" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>0.29</x:v>
       </x:c>
       <x:c r="C21" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>0.31</x:v>
       </x:c>
       <x:c r="D21" s="0" t="n">
+        <x:v>0.28</x:v>
+      </x:c>
+      <x:c r="E21" s="0" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="F21" s="0" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="G21" s="0" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H21" s="0" t="n">
-        <x:v>0.63</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="I21" s="0" t="n">
-        <x:v>0.63</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="J21" s="0" t="n">
-        <x:v>0.63</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="K21" s="0" t="n">
-        <x:v>0.63</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="L21" s="0" t="n">
-        <x:v>0.63</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="M21" s="0" t="n">
-        <x:v>0.63</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="Q21" s="0" t="n">
-        <x:v>0.63</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="R21" s="0" t="n">
-        <x:v>0.63</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="S21" s="0" t="n">
-        <x:v>0.63</x:v>
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="T21" s="0" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="U21" s="0" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="V21" s="0" t="n">
+        <x:v>1</x:v>
       </x:c>
       <x:c r="W21" s="0" t="n">
-        <x:v>0.63</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="X21" s="0" t="n">
-        <x:v>0.63</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="Y21" s="0" t="n">
-        <x:v>0.63</x:v>
+        <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:25">
       <x:c r="A22" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B22" s="0" t="n">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="C22" s="0" t="n">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="D22" s="0" t="n">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="E22" s="0" t="n">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="F22" s="0" t="n">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="G22" s="0" t="n">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="H22" s="0" t="n">
+        <x:v>45</x:v>
+      </x:c>
+      <x:c r="I22" s="0" t="n">
+        <x:v>45</x:v>
+      </x:c>
+      <x:c r="J22" s="0" t="n">
+        <x:v>45</x:v>
+      </x:c>
+      <x:c r="K22" s="0" t="n">
         <x:v>40</x:v>
       </x:c>
-      <x:c r="C22" s="0" t="n">
+      <x:c r="L22" s="0" t="n">
         <x:v>40</x:v>
       </x:c>
-      <x:c r="D22" s="0" t="n">
+      <x:c r="M22" s="0" t="n">
         <x:v>40</x:v>
       </x:c>
-      <x:c r="H22" s="0" t="n">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="Q22" s="0" t="n">
-        <x:v>21</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="R22" s="0" t="n">
-        <x:v>21</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="S22" s="0" t="n">
-        <x:v>21</x:v>
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="T22" s="0" t="n">
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="U22" s="0" t="n">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="V22" s="0" t="n">
+        <x:v>36</x:v>
       </x:c>
       <x:c r="W22" s="0" t="n">
-        <x:v>21</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="X22" s="0" t="n">
-        <x:v>21</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="Y22" s="0" t="n">
-        <x:v>21</x:v>
+        <x:v>28</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="9">
     <x:mergeCell ref="A1:O1"/>
     <x:mergeCell ref="B8:D8"/>
     <x:mergeCell ref="E8:G8"/>
     <x:mergeCell ref="H8:J8"/>
     <x:mergeCell ref="K8:M8"/>
     <x:mergeCell ref="N8:P8"/>
     <x:mergeCell ref="Q8:S8"/>
     <x:mergeCell ref="T8:V8"/>
     <x:mergeCell ref="W8:Y8"/>
   </x:mergeCells>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet14.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
@@ -5211,172 +4686,151 @@
     <x:col min="24" max="24" width="9.610625" style="0" customWidth="1"/>
     <x:col min="25" max="25" width="8.230625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:25">
       <x:c r="A1" s="1" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B1" s="1" t="s"/>
       <x:c r="C1" s="1" t="s"/>
       <x:c r="D1" s="1" t="s"/>
       <x:c r="E1" s="1" t="s"/>
       <x:c r="F1" s="1" t="s"/>
       <x:c r="G1" s="1" t="s"/>
       <x:c r="H1" s="1" t="s"/>
       <x:c r="I1" s="1" t="s"/>
       <x:c r="J1" s="1" t="s"/>
       <x:c r="K1" s="1" t="s"/>
       <x:c r="L1" s="1" t="s"/>
       <x:c r="M1" s="1" t="s"/>
       <x:c r="N1" s="1" t="s"/>
       <x:c r="O1" s="1" t="s"/>
     </x:row>
     <x:row r="2" spans="1:25">
       <x:c r="B2" s="2" t="s">
-        <x:v>44</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="C2" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D2" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="E2" s="2" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="F2" s="2" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="G2" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="H2" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="I2" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:25">
       <x:c r="A3" s="3" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B3" s="0" t="n">
-        <x:v>40</x:v>
-[...2 lines deleted...]
-        <x:v>2</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="D3" s="0" t="n">
-        <x:v>4621</x:v>
+        <x:v>1725</x:v>
       </x:c>
       <x:c r="E3" s="0" t="n">
-        <x:v>4621</x:v>
+        <x:v>1725</x:v>
       </x:c>
       <x:c r="G3" s="0" t="n">
-        <x:v>4643</x:v>
-[...2 lines deleted...]
-        <x:v>4643</x:v>
+        <x:v>1723</x:v>
       </x:c>
       <x:c r="I3" s="0" t="n">
-        <x:v>4643</x:v>
+        <x:v>1723</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:25">
       <x:c r="A4" s="3" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B4" s="0" t="n">
-        <x:v>760</x:v>
-[...2 lines deleted...]
-        <x:v>41</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="D4" s="0" t="n">
-        <x:v>65843</x:v>
+        <x:v>33164</x:v>
       </x:c>
       <x:c r="E4" s="0" t="n">
-        <x:v>65843</x:v>
+        <x:v>33164</x:v>
       </x:c>
       <x:c r="G4" s="0" t="n">
-        <x:v>65270</x:v>
-[...2 lines deleted...]
-        <x:v>65270</x:v>
+        <x:v>33128</x:v>
       </x:c>
       <x:c r="I4" s="0" t="n">
-        <x:v>65270</x:v>
+        <x:v>33128</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:25">
       <x:c r="A5" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B5" s="0" t="n">
-        <x:v>8263</x:v>
-[...2 lines deleted...]
-        <x:v>459</x:v>
+        <x:v>2892</x:v>
       </x:c>
       <x:c r="D5" s="0" t="n">
-        <x:v>950849</x:v>
+        <x:v>354883</x:v>
       </x:c>
       <x:c r="G5" s="0" t="n">
-        <x:v>954895</x:v>
-[...2 lines deleted...]
-        <x:v>788965</x:v>
+        <x:v>354293</x:v>
       </x:c>
       <x:c r="I5" s="0" t="n">
-        <x:v>704173</x:v>
+        <x:v>261268</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:25">
       <x:c r="A6" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B6" s="0" t="n">
-        <x:v>53</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="D6" s="0" t="n">
-        <x:v>22183</x:v>
+        <x:v>16553</x:v>
       </x:c>
       <x:c r="G6" s="0" t="n">
-        <x:v>12115</x:v>
-[...2 lines deleted...]
-        <x:v>21896</x:v>
+        <x:v>4836</x:v>
       </x:c>
       <x:c r="I6" s="0" t="n">
-        <x:v>29164</x:v>
+        <x:v>18159</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:25">
       <x:c r="B8" s="2" t="s">
-        <x:v>46</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C8" s="2" t="s"/>
       <x:c r="D8" s="2" t="s"/>
       <x:c r="E8" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="F8" s="2" t="s"/>
       <x:c r="G8" s="2" t="s"/>
       <x:c r="H8" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="I8" s="2" t="s"/>
       <x:c r="J8" s="2" t="s"/>
       <x:c r="K8" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="L8" s="2" t="s"/>
       <x:c r="M8" s="2" t="s"/>
       <x:c r="N8" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="O8" s="2" t="s"/>
       <x:c r="P8" s="2" t="s"/>
       <x:c r="Q8" s="2" t="s">
         <x:v>17</x:v>
@@ -5454,321 +4908,255 @@
       </x:c>
       <x:c r="U9" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="V9" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="W9" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="X9" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="Y9" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:25">
       <x:c r="A10" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B10" s="0" t="n">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C10" s="0" t="n">
-        <x:v>10</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="D10" s="0" t="n">
-        <x:v>5</x:v>
-[...2 lines deleted...]
-        <x:v>129</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="H10" s="0" t="n">
-        <x:v>52</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="I10" s="0" t="n">
-        <x:v>64</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="J10" s="0" t="n">
-        <x:v>53</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="K10" s="0" t="n">
-        <x:v>52</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="L10" s="0" t="n">
-        <x:v>64</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="M10" s="0" t="n">
-        <x:v>53</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="Q10" s="0" t="n">
-        <x:v>52</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="R10" s="0" t="n">
-        <x:v>64</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="S10" s="0" t="n">
-        <x:v>53</x:v>
-[...8 lines deleted...]
-        <x:v>57</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="W10" s="0" t="n">
-        <x:v>65</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="X10" s="0" t="n">
-        <x:v>85</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="Y10" s="0" t="n">
-        <x:v>79</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:25">
       <x:c r="A11" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
-      <x:c r="B11" s="0" t="n">
-[...7 lines deleted...]
-      </x:c>
     </x:row>
     <x:row r="12" spans="1:25">
       <x:c r="A12" s="3" t="s">
         <x:v>26</x:v>
       </x:c>
-      <x:c r="B12" s="0" t="n">
-[...7 lines deleted...]
-      </x:c>
     </x:row>
     <x:row r="13" spans="1:25">
       <x:c r="A13" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
-      <x:c r="B13" s="0" t="n">
-[...7 lines deleted...]
-      </x:c>
     </x:row>
     <x:row r="14" spans="1:25">
       <x:c r="A14" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B14" s="0" t="n">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C14" s="0" t="n">
-        <x:v>10</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="D14" s="0" t="n">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c r="H14" s="0" t="n">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="I14" s="0" t="n">
         <x:v>5</x:v>
       </x:c>
-      <x:c r="H14" s="0" t="n">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="J14" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="K14" s="0" t="n">
-        <x:v>27</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="L14" s="0" t="n">
-        <x:v>7</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="M14" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="Q14" s="0" t="n">
-        <x:v>27</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="R14" s="0" t="n">
-        <x:v>7</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="S14" s="0" t="n">
-        <x:v>6</x:v>
-[...8 lines deleted...]
-        <x:v>6</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="W14" s="0" t="n">
-        <x:v>36</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="X14" s="0" t="n">
-        <x:v>10</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="Y14" s="0" t="n">
-        <x:v>9</x:v>
+        <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:25">
       <x:c r="A15" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B15" s="0" t="n">
-        <x:v>8</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="C15" s="0" t="n">
-        <x:v>8</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="D15" s="0" t="n">
-        <x:v>8</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="H15" s="0" t="n">
-        <x:v>13</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="I15" s="0" t="n">
-        <x:v>13</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="J15" s="0" t="n">
-        <x:v>13</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="K15" s="0" t="n">
-        <x:v>13</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="L15" s="0" t="n">
-        <x:v>13</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="M15" s="0" t="n">
-        <x:v>13</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="Q15" s="0" t="n">
-        <x:v>13</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="R15" s="0" t="n">
-        <x:v>13</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="S15" s="0" t="n">
-        <x:v>13</x:v>
-[...8 lines deleted...]
-        <x:v>13</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="W15" s="0" t="n">
-        <x:v>13</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="X15" s="0" t="n">
-        <x:v>13</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="Y15" s="0" t="n">
-        <x:v>13</x:v>
+        <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:25">
       <x:c r="A16" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B16" s="0" t="n">
-        <x:v>152</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="C16" s="0" t="n">
-        <x:v>152</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="D16" s="0" t="n">
-        <x:v>152</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="H16" s="0" t="n">
-        <x:v>180</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="I16" s="0" t="n">
-        <x:v>179</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="J16" s="0" t="n">
-        <x:v>179</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="K16" s="0" t="n">
-        <x:v>180</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="L16" s="0" t="n">
-        <x:v>179</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="M16" s="0" t="n">
-        <x:v>179</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="Q16" s="0" t="n">
-        <x:v>179</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="R16" s="0" t="n">
-        <x:v>179</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="S16" s="0" t="n">
-        <x:v>179</x:v>
-[...8 lines deleted...]
-        <x:v>179</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="W16" s="0" t="n">
-        <x:v>179</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="X16" s="0" t="n">
-        <x:v>179</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="Y16" s="0" t="n">
-        <x:v>179</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:25">
       <x:c r="A17" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:25">
       <x:c r="A18" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:25">
       <x:c r="A19" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:25">
       <x:c r="A20" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B20" s="0" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C20" s="0" t="n">
@@ -5782,396 +5170,391 @@
       </x:c>
       <x:c r="I20" s="0" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="J20" s="0" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="K20" s="0" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="L20" s="0" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="M20" s="0" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="Q20" s="0" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="R20" s="0" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="S20" s="0" t="n">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="T20" s="0" t="n">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="W20" s="0" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="X20" s="0" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="Y20" s="0" t="n">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:25">
       <x:c r="A21" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B21" s="0" t="n">
-        <x:v>0.57</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="C21" s="0" t="n">
-        <x:v>0.57</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="D21" s="0" t="n">
-        <x:v>0.57</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="H21" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>0.63</x:v>
       </x:c>
       <x:c r="I21" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>0.63</x:v>
       </x:c>
       <x:c r="J21" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>0.63</x:v>
       </x:c>
       <x:c r="K21" s="0" t="n">
-        <x:v>0.9</x:v>
+        <x:v>0.63</x:v>
       </x:c>
       <x:c r="L21" s="0" t="n">
-        <x:v>0.9</x:v>
+        <x:v>0.63</x:v>
       </x:c>
       <x:c r="M21" s="0" t="n">
-        <x:v>0.9</x:v>
+        <x:v>0.63</x:v>
       </x:c>
       <x:c r="Q21" s="0" t="n">
-        <x:v>0.9</x:v>
+        <x:v>0.63</x:v>
       </x:c>
       <x:c r="R21" s="0" t="n">
-        <x:v>0.9</x:v>
+        <x:v>0.63</x:v>
       </x:c>
       <x:c r="S21" s="0" t="n">
-        <x:v>0.9</x:v>
-[...8 lines deleted...]
-        <x:v>0.9</x:v>
+        <x:v>0.63</x:v>
       </x:c>
       <x:c r="W21" s="0" t="n">
-        <x:v>0.9</x:v>
+        <x:v>0.63</x:v>
       </x:c>
       <x:c r="X21" s="0" t="n">
-        <x:v>0.9</x:v>
+        <x:v>0.63</x:v>
       </x:c>
       <x:c r="Y21" s="0" t="n">
-        <x:v>0.9</x:v>
+        <x:v>0.63</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:25">
       <x:c r="A22" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B22" s="0" t="n">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="C22" s="0" t="n">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="D22" s="0" t="n">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="H22" s="0" t="n">
         <x:v>21</x:v>
       </x:c>
-      <x:c r="C22" s="0" t="n">
+      <x:c r="I22" s="0" t="n">
         <x:v>21</x:v>
       </x:c>
-      <x:c r="D22" s="0" t="n">
+      <x:c r="J22" s="0" t="n">
         <x:v>21</x:v>
       </x:c>
-      <x:c r="H22" s="0" t="n">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="K22" s="0" t="n">
-        <x:v>31</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="L22" s="0" t="n">
-        <x:v>31</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="M22" s="0" t="n">
-        <x:v>31</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="Q22" s="0" t="n">
-        <x:v>31</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="R22" s="0" t="n">
-        <x:v>31</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="S22" s="0" t="n">
-        <x:v>31</x:v>
-[...8 lines deleted...]
-        <x:v>31</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="W22" s="0" t="n">
-        <x:v>31</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="X22" s="0" t="n">
-        <x:v>31</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="Y22" s="0" t="n">
-        <x:v>31</x:v>
+        <x:v>21</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="9">
     <x:mergeCell ref="A1:O1"/>
     <x:mergeCell ref="B8:D8"/>
     <x:mergeCell ref="E8:G8"/>
     <x:mergeCell ref="H8:J8"/>
     <x:mergeCell ref="K8:M8"/>
     <x:mergeCell ref="N8:P8"/>
     <x:mergeCell ref="Q8:S8"/>
     <x:mergeCell ref="T8:V8"/>
     <x:mergeCell ref="W8:Y8"/>
   </x:mergeCells>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet15.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:V22"/>
+  <x:dimension ref="A1:Y22"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="54.790625" style="0" customWidth="1"/>
-    <x:col min="2" max="8" width="11.920625" style="0" customWidth="1"/>
-    <x:col min="9" max="9" width="9.610625" style="0" customWidth="1"/>
+    <x:col min="2" max="9" width="11.920625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.230625" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="10.000625" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="9.610625" style="0" customWidth="1"/>
     <x:col min="13" max="13" width="8.230625" style="0" customWidth="1"/>
     <x:col min="14" max="14" width="10.000625" style="0" customWidth="1"/>
     <x:col min="15" max="15" width="9.610625" style="0" customWidth="1"/>
     <x:col min="16" max="16" width="8.230625" style="0" customWidth="1"/>
     <x:col min="17" max="17" width="10.000625" style="0" customWidth="1"/>
     <x:col min="18" max="18" width="9.610625" style="0" customWidth="1"/>
     <x:col min="19" max="19" width="8.230625" style="0" customWidth="1"/>
     <x:col min="20" max="20" width="10.000625" style="0" customWidth="1"/>
     <x:col min="21" max="21" width="9.610625" style="0" customWidth="1"/>
     <x:col min="22" max="22" width="8.230625" style="0" customWidth="1"/>
+    <x:col min="23" max="23" width="10.000625" style="0" customWidth="1"/>
+    <x:col min="24" max="24" width="9.610625" style="0" customWidth="1"/>
+    <x:col min="25" max="25" width="8.230625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
-    <x:row r="1" spans="1:22">
+    <x:row r="1" spans="1:25">
       <x:c r="A1" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B1" s="1" t="s"/>
       <x:c r="C1" s="1" t="s"/>
       <x:c r="D1" s="1" t="s"/>
       <x:c r="E1" s="1" t="s"/>
       <x:c r="F1" s="1" t="s"/>
       <x:c r="G1" s="1" t="s"/>
       <x:c r="H1" s="1" t="s"/>
       <x:c r="I1" s="1" t="s"/>
       <x:c r="J1" s="1" t="s"/>
       <x:c r="K1" s="1" t="s"/>
       <x:c r="L1" s="1" t="s"/>
       <x:c r="M1" s="1" t="s"/>
       <x:c r="N1" s="1" t="s"/>
       <x:c r="O1" s="1" t="s"/>
     </x:row>
-    <x:row r="2" spans="1:22">
+    <x:row r="2" spans="1:25">
       <x:c r="B2" s="2" t="s">
-        <x:v>1</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="C2" s="2" t="s">
-        <x:v>2</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="D2" s="2" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="E2" s="2" t="s">
         <x:v>3</x:v>
       </x:c>
-      <x:c r="E2" s="2" t="s">
+      <x:c r="F2" s="2" t="s">
         <x:v>4</x:v>
       </x:c>
-      <x:c r="F2" s="2" t="s">
+      <x:c r="G2" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
-      <x:c r="G2" s="2" t="s">
+      <x:c r="H2" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
-      <x:c r="H2" s="2" t="s">
+      <x:c r="I2" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
     </x:row>
-    <x:row r="3" spans="1:22">
+    <x:row r="3" spans="1:25">
       <x:c r="A3" s="3" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B3" s="0" t="n">
+        <x:v>1383.2</x:v>
+      </x:c>
+      <x:c r="C3" s="0" t="n">
         <x:v>1309.93</x:v>
       </x:c>
-      <x:c r="C3" s="0" t="n">
+      <x:c r="D3" s="0" t="n">
         <x:v>77</x:v>
       </x:c>
-      <x:c r="F3" s="0" t="n">
+      <x:c r="G3" s="0" t="n">
         <x:v>451</x:v>
       </x:c>
-      <x:c r="G3" s="0" t="n">
+      <x:c r="H3" s="0" t="n">
         <x:v>447</x:v>
       </x:c>
-      <x:c r="H3" s="0" t="n">
+      <x:c r="I3" s="0" t="n">
         <x:v>98</x:v>
       </x:c>
     </x:row>
-    <x:row r="4" spans="1:22">
+    <x:row r="4" spans="1:25">
       <x:c r="A4" s="3" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B4" s="0" t="n">
+        <x:v>26282</x:v>
+      </x:c>
+      <x:c r="C4" s="0" t="n">
         <x:v>23631</x:v>
       </x:c>
-      <x:c r="C4" s="0" t="n">
+      <x:c r="D4" s="0" t="n">
         <x:v>1692</x:v>
       </x:c>
-      <x:c r="F4" s="0" t="n">
+      <x:c r="G4" s="0" t="n">
         <x:v>11486</x:v>
       </x:c>
-      <x:c r="G4" s="0" t="n">
+      <x:c r="H4" s="0" t="n">
         <x:v>11050</x:v>
       </x:c>
-      <x:c r="H4" s="0" t="n">
+      <x:c r="I4" s="0" t="n">
         <x:v>2790</x:v>
       </x:c>
     </x:row>
-    <x:row r="5" spans="1:22">
+    <x:row r="5" spans="1:25">
       <x:c r="A5" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B5" s="0" t="n">
+        <x:v>263500.68</x:v>
+      </x:c>
+      <x:c r="C5" s="0" t="n">
         <x:v>221006.36</x:v>
       </x:c>
-      <x:c r="C5" s="0" t="n">
+      <x:c r="D5" s="0" t="n">
         <x:v>15743</x:v>
       </x:c>
-      <x:c r="F5" s="0" t="n">
+      <x:c r="G5" s="0" t="n">
         <x:v>92817</x:v>
       </x:c>
-      <x:c r="G5" s="0" t="n">
+      <x:c r="H5" s="0" t="n">
         <x:v>75880</x:v>
       </x:c>
-      <x:c r="H5" s="0" t="n">
+      <x:c r="I5" s="0" t="n">
         <x:v>14865</x:v>
       </x:c>
     </x:row>
-    <x:row r="6" spans="1:22">
+    <x:row r="6" spans="1:25">
       <x:c r="A6" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B6" s="0" t="n">
+        <x:v>3573</x:v>
+      </x:c>
+      <x:c r="C6" s="0" t="n">
         <x:v>13342</x:v>
       </x:c>
-      <x:c r="C6" s="0" t="n">
+      <x:c r="D6" s="0" t="n">
         <x:v>5436</x:v>
       </x:c>
-      <x:c r="F6" s="0" t="n">
+      <x:c r="G6" s="0" t="n">
         <x:v>7445</x:v>
       </x:c>
-      <x:c r="G6" s="0" t="n">
+      <x:c r="H6" s="0" t="n">
         <x:v>6062</x:v>
       </x:c>
-      <x:c r="H6" s="0" t="n">
+      <x:c r="I6" s="0" t="n">
         <x:v>784</x:v>
       </x:c>
     </x:row>
-    <x:row r="8" spans="1:22">
+    <x:row r="8" spans="1:25">
       <x:c r="B8" s="2" t="s">
-        <x:v>13</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C8" s="2" t="s"/>
       <x:c r="D8" s="2" t="s"/>
       <x:c r="E8" s="2" t="s">
-        <x:v>14</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="F8" s="2" t="s"/>
       <x:c r="G8" s="2" t="s"/>
       <x:c r="H8" s="2" t="s">
-        <x:v>15</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="I8" s="2" t="s"/>
       <x:c r="J8" s="2" t="s"/>
       <x:c r="K8" s="2" t="s">
-        <x:v>16</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="L8" s="2" t="s"/>
       <x:c r="M8" s="2" t="s"/>
       <x:c r="N8" s="2" t="s">
-        <x:v>17</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="O8" s="2" t="s"/>
       <x:c r="P8" s="2" t="s"/>
       <x:c r="Q8" s="2" t="s">
-        <x:v>18</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="R8" s="2" t="s"/>
       <x:c r="S8" s="2" t="s"/>
       <x:c r="T8" s="2" t="s">
-        <x:v>19</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="U8" s="2" t="s"/>
       <x:c r="V8" s="2" t="s"/>
-    </x:row>
-    <x:row r="9" spans="1:22">
+      <x:c r="W8" s="2" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="X8" s="2" t="s"/>
+      <x:c r="Y8" s="2" t="s"/>
+    </x:row>
+    <x:row r="9" spans="1:25">
       <x:c r="B9" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="C9" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="D9" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="E9" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F9" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="G9" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H9" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="I9" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="J9" s="2" t="s">
@@ -6191,865 +5574,1095 @@
       </x:c>
       <x:c r="O9" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="P9" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q9" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="R9" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="S9" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="T9" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="U9" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="V9" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
-    </x:row>
-    <x:row r="10" spans="1:22">
+      <x:c r="W9" s="2" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="X9" s="2" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="Y9" s="2" t="s">
+        <x:v>23</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="10" spans="1:25">
       <x:c r="A10" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B10" s="0" t="n">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="C10" s="0" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="D10" s="0" t="n">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c r="E10" s="0" t="n">
         <x:v>14</x:v>
       </x:c>
-      <x:c r="C10" s="0" t="n">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="F10" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="G10" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
-      <x:c r="N10" s="0" t="n">
+      <x:c r="H10" s="0" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="I10" s="0" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="J10" s="0" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="Q10" s="0" t="n">
         <x:v>10</x:v>
       </x:c>
-      <x:c r="O10" s="0" t="n">
+      <x:c r="R10" s="0" t="n">
         <x:v>5</x:v>
       </x:c>
-      <x:c r="P10" s="0" t="n">
-[...2 lines deleted...]
-      <x:c r="Q10" s="0" t="n">
+      <x:c r="S10" s="0" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="T10" s="0" t="n">
         <x:v>9</x:v>
       </x:c>
-      <x:c r="R10" s="0" t="n">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="U10" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="V10" s="0" t="n">
-        <x:v>1</x:v>
-[...2 lines deleted...]
-    <x:row r="11" spans="1:22">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="W10" s="0" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="X10" s="0" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="Y10" s="0" t="n">
+        <x:v>1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="11" spans="1:25">
       <x:c r="A11" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
-      <x:c r="T11" s="0" t="n">
-[...9 lines deleted...]
-    <x:row r="12" spans="1:22">
+      <x:c r="W11" s="0" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="X11" s="0" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="Y11" s="0" t="n">
+        <x:v>1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="12" spans="1:25">
       <x:c r="A12" s="3" t="s">
         <x:v>26</x:v>
       </x:c>
-      <x:c r="T12" s="0" t="n">
-[...9 lines deleted...]
-    <x:row r="13" spans="1:22">
+      <x:c r="W12" s="0" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="X12" s="0" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="Y12" s="0" t="n">
+        <x:v>1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="13" spans="1:25">
       <x:c r="A13" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
-      <x:c r="T13" s="0" t="n">
-[...9 lines deleted...]
-    <x:row r="14" spans="1:22">
+      <x:c r="W13" s="0" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="X13" s="0" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="Y13" s="0" t="n">
+        <x:v>1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="14" spans="1:25">
       <x:c r="A14" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
     </x:row>
-    <x:row r="15" spans="1:22">
+    <x:row r="15" spans="1:25">
       <x:c r="A15" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B15" s="0" t="n">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c r="C15" s="0" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="D15" s="0" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="E15" s="0" t="n">
         <x:v>4</x:v>
       </x:c>
-      <x:c r="C15" s="0" t="n">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="F15" s="0" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="G15" s="0" t="n">
-        <x:v>1</x:v>
-[...7 lines deleted...]
-      <x:c r="P15" s="0" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="H15" s="0" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I15" s="0" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="J15" s="0" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="Q15" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="R15" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="S15" s="0" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="T15" s="0" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="U15" s="0" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="V15" s="0" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="W15" s="0" t="n">
         <x:v>0.5</x:v>
       </x:c>
-      <x:c r="U15" s="0" t="n">
+      <x:c r="X15" s="0" t="n">
         <x:v>0.4</x:v>
       </x:c>
-      <x:c r="V15" s="0" t="n">
+      <x:c r="Y15" s="0" t="n">
         <x:v>0.4</x:v>
       </x:c>
     </x:row>
-    <x:row r="16" spans="1:22">
+    <x:row r="16" spans="1:25">
       <x:c r="A16" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B16" s="0" t="n">
+        <x:v>91.44</x:v>
+      </x:c>
+      <x:c r="C16" s="0" t="n">
+        <x:v>13.79</x:v>
+      </x:c>
+      <x:c r="D16" s="0" t="n">
+        <x:v>34.44</x:v>
+      </x:c>
+      <x:c r="E16" s="0" t="n">
         <x:v>81</x:v>
       </x:c>
-      <x:c r="C16" s="0" t="n">
+      <x:c r="F16" s="0" t="n">
         <x:v>23</x:v>
       </x:c>
-      <x:c r="D16" s="0" t="n">
+      <x:c r="G16" s="0" t="n">
         <x:v>26</x:v>
       </x:c>
-      <x:c r="E16" s="0" t="n">
+      <x:c r="H16" s="0" t="n">
         <x:v>27</x:v>
       </x:c>
-      <x:c r="F16" s="0" t="n">
+      <x:c r="I16" s="0" t="n">
         <x:v>7</x:v>
       </x:c>
-      <x:c r="G16" s="0" t="n">
+      <x:c r="J16" s="0" t="n">
         <x:v>6</x:v>
       </x:c>
-      <x:c r="N16" s="0" t="n">
+      <x:c r="Q16" s="0" t="n">
         <x:v>56</x:v>
       </x:c>
-      <x:c r="O16" s="0" t="n">
+      <x:c r="R16" s="0" t="n">
         <x:v>51</x:v>
       </x:c>
-      <x:c r="P16" s="0" t="n">
+      <x:c r="S16" s="0" t="n">
         <x:v>27</x:v>
       </x:c>
-      <x:c r="Q16" s="0" t="n">
+      <x:c r="T16" s="0" t="n">
         <x:v>52</x:v>
       </x:c>
-      <x:c r="R16" s="0" t="n">
+      <x:c r="U16" s="0" t="n">
         <x:v>24</x:v>
       </x:c>
-      <x:c r="S16" s="0" t="n">
+      <x:c r="V16" s="0" t="n">
         <x:v>14</x:v>
       </x:c>
-      <x:c r="T16" s="0" t="n">
+      <x:c r="W16" s="0" t="n">
         <x:v>13</x:v>
       </x:c>
-      <x:c r="U16" s="0" t="n">
+      <x:c r="X16" s="0" t="n">
         <x:v>11</x:v>
       </x:c>
-      <x:c r="V16" s="0" t="n">
+      <x:c r="Y16" s="0" t="n">
         <x:v>10</x:v>
       </x:c>
     </x:row>
-    <x:row r="17" spans="1:22">
+    <x:row r="17" spans="1:25">
       <x:c r="A17" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
-    <x:row r="18" spans="1:22">
+    <x:row r="18" spans="1:25">
       <x:c r="A18" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
-    <x:row r="19" spans="1:22">
+    <x:row r="19" spans="1:25">
       <x:c r="A19" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
-    <x:row r="20" spans="1:22">
+    <x:row r="20" spans="1:25">
       <x:c r="A20" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B20" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C20" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="D20" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="E20" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="F20" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="G20" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
-      <x:c r="N20" s="0" t="n">
-[...5 lines deleted...]
-      <x:c r="P20" s="0" t="n">
+      <x:c r="H20" s="0" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="I20" s="0" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="J20" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="Q20" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="R20" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="S20" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="T20" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="U20" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="V20" s="0" t="n">
-        <x:v>1</x:v>
-[...2 lines deleted...]
-    <x:row r="21" spans="1:22">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="W20" s="0" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="X20" s="0" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="Y20" s="0" t="n">
+        <x:v>1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="21" spans="1:25">
       <x:c r="A21" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B21" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>2.47</x:v>
       </x:c>
       <x:c r="C21" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>2.15</x:v>
       </x:c>
       <x:c r="D21" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>2.32</x:v>
       </x:c>
       <x:c r="E21" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="F21" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="G21" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
-      <x:c r="N21" s="0" t="n">
-[...6 lines deleted...]
-        <x:v>3</x:v>
+      <x:c r="H21" s="0" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="I21" s="0" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="J21" s="0" t="n">
+        <x:v>2</x:v>
       </x:c>
       <x:c r="Q21" s="0" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="R21" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="S21" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="T21" s="0" t="n">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c r="U21" s="0" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="V21" s="0" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="W21" s="0" t="n">
         <x:v>0.55</x:v>
       </x:c>
-      <x:c r="U21" s="0" t="n">
-[...2 lines deleted...]
-      <x:c r="V21" s="0" t="n">
+      <x:c r="X21" s="0" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="Y21" s="0" t="n">
         <x:v>0.6</x:v>
       </x:c>
     </x:row>
-    <x:row r="22" spans="1:22">
+    <x:row r="22" spans="1:25">
       <x:c r="A22" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B22" s="0" t="n">
+        <x:v>52.48</x:v>
+      </x:c>
+      <x:c r="C22" s="0" t="n">
+        <x:v>55.94</x:v>
+      </x:c>
+      <x:c r="D22" s="0" t="n">
+        <x:v>53.44</x:v>
+      </x:c>
+      <x:c r="E22" s="0" t="n">
         <x:v>43</x:v>
       </x:c>
-      <x:c r="C22" s="0" t="n">
+      <x:c r="F22" s="0" t="n">
         <x:v>45</x:v>
       </x:c>
-      <x:c r="D22" s="0" t="n">
+      <x:c r="G22" s="0" t="n">
         <x:v>45</x:v>
       </x:c>
-      <x:c r="E22" s="0" t="n">
+      <x:c r="H22" s="0" t="n">
         <x:v>50</x:v>
       </x:c>
-      <x:c r="F22" s="0" t="n">
+      <x:c r="I22" s="0" t="n">
         <x:v>46</x:v>
       </x:c>
-      <x:c r="G22" s="0" t="n">
+      <x:c r="J22" s="0" t="n">
         <x:v>47</x:v>
       </x:c>
-      <x:c r="N22" s="0" t="n">
+      <x:c r="Q22" s="0" t="n">
         <x:v>51</x:v>
       </x:c>
-      <x:c r="O22" s="0" t="n">
+      <x:c r="R22" s="0" t="n">
         <x:v>87</x:v>
       </x:c>
-      <x:c r="P22" s="0" t="n">
+      <x:c r="S22" s="0" t="n">
         <x:v>60</x:v>
       </x:c>
-      <x:c r="Q22" s="0" t="n">
+      <x:c r="T22" s="0" t="n">
         <x:v>54</x:v>
       </x:c>
-      <x:c r="R22" s="0" t="n">
+      <x:c r="U22" s="0" t="n">
         <x:v>45</x:v>
       </x:c>
-      <x:c r="S22" s="0" t="n">
+      <x:c r="V22" s="0" t="n">
         <x:v>39</x:v>
       </x:c>
-      <x:c r="T22" s="0" t="n">
+      <x:c r="W22" s="0" t="n">
         <x:v>16</x:v>
       </x:c>
-      <x:c r="U22" s="0" t="n">
+      <x:c r="X22" s="0" t="n">
         <x:v>27</x:v>
       </x:c>
-      <x:c r="V22" s="0" t="n">
+      <x:c r="Y22" s="0" t="n">
         <x:v>17</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
-  <x:mergeCells count="8">
+  <x:mergeCells count="9">
     <x:mergeCell ref="A1:O1"/>
     <x:mergeCell ref="B8:D8"/>
     <x:mergeCell ref="E8:G8"/>
     <x:mergeCell ref="H8:J8"/>
     <x:mergeCell ref="K8:M8"/>
     <x:mergeCell ref="N8:P8"/>
     <x:mergeCell ref="Q8:S8"/>
     <x:mergeCell ref="T8:V8"/>
+    <x:mergeCell ref="W8:Y8"/>
   </x:mergeCells>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet16.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:O22"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="54.790625" style="0" customWidth="1"/>
-    <x:col min="2" max="2" width="11.920625" style="0" customWidth="1"/>
-    <x:col min="3" max="3" width="9.610625" style="0" customWidth="1"/>
+    <x:col min="2" max="3" width="11.920625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="8.230625" style="0" customWidth="1"/>
-    <x:col min="5" max="15" width="9.140625" style="0" customWidth="1"/>
+    <x:col min="5" max="5" width="10.000625" style="0" customWidth="1"/>
+    <x:col min="6" max="6" width="9.610625" style="0" customWidth="1"/>
+    <x:col min="7" max="7" width="8.230625" style="0" customWidth="1"/>
+    <x:col min="8" max="15" width="9.140625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:15">
       <x:c r="A1" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B1" s="1" t="s"/>
       <x:c r="C1" s="1" t="s"/>
       <x:c r="D1" s="1" t="s"/>
       <x:c r="E1" s="1" t="s"/>
       <x:c r="F1" s="1" t="s"/>
       <x:c r="G1" s="1" t="s"/>
       <x:c r="H1" s="1" t="s"/>
       <x:c r="I1" s="1" t="s"/>
       <x:c r="J1" s="1" t="s"/>
       <x:c r="K1" s="1" t="s"/>
       <x:c r="L1" s="1" t="s"/>
       <x:c r="M1" s="1" t="s"/>
       <x:c r="N1" s="1" t="s"/>
       <x:c r="O1" s="1" t="s"/>
     </x:row>
     <x:row r="2" spans="1:15">
       <x:c r="B2" s="2" t="s">
+        <x:v>45</x:v>
+      </x:c>
+      <x:c r="C2" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:15">
       <x:c r="A3" s="3" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B3" s="0" t="n">
+        <x:v>31793</x:v>
+      </x:c>
+      <x:c r="C3" s="0" t="n">
         <x:v>32379.29</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:15">
       <x:c r="A4" s="3" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B4" s="0" t="n">
+        <x:v>629387</x:v>
+      </x:c>
+      <x:c r="C4" s="0" t="n">
         <x:v>672618.34</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:15">
       <x:c r="A5" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B5" s="0" t="n">
+        <x:v>3014037</x:v>
+      </x:c>
+      <x:c r="C5" s="0" t="n">
         <x:v>2639733.53</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:15">
       <x:c r="A6" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:15">
       <x:c r="B8" s="2" t="s">
-        <x:v>13</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C8" s="2" t="s"/>
       <x:c r="D8" s="2" t="s"/>
+      <x:c r="E8" s="2" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="F8" s="2" t="s"/>
+      <x:c r="G8" s="2" t="s"/>
     </x:row>
     <x:row r="9" spans="1:15">
       <x:c r="B9" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="C9" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="D9" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
+      <x:c r="E9" s="2" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="F9" s="2" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="G9" s="2" t="s">
+        <x:v>23</x:v>
+      </x:c>
     </x:row>
     <x:row r="10" spans="1:15">
       <x:c r="A10" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B10" s="0" t="n">
+        <x:v>552</x:v>
+      </x:c>
+      <x:c r="C10" s="0" t="n">
+        <x:v>563</x:v>
+      </x:c>
+      <x:c r="D10" s="0" t="n">
+        <x:v>530</x:v>
+      </x:c>
+      <x:c r="E10" s="0" t="n">
         <x:v>568.49</x:v>
       </x:c>
-      <x:c r="C10" s="0" t="n">
+      <x:c r="F10" s="0" t="n">
         <x:v>592.52</x:v>
       </x:c>
-      <x:c r="D10" s="0" t="n">
+      <x:c r="G10" s="0" t="n">
         <x:v>574.63</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:15">
       <x:c r="A11" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:15">
       <x:c r="A12" s="3" t="s">
         <x:v>26</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:15">
       <x:c r="A13" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:15">
       <x:c r="A14" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:15">
       <x:c r="A15" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B15" s="0" t="n">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="C15" s="0" t="n">
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="D15" s="0" t="n">
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="E15" s="0" t="n">
         <x:v>87.56</x:v>
       </x:c>
-      <x:c r="C15" s="0" t="n">
+      <x:c r="F15" s="0" t="n">
         <x:v>92.58</x:v>
       </x:c>
-      <x:c r="D15" s="0" t="n">
+      <x:c r="G15" s="0" t="n">
         <x:v>92.28</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:15">
       <x:c r="A16" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B16" s="0" t="n">
+        <x:v>1699</x:v>
+      </x:c>
+      <x:c r="C16" s="0" t="n">
+        <x:v>1819</x:v>
+      </x:c>
+      <x:c r="D16" s="0" t="n">
+        <x:v>1757</x:v>
+      </x:c>
+      <x:c r="E16" s="0" t="n">
         <x:v>1811.81</x:v>
       </x:c>
-      <x:c r="C16" s="0" t="n">
+      <x:c r="F16" s="0" t="n">
         <x:v>1948.03</x:v>
       </x:c>
-      <x:c r="D16" s="0" t="n">
+      <x:c r="G16" s="0" t="n">
         <x:v>1927.88</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:15">
       <x:c r="A17" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:15">
       <x:c r="A18" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:15">
       <x:c r="A19" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:15">
       <x:c r="A20" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B20" s="0" t="n">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="C20" s="0" t="n">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="D20" s="0" t="n">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="E20" s="0" t="n">
         <x:v>13</x:v>
       </x:c>
-      <x:c r="C20" s="0" t="n">
+      <x:c r="F20" s="0" t="n">
         <x:v>13</x:v>
       </x:c>
-      <x:c r="D20" s="0" t="n">
+      <x:c r="G20" s="0" t="n">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:15">
       <x:c r="A21" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B21" s="0" t="n">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="C21" s="0" t="n">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="D21" s="0" t="n">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="E21" s="0" t="n">
         <x:v>14.07</x:v>
       </x:c>
-      <x:c r="C21" s="0" t="n">
+      <x:c r="F21" s="0" t="n">
         <x:v>13.34</x:v>
       </x:c>
-      <x:c r="D21" s="0" t="n">
+      <x:c r="G21" s="0" t="n">
         <x:v>13.66</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:15">
       <x:c r="A22" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B22" s="0" t="n">
+        <x:v>80</x:v>
+      </x:c>
+      <x:c r="C22" s="0" t="n">
+        <x:v>79</x:v>
+      </x:c>
+      <x:c r="D22" s="0" t="n">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="E22" s="0" t="n">
         <x:v>100.69</x:v>
       </x:c>
-      <x:c r="C22" s="0" t="n">
+      <x:c r="F22" s="0" t="n">
         <x:v>95.85</x:v>
       </x:c>
-      <x:c r="D22" s="0" t="n">
+      <x:c r="G22" s="0" t="n">
         <x:v>104.67</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
-  <x:mergeCells count="2">
+  <x:mergeCells count="3">
     <x:mergeCell ref="A1:O1"/>
     <x:mergeCell ref="B8:D8"/>
+    <x:mergeCell ref="E8:G8"/>
   </x:mergeCells>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet17.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:O22"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="54.790625" style="0" customWidth="1"/>
-    <x:col min="2" max="2" width="11.920625" style="0" customWidth="1"/>
-    <x:col min="3" max="3" width="9.610625" style="0" customWidth="1"/>
+    <x:col min="2" max="3" width="11.920625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="8.230625" style="0" customWidth="1"/>
-    <x:col min="5" max="15" width="9.140625" style="0" customWidth="1"/>
+    <x:col min="5" max="5" width="10.000625" style="0" customWidth="1"/>
+    <x:col min="6" max="6" width="9.610625" style="0" customWidth="1"/>
+    <x:col min="7" max="7" width="8.230625" style="0" customWidth="1"/>
+    <x:col min="8" max="15" width="9.140625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:15">
       <x:c r="A1" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B1" s="1" t="s"/>
       <x:c r="C1" s="1" t="s"/>
       <x:c r="D1" s="1" t="s"/>
       <x:c r="E1" s="1" t="s"/>
       <x:c r="F1" s="1" t="s"/>
       <x:c r="G1" s="1" t="s"/>
       <x:c r="H1" s="1" t="s"/>
       <x:c r="I1" s="1" t="s"/>
       <x:c r="J1" s="1" t="s"/>
       <x:c r="K1" s="1" t="s"/>
       <x:c r="L1" s="1" t="s"/>
       <x:c r="M1" s="1" t="s"/>
       <x:c r="N1" s="1" t="s"/>
       <x:c r="O1" s="1" t="s"/>
     </x:row>
     <x:row r="2" spans="1:15">
       <x:c r="B2" s="2" t="s">
+        <x:v>45</x:v>
+      </x:c>
+      <x:c r="C2" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:15">
       <x:c r="A3" s="3" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B3" s="0" t="n">
+        <x:v>9367</x:v>
+      </x:c>
+      <x:c r="C3" s="0" t="n">
         <x:v>16668.49</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:15">
       <x:c r="A4" s="3" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B4" s="0" t="n">
+        <x:v>133416</x:v>
+      </x:c>
+      <x:c r="C4" s="0" t="n">
         <x:v>241467.69</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:15">
       <x:c r="A5" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B5" s="0" t="n">
+        <x:v>638911</x:v>
+      </x:c>
+      <x:c r="C5" s="0" t="n">
         <x:v>947655.33</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:15">
       <x:c r="A6" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:15">
       <x:c r="B8" s="2" t="s">
-        <x:v>13</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C8" s="2" t="s"/>
       <x:c r="D8" s="2" t="s"/>
+      <x:c r="E8" s="2" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="F8" s="2" t="s"/>
+      <x:c r="G8" s="2" t="s"/>
     </x:row>
     <x:row r="9" spans="1:15">
       <x:c r="B9" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="C9" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="D9" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
+      <x:c r="E9" s="2" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="F9" s="2" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="G9" s="2" t="s">
+        <x:v>23</x:v>
+      </x:c>
     </x:row>
     <x:row r="10" spans="1:15">
       <x:c r="A10" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B10" s="0" t="n">
+        <x:v>210</x:v>
+      </x:c>
+      <x:c r="C10" s="0" t="n">
+        <x:v>217</x:v>
+      </x:c>
+      <x:c r="D10" s="0" t="n">
+        <x:v>198</x:v>
+      </x:c>
+      <x:c r="E10" s="0" t="n">
         <x:v>390</x:v>
       </x:c>
-      <x:c r="C10" s="0" t="n">
+      <x:c r="F10" s="0" t="n">
         <x:v>441</x:v>
       </x:c>
-      <x:c r="D10" s="0" t="n">
+      <x:c r="G10" s="0" t="n">
         <x:v>383</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:15">
       <x:c r="A11" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:15">
       <x:c r="A12" s="3" t="s">
         <x:v>26</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:15">
       <x:c r="A13" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:15">
       <x:c r="A14" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:15">
       <x:c r="A15" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B15" s="0" t="n">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="C15" s="0" t="n">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="D15" s="0" t="n">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="E15" s="0" t="n">
         <x:v>45</x:v>
       </x:c>
-      <x:c r="C15" s="0" t="n">
+      <x:c r="F15" s="0" t="n">
         <x:v>48</x:v>
       </x:c>
-      <x:c r="D15" s="0" t="n">
+      <x:c r="G15" s="0" t="n">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:15">
       <x:c r="A16" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B16" s="0" t="n">
+        <x:v>361</x:v>
+      </x:c>
+      <x:c r="C16" s="0" t="n">
+        <x:v>385</x:v>
+      </x:c>
+      <x:c r="D16" s="0" t="n">
+        <x:v>367</x:v>
+      </x:c>
+      <x:c r="E16" s="0" t="n">
         <x:v>653</x:v>
       </x:c>
-      <x:c r="C16" s="0" t="n">
+      <x:c r="F16" s="0" t="n">
         <x:v>702</x:v>
       </x:c>
-      <x:c r="D16" s="0" t="n">
+      <x:c r="G16" s="0" t="n">
         <x:v>678</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:15">
       <x:c r="A17" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:15">
       <x:c r="A18" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:15">
       <x:c r="A19" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:15">
       <x:c r="A20" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B20" s="0" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="C20" s="0" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="D20" s="0" t="n">
         <x:v>5</x:v>
       </x:c>
+      <x:c r="E20" s="0" t="n">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c r="F20" s="0" t="n">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c r="G20" s="0" t="n">
+        <x:v>5</x:v>
+      </x:c>
     </x:row>
     <x:row r="21" spans="1:15">
       <x:c r="A21" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B21" s="0" t="n">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C21" s="0" t="n">
         <x:v>5</x:v>
       </x:c>
-      <x:c r="C21" s="0" t="n">
+      <x:c r="D21" s="0" t="n">
         <x:v>4</x:v>
       </x:c>
-      <x:c r="D21" s="0" t="n">
+      <x:c r="E21" s="0" t="n">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c r="F21" s="0" t="n">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="G21" s="0" t="n">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:15">
       <x:c r="A22" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B22" s="0" t="n">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="C22" s="0" t="n">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="D22" s="0" t="n">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="E22" s="0" t="n">
         <x:v>29</x:v>
       </x:c>
-      <x:c r="C22" s="0" t="n">
+      <x:c r="F22" s="0" t="n">
         <x:v>27</x:v>
       </x:c>
-      <x:c r="D22" s="0" t="n">
+      <x:c r="G22" s="0" t="n">
         <x:v>30</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
-  <x:mergeCells count="2">
+  <x:mergeCells count="3">
     <x:mergeCell ref="A1:O1"/>
     <x:mergeCell ref="B8:D8"/>
+    <x:mergeCell ref="E8:G8"/>
   </x:mergeCells>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet18.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:O22"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="54.790625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.920625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="9.610625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="8.230625" style="0" customWidth="1"/>
     <x:col min="5" max="15" width="9.140625" style="0" customWidth="1"/>
@@ -11092,463 +10705,79 @@
     </x:row>
   </x:sheetData>
   <x:mergeCells count="8">
     <x:mergeCell ref="A1:O1"/>
     <x:mergeCell ref="B8:D8"/>
     <x:mergeCell ref="E8:G8"/>
     <x:mergeCell ref="H8:J8"/>
     <x:mergeCell ref="K8:M8"/>
     <x:mergeCell ref="N8:P8"/>
     <x:mergeCell ref="Q8:S8"/>
     <x:mergeCell ref="T8:V8"/>
   </x:mergeCells>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet29.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:O22"/>
-[...382 lines deleted...]
-  </x:sheetPr>
   <x:dimension ref="A1:Y22"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="54.790625" style="0" customWidth="1"/>
     <x:col min="2" max="9" width="11.920625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.230625" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="10.000625" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="9.610625" style="0" customWidth="1"/>
     <x:col min="13" max="13" width="8.230625" style="0" customWidth="1"/>
     <x:col min="14" max="14" width="10.000625" style="0" customWidth="1"/>
     <x:col min="15" max="15" width="9.610625" style="0" customWidth="1"/>
     <x:col min="16" max="16" width="8.230625" style="0" customWidth="1"/>
     <x:col min="17" max="17" width="10.000625" style="0" customWidth="1"/>
     <x:col min="18" max="18" width="9.610625" style="0" customWidth="1"/>
     <x:col min="19" max="19" width="8.230625" style="0" customWidth="1"/>
     <x:col min="20" max="20" width="10.000625" style="0" customWidth="1"/>
     <x:col min="21" max="21" width="9.610625" style="0" customWidth="1"/>
     <x:col min="22" max="22" width="8.230625" style="0" customWidth="1"/>
     <x:col min="23" max="23" width="10.000625" style="0" customWidth="1"/>
     <x:col min="24" max="24" width="9.610625" style="0" customWidth="1"/>
     <x:col min="25" max="25" width="8.230625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:25">
       <x:c r="A1" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="B1" s="1" t="s"/>
       <x:c r="C1" s="1" t="s"/>
       <x:c r="D1" s="1" t="s"/>
       <x:c r="E1" s="1" t="s"/>
       <x:c r="F1" s="1" t="s"/>
       <x:c r="G1" s="1" t="s"/>
       <x:c r="H1" s="1" t="s"/>
       <x:c r="I1" s="1" t="s"/>
       <x:c r="J1" s="1" t="s"/>
       <x:c r="K1" s="1" t="s"/>
       <x:c r="L1" s="1" t="s"/>
       <x:c r="M1" s="1" t="s"/>
       <x:c r="N1" s="1" t="s"/>
       <x:c r="O1" s="1" t="s"/>
     </x:row>
     <x:row r="2" spans="1:25">
       <x:c r="B2" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C2" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D2" s="2" t="s">
         <x:v>3</x:v>
@@ -12212,50 +11441,181 @@
       </x:c>
       <x:c r="V22" s="0" t="n">
         <x:v>18</x:v>
       </x:c>
       <x:c r="W22" s="0" t="n">
         <x:v>28</x:v>
       </x:c>
       <x:c r="X22" s="0" t="n">
         <x:v>39</x:v>
       </x:c>
       <x:c r="Y22" s="0" t="n">
         <x:v>34</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="9">
     <x:mergeCell ref="A1:O1"/>
     <x:mergeCell ref="B8:D8"/>
     <x:mergeCell ref="E8:G8"/>
     <x:mergeCell ref="H8:J8"/>
     <x:mergeCell ref="K8:M8"/>
     <x:mergeCell ref="N8:P8"/>
     <x:mergeCell ref="Q8:S8"/>
     <x:mergeCell ref="T8:V8"/>
     <x:mergeCell ref="W8:Y8"/>
+  </x:mergeCells>
+  <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
+  <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
+  <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
+  <x:headerFooter/>
+  <x:tableParts count="0"/>
+</x:worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <x:sheetPr>
+    <x:outlinePr summaryBelow="1" summaryRight="1"/>
+  </x:sheetPr>
+  <x:dimension ref="A1:O22"/>
+  <x:sheetViews>
+    <x:sheetView workbookViewId="0"/>
+  </x:sheetViews>
+  <x:sheetFormatPr defaultRowHeight="15"/>
+  <x:cols>
+    <x:col min="1" max="1" width="54.790625" style="0" customWidth="1"/>
+    <x:col min="2" max="15" width="9.140625" style="0" customWidth="1"/>
+  </x:cols>
+  <x:sheetData>
+    <x:row r="1" spans="1:15">
+      <x:c r="A1" s="1" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="B1" s="1" t="s"/>
+      <x:c r="C1" s="1" t="s"/>
+      <x:c r="D1" s="1" t="s"/>
+      <x:c r="E1" s="1" t="s"/>
+      <x:c r="F1" s="1" t="s"/>
+      <x:c r="G1" s="1" t="s"/>
+      <x:c r="H1" s="1" t="s"/>
+      <x:c r="I1" s="1" t="s"/>
+      <x:c r="J1" s="1" t="s"/>
+      <x:c r="K1" s="1" t="s"/>
+      <x:c r="L1" s="1" t="s"/>
+      <x:c r="M1" s="1" t="s"/>
+      <x:c r="N1" s="1" t="s"/>
+      <x:c r="O1" s="1" t="s"/>
+    </x:row>
+    <x:row r="3" spans="1:15">
+      <x:c r="A3" s="3" t="s">
+        <x:v>9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4" spans="1:15">
+      <x:c r="A4" s="3" t="s">
+        <x:v>10</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5" spans="1:15">
+      <x:c r="A5" s="3" t="s">
+        <x:v>11</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="6" spans="1:15">
+      <x:c r="A6" s="3" t="s">
+        <x:v>12</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="10" spans="1:15">
+      <x:c r="A10" s="3" t="s">
+        <x:v>24</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="11" spans="1:15">
+      <x:c r="A11" s="3" t="s">
+        <x:v>25</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="12" spans="1:15">
+      <x:c r="A12" s="3" t="s">
+        <x:v>26</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="13" spans="1:15">
+      <x:c r="A13" s="3" t="s">
+        <x:v>27</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="14" spans="1:15">
+      <x:c r="A14" s="3" t="s">
+        <x:v>28</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="15" spans="1:15">
+      <x:c r="A15" s="3" t="s">
+        <x:v>29</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="16" spans="1:15">
+      <x:c r="A16" s="3" t="s">
+        <x:v>30</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="17" spans="1:15">
+      <x:c r="A17" s="3" t="s">
+        <x:v>31</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="18" spans="1:15">
+      <x:c r="A18" s="3" t="s">
+        <x:v>32</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="19" spans="1:15">
+      <x:c r="A19" s="3" t="s">
+        <x:v>33</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="20" spans="1:15">
+      <x:c r="A20" s="3" t="s">
+        <x:v>34</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="21" spans="1:15">
+      <x:c r="A21" s="3" t="s">
+        <x:v>35</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="22" spans="1:15">
+      <x:c r="A22" s="3" t="s">
+        <x:v>36</x:v>
+      </x:c>
+    </x:row>
+  </x:sheetData>
+  <x:mergeCells count="1">
+    <x:mergeCell ref="A1:O1"/>
   </x:mergeCells>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet30.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:O22"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="54.790625" style="0" customWidth="1"/>
     <x:col min="2" max="4" width="11.920625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="10.000625" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="9.610625" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="8.230625" style="0" customWidth="1"/>
@@ -12278,93 +11638,87 @@
       <x:c r="H1" s="1" t="s"/>
       <x:c r="I1" s="1" t="s"/>
       <x:c r="J1" s="1" t="s"/>
       <x:c r="K1" s="1" t="s"/>
       <x:c r="L1" s="1" t="s"/>
       <x:c r="M1" s="1" t="s"/>
       <x:c r="N1" s="1" t="s"/>
       <x:c r="O1" s="1" t="s"/>
     </x:row>
     <x:row r="2" spans="1:15">
       <x:c r="B2" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C2" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D2" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:15">
       <x:c r="A3" s="3" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B3" s="0" t="n">
-        <x:v>2214</x:v>
+        <x:v>852</x:v>
       </x:c>
       <x:c r="C3" s="0" t="n">
-        <x:v>6587</x:v>
+        <x:v>1320</x:v>
       </x:c>
       <x:c r="D3" s="0" t="n">
-        <x:v>6488</x:v>
+        <x:v>1119</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:15">
       <x:c r="A4" s="3" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B4" s="0" t="n">
-        <x:v>32077</x:v>
+        <x:v>17800</x:v>
       </x:c>
       <x:c r="C4" s="0" t="n">
-        <x:v>97361</x:v>
+        <x:v>26509</x:v>
       </x:c>
       <x:c r="D4" s="0" t="n">
-        <x:v>92836</x:v>
+        <x:v>23386</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:15">
       <x:c r="A5" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C5" s="0" t="n">
-        <x:v>138.92</x:v>
-[...2 lines deleted...]
-        <x:v>704271</x:v>
+        <x:v>188.6</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:15">
       <x:c r="A6" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C6" s="0" t="n">
-        <x:v>95794</x:v>
-[...2 lines deleted...]
-        <x:v>98390</x:v>
+        <x:v>26061</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:15">
       <x:c r="B8" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="C8" s="2" t="s"/>
       <x:c r="D8" s="2" t="s"/>
       <x:c r="E8" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F8" s="2" t="s"/>
       <x:c r="G8" s="2" t="s"/>
       <x:c r="H8" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I8" s="2" t="s"/>
       <x:c r="J8" s="2" t="s"/>
     </x:row>
     <x:row r="9" spans="1:15">
       <x:c r="B9" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="C9" s="2" t="s">
         <x:v>22</x:v>
@@ -12374,321 +11728,711 @@
       </x:c>
       <x:c r="E9" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F9" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="G9" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H9" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="I9" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="J9" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:15">
       <x:c r="A10" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B10" s="0" t="n">
-        <x:v>26316</x:v>
+        <x:v>1590</x:v>
       </x:c>
       <x:c r="C10" s="0" t="n">
-        <x:v>4605</x:v>
+        <x:v>996</x:v>
       </x:c>
       <x:c r="D10" s="0" t="n">
-        <x:v>4715</x:v>
+        <x:v>807</x:v>
       </x:c>
       <x:c r="E10" s="0" t="n">
-        <x:v>380</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="F10" s="0" t="n">
-        <x:v>335</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="G10" s="0" t="n">
-        <x:v>339</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="H10" s="0" t="n">
-        <x:v>415</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="I10" s="0" t="n">
-        <x:v>376</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="J10" s="0" t="n">
-        <x:v>350</x:v>
+        <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:15">
       <x:c r="A11" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:15">
       <x:c r="A12" s="3" t="s">
         <x:v>26</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:15">
       <x:c r="A13" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:15">
       <x:c r="A14" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:15">
       <x:c r="A15" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B15" s="0" t="n">
-        <x:v>1585</x:v>
+        <x:v>885</x:v>
       </x:c>
       <x:c r="C15" s="0" t="n">
-        <x:v>306</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="D15" s="0" t="n">
-        <x:v>324</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="E15" s="0" t="n">
-        <x:v>18</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="F15" s="0" t="n">
-        <x:v>18</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="G15" s="0" t="n">
-        <x:v>18</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="H15" s="0" t="n">
-        <x:v>18</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="I15" s="0" t="n">
-        <x:v>18</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="J15" s="0" t="n">
-        <x:v>17</x:v>
+        <x:v>246</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:15">
       <x:c r="A16" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B16" s="0" t="n">
-        <x:v>22811</x:v>
+        <x:v>8163</x:v>
       </x:c>
       <x:c r="C16" s="0" t="n">
-        <x:v>4489</x:v>
+        <x:v>4619</x:v>
       </x:c>
       <x:c r="D16" s="0" t="n">
-        <x:v>4777</x:v>
+        <x:v>5018</x:v>
       </x:c>
       <x:c r="E16" s="0" t="n">
-        <x:v>268</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="F16" s="0" t="n">
-        <x:v>267</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="G16" s="0" t="n">
-        <x:v>259</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="H16" s="0" t="n">
-        <x:v>258</x:v>
+        <x:v>8163</x:v>
       </x:c>
       <x:c r="I16" s="0" t="n">
-        <x:v>257</x:v>
+        <x:v>4619</x:v>
       </x:c>
       <x:c r="J16" s="0" t="n">
-        <x:v>231</x:v>
+        <x:v>5018</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:15">
       <x:c r="A17" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:15">
       <x:c r="A18" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:15">
       <x:c r="A19" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:15">
       <x:c r="A20" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B20" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="C20" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="D20" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="E20" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="F20" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="G20" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="H20" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="I20" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="J20" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:15">
       <x:c r="A21" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B21" s="0" t="n">
-        <x:v>0.93</x:v>
+        <x:v>0.59</x:v>
       </x:c>
       <x:c r="C21" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>0.54</x:v>
       </x:c>
       <x:c r="D21" s="0" t="n">
-        <x:v>0.78</x:v>
+        <x:v>0.56</x:v>
       </x:c>
       <x:c r="E21" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="F21" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="G21" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="H21" s="0" t="n">
-        <x:v>0.6</x:v>
+        <x:v>0.59</x:v>
       </x:c>
       <x:c r="I21" s="0" t="n">
-        <x:v>0.4</x:v>
+        <x:v>0.54</x:v>
       </x:c>
       <x:c r="J21" s="0" t="n">
-        <x:v>0.4</x:v>
+        <x:v>0.56</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:15">
       <x:c r="A22" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B22" s="0" t="n">
-        <x:v>8.02</x:v>
+        <x:v>4.77</x:v>
       </x:c>
       <x:c r="C22" s="0" t="n">
-        <x:v>8.06</x:v>
+        <x:v>3.57</x:v>
       </x:c>
       <x:c r="D22" s="0" t="n">
-        <x:v>7</x:v>
+        <x:v>5.27</x:v>
       </x:c>
       <x:c r="E22" s="0" t="n">
-        <x:v>8</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="F22" s="0" t="n">
-        <x:v>9</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="G22" s="0" t="n">
-        <x:v>8</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="H22" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>4.77</x:v>
       </x:c>
       <x:c r="I22" s="0" t="n">
-        <x:v>5</x:v>
+        <x:v>3.57</x:v>
       </x:c>
       <x:c r="J22" s="0" t="n">
-        <x:v>5</x:v>
+        <x:v>5.27</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="4">
     <x:mergeCell ref="A1:O1"/>
     <x:mergeCell ref="B8:D8"/>
     <x:mergeCell ref="E8:G8"/>
     <x:mergeCell ref="H8:J8"/>
   </x:mergeCells>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet31.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:O22"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="54.790625" style="0" customWidth="1"/>
-    <x:col min="2" max="15" width="9.140625" style="0" customWidth="1"/>
+    <x:col min="2" max="4" width="11.920625" style="0" customWidth="1"/>
+    <x:col min="5" max="5" width="10.000625" style="0" customWidth="1"/>
+    <x:col min="6" max="6" width="9.610625" style="0" customWidth="1"/>
+    <x:col min="7" max="7" width="8.230625" style="0" customWidth="1"/>
+    <x:col min="8" max="8" width="10.000625" style="0" customWidth="1"/>
+    <x:col min="9" max="9" width="9.610625" style="0" customWidth="1"/>
+    <x:col min="10" max="10" width="8.230625" style="0" customWidth="1"/>
+    <x:col min="11" max="15" width="9.140625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:15">
       <x:c r="A1" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B1" s="1" t="s"/>
       <x:c r="C1" s="1" t="s"/>
       <x:c r="D1" s="1" t="s"/>
       <x:c r="E1" s="1" t="s"/>
       <x:c r="F1" s="1" t="s"/>
       <x:c r="G1" s="1" t="s"/>
       <x:c r="H1" s="1" t="s"/>
       <x:c r="I1" s="1" t="s"/>
       <x:c r="J1" s="1" t="s"/>
       <x:c r="K1" s="1" t="s"/>
       <x:c r="L1" s="1" t="s"/>
       <x:c r="M1" s="1" t="s"/>
       <x:c r="N1" s="1" t="s"/>
       <x:c r="O1" s="1" t="s"/>
     </x:row>
+    <x:row r="2" spans="1:15">
+      <x:c r="B2" s="2" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C2" s="2" t="s">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c r="D2" s="2" t="s">
+        <x:v>8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="3" spans="1:15">
+      <x:c r="A3" s="3" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="B3" s="0" t="n">
+        <x:v>2214</x:v>
+      </x:c>
+      <x:c r="C3" s="0" t="n">
+        <x:v>6587</x:v>
+      </x:c>
+      <x:c r="D3" s="0" t="n">
+        <x:v>6488</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4" spans="1:15">
+      <x:c r="A4" s="3" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="B4" s="0" t="n">
+        <x:v>32077</x:v>
+      </x:c>
+      <x:c r="C4" s="0" t="n">
+        <x:v>97361</x:v>
+      </x:c>
+      <x:c r="D4" s="0" t="n">
+        <x:v>92836</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5" spans="1:15">
+      <x:c r="A5" s="3" t="s">
+        <x:v>11</x:v>
+      </x:c>
+      <x:c r="C5" s="0" t="n">
+        <x:v>138.92</x:v>
+      </x:c>
+      <x:c r="D5" s="0" t="n">
+        <x:v>704271</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="6" spans="1:15">
+      <x:c r="A6" s="3" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="C6" s="0" t="n">
+        <x:v>95794</x:v>
+      </x:c>
+      <x:c r="D6" s="0" t="n">
+        <x:v>98390</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="8" spans="1:15">
+      <x:c r="B8" s="2" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="C8" s="2" t="s"/>
+      <x:c r="D8" s="2" t="s"/>
+      <x:c r="E8" s="2" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="F8" s="2" t="s"/>
+      <x:c r="G8" s="2" t="s"/>
+      <x:c r="H8" s="2" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="I8" s="2" t="s"/>
+      <x:c r="J8" s="2" t="s"/>
+    </x:row>
+    <x:row r="9" spans="1:15">
+      <x:c r="B9" s="2" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="C9" s="2" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="D9" s="2" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="E9" s="2" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="F9" s="2" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="G9" s="2" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="H9" s="2" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="I9" s="2" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="J9" s="2" t="s">
+        <x:v>23</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="10" spans="1:15">
+      <x:c r="A10" s="3" t="s">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="B10" s="0" t="n">
+        <x:v>26316</x:v>
+      </x:c>
+      <x:c r="C10" s="0" t="n">
+        <x:v>4605</x:v>
+      </x:c>
+      <x:c r="D10" s="0" t="n">
+        <x:v>4715</x:v>
+      </x:c>
+      <x:c r="E10" s="0" t="n">
+        <x:v>380</x:v>
+      </x:c>
+      <x:c r="F10" s="0" t="n">
+        <x:v>335</x:v>
+      </x:c>
+      <x:c r="G10" s="0" t="n">
+        <x:v>339</x:v>
+      </x:c>
+      <x:c r="H10" s="0" t="n">
+        <x:v>415</x:v>
+      </x:c>
+      <x:c r="I10" s="0" t="n">
+        <x:v>376</x:v>
+      </x:c>
+      <x:c r="J10" s="0" t="n">
+        <x:v>350</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="11" spans="1:15">
+      <x:c r="A11" s="3" t="s">
+        <x:v>25</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="12" spans="1:15">
+      <x:c r="A12" s="3" t="s">
+        <x:v>26</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="13" spans="1:15">
+      <x:c r="A13" s="3" t="s">
+        <x:v>27</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="14" spans="1:15">
+      <x:c r="A14" s="3" t="s">
+        <x:v>28</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="15" spans="1:15">
+      <x:c r="A15" s="3" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="B15" s="0" t="n">
+        <x:v>1585</x:v>
+      </x:c>
+      <x:c r="C15" s="0" t="n">
+        <x:v>306</x:v>
+      </x:c>
+      <x:c r="D15" s="0" t="n">
+        <x:v>324</x:v>
+      </x:c>
+      <x:c r="E15" s="0" t="n">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="F15" s="0" t="n">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G15" s="0" t="n">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="H15" s="0" t="n">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="I15" s="0" t="n">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="J15" s="0" t="n">
+        <x:v>17</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="16" spans="1:15">
+      <x:c r="A16" s="3" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="B16" s="0" t="n">
+        <x:v>22811</x:v>
+      </x:c>
+      <x:c r="C16" s="0" t="n">
+        <x:v>4489</x:v>
+      </x:c>
+      <x:c r="D16" s="0" t="n">
+        <x:v>4777</x:v>
+      </x:c>
+      <x:c r="E16" s="0" t="n">
+        <x:v>268</x:v>
+      </x:c>
+      <x:c r="F16" s="0" t="n">
+        <x:v>267</x:v>
+      </x:c>
+      <x:c r="G16" s="0" t="n">
+        <x:v>259</x:v>
+      </x:c>
+      <x:c r="H16" s="0" t="n">
+        <x:v>258</x:v>
+      </x:c>
+      <x:c r="I16" s="0" t="n">
+        <x:v>257</x:v>
+      </x:c>
+      <x:c r="J16" s="0" t="n">
+        <x:v>231</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="17" spans="1:15">
+      <x:c r="A17" s="3" t="s">
+        <x:v>31</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="18" spans="1:15">
+      <x:c r="A18" s="3" t="s">
+        <x:v>32</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="19" spans="1:15">
+      <x:c r="A19" s="3" t="s">
+        <x:v>33</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="20" spans="1:15">
+      <x:c r="A20" s="3" t="s">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="B20" s="0" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="C20" s="0" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="D20" s="0" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="E20" s="0" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="F20" s="0" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="G20" s="0" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="H20" s="0" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I20" s="0" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="J20" s="0" t="n">
+        <x:v>1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="21" spans="1:15">
+      <x:c r="A21" s="3" t="s">
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="B21" s="0" t="n">
+        <x:v>0.93</x:v>
+      </x:c>
+      <x:c r="C21" s="0" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="D21" s="0" t="n">
+        <x:v>0.78</x:v>
+      </x:c>
+      <x:c r="E21" s="0" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="F21" s="0" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="G21" s="0" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="H21" s="0" t="n">
+        <x:v>0.6</x:v>
+      </x:c>
+      <x:c r="I21" s="0" t="n">
+        <x:v>0.4</x:v>
+      </x:c>
+      <x:c r="J21" s="0" t="n">
+        <x:v>0.4</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="22" spans="1:15">
+      <x:c r="A22" s="3" t="s">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="B22" s="0" t="n">
+        <x:v>8.02</x:v>
+      </x:c>
+      <x:c r="C22" s="0" t="n">
+        <x:v>8.06</x:v>
+      </x:c>
+      <x:c r="D22" s="0" t="n">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c r="E22" s="0" t="n">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="F22" s="0" t="n">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="G22" s="0" t="n">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="H22" s="0" t="n">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="I22" s="0" t="n">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c r="J22" s="0" t="n">
+        <x:v>5</x:v>
+      </x:c>
+    </x:row>
+  </x:sheetData>
+  <x:mergeCells count="4">
+    <x:mergeCell ref="A1:O1"/>
+    <x:mergeCell ref="B8:D8"/>
+    <x:mergeCell ref="E8:G8"/>
+    <x:mergeCell ref="H8:J8"/>
+  </x:mergeCells>
+  <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
+  <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
+  <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
+  <x:headerFooter/>
+  <x:tableParts count="0"/>
+</x:worksheet>
+</file>
+
+<file path=xl/worksheets/sheet32.xml><?xml version="1.0" encoding="utf-8"?>
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <x:sheetPr>
+    <x:outlinePr summaryBelow="1" summaryRight="1"/>
+  </x:sheetPr>
+  <x:dimension ref="A1:O22"/>
+  <x:sheetViews>
+    <x:sheetView workbookViewId="0"/>
+  </x:sheetViews>
+  <x:sheetFormatPr defaultRowHeight="15"/>
+  <x:cols>
+    <x:col min="1" max="1" width="54.790625" style="0" customWidth="1"/>
+    <x:col min="2" max="15" width="9.140625" style="0" customWidth="1"/>
+  </x:cols>
+  <x:sheetData>
+    <x:row r="1" spans="1:15">
+      <x:c r="A1" s="1" t="s">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="B1" s="1" t="s"/>
+      <x:c r="C1" s="1" t="s"/>
+      <x:c r="D1" s="1" t="s"/>
+      <x:c r="E1" s="1" t="s"/>
+      <x:c r="F1" s="1" t="s"/>
+      <x:c r="G1" s="1" t="s"/>
+      <x:c r="H1" s="1" t="s"/>
+      <x:c r="I1" s="1" t="s"/>
+      <x:c r="J1" s="1" t="s"/>
+      <x:c r="K1" s="1" t="s"/>
+      <x:c r="L1" s="1" t="s"/>
+      <x:c r="M1" s="1" t="s"/>
+      <x:c r="N1" s="1" t="s"/>
+      <x:c r="O1" s="1" t="s"/>
+    </x:row>
     <x:row r="3" spans="1:15">
       <x:c r="A3" s="3" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:15">
       <x:c r="A4" s="3" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:15">
       <x:c r="A5" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:15">
       <x:c r="A6" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:15">
       <x:c r="A10" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
@@ -12742,80 +12486,80 @@
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:15">
       <x:c r="A21" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:15">
       <x:c r="A22" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="1">
     <x:mergeCell ref="A1:O1"/>
   </x:mergeCells>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
-<file path=xl/worksheets/sheet32.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet33.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:S22"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="54.790625" style="0" customWidth="1"/>
     <x:col min="2" max="7" width="11.920625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="10.000625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="9.610625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.230625" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="10.000625" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="9.610625" style="0" customWidth="1"/>
     <x:col min="13" max="13" width="8.230625" style="0" customWidth="1"/>
     <x:col min="14" max="14" width="10.000625" style="0" customWidth="1"/>
     <x:col min="15" max="15" width="9.610625" style="0" customWidth="1"/>
     <x:col min="16" max="16" width="8.230625" style="0" customWidth="1"/>
     <x:col min="17" max="17" width="10.000625" style="0" customWidth="1"/>
     <x:col min="18" max="18" width="9.610625" style="0" customWidth="1"/>
     <x:col min="19" max="19" width="8.230625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:19">
       <x:c r="A1" s="1" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B1" s="1" t="s"/>
       <x:c r="C1" s="1" t="s"/>
       <x:c r="D1" s="1" t="s"/>
       <x:c r="E1" s="1" t="s"/>
       <x:c r="F1" s="1" t="s"/>
       <x:c r="G1" s="1" t="s"/>
       <x:c r="H1" s="1" t="s"/>
       <x:c r="I1" s="1" t="s"/>
       <x:c r="J1" s="1" t="s"/>
       <x:c r="K1" s="1" t="s"/>
       <x:c r="L1" s="1" t="s"/>
       <x:c r="M1" s="1" t="s"/>
       <x:c r="N1" s="1" t="s"/>
       <x:c r="O1" s="1" t="s"/>
     </x:row>
     <x:row r="2" spans="1:19">
       <x:c r="B2" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C2" s="2" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D2" s="2" t="s">
         <x:v>4</x:v>
@@ -13368,68 +13112,884 @@
       <x:c r="R22" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="S22" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="7">
     <x:mergeCell ref="A1:O1"/>
     <x:mergeCell ref="B8:D8"/>
     <x:mergeCell ref="E8:G8"/>
     <x:mergeCell ref="H8:J8"/>
     <x:mergeCell ref="K8:M8"/>
     <x:mergeCell ref="N8:P8"/>
     <x:mergeCell ref="Q8:S8"/>
   </x:mergeCells>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
-<file path=xl/worksheets/sheet33.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet34.xml><?xml version="1.0" encoding="utf-8"?>
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <x:sheetPr>
+    <x:outlinePr summaryBelow="1" summaryRight="1"/>
+  </x:sheetPr>
+  <x:dimension ref="A1:Y22"/>
+  <x:sheetViews>
+    <x:sheetView workbookViewId="0"/>
+  </x:sheetViews>
+  <x:sheetFormatPr defaultRowHeight="15"/>
+  <x:cols>
+    <x:col min="1" max="1" width="54.790625" style="0" customWidth="1"/>
+    <x:col min="2" max="9" width="11.920625" style="0" customWidth="1"/>
+    <x:col min="10" max="10" width="8.230625" style="0" customWidth="1"/>
+    <x:col min="11" max="11" width="10.000625" style="0" customWidth="1"/>
+    <x:col min="12" max="12" width="9.610625" style="0" customWidth="1"/>
+    <x:col min="13" max="13" width="8.230625" style="0" customWidth="1"/>
+    <x:col min="14" max="14" width="10.000625" style="0" customWidth="1"/>
+    <x:col min="15" max="15" width="9.610625" style="0" customWidth="1"/>
+    <x:col min="16" max="16" width="8.230625" style="0" customWidth="1"/>
+    <x:col min="17" max="17" width="10.000625" style="0" customWidth="1"/>
+    <x:col min="18" max="18" width="9.610625" style="0" customWidth="1"/>
+    <x:col min="19" max="19" width="8.230625" style="0" customWidth="1"/>
+    <x:col min="20" max="20" width="10.000625" style="0" customWidth="1"/>
+    <x:col min="21" max="21" width="9.610625" style="0" customWidth="1"/>
+    <x:col min="22" max="22" width="8.230625" style="0" customWidth="1"/>
+    <x:col min="23" max="23" width="10.000625" style="0" customWidth="1"/>
+    <x:col min="24" max="24" width="9.610625" style="0" customWidth="1"/>
+    <x:col min="25" max="25" width="8.230625" style="0" customWidth="1"/>
+  </x:cols>
+  <x:sheetData>
+    <x:row r="1" spans="1:25">
+      <x:c r="A1" s="1" t="s">
+        <x:v>73</x:v>
+      </x:c>
+      <x:c r="B1" s="1" t="s"/>
+      <x:c r="C1" s="1" t="s"/>
+      <x:c r="D1" s="1" t="s"/>
+      <x:c r="E1" s="1" t="s"/>
+      <x:c r="F1" s="1" t="s"/>
+      <x:c r="G1" s="1" t="s"/>
+      <x:c r="H1" s="1" t="s"/>
+      <x:c r="I1" s="1" t="s"/>
+      <x:c r="J1" s="1" t="s"/>
+      <x:c r="K1" s="1" t="s"/>
+      <x:c r="L1" s="1" t="s"/>
+      <x:c r="M1" s="1" t="s"/>
+      <x:c r="N1" s="1" t="s"/>
+      <x:c r="O1" s="1" t="s"/>
+    </x:row>
+    <x:row r="2" spans="1:25">
+      <x:c r="B2" s="2" t="s">
+        <x:v>45</x:v>
+      </x:c>
+      <x:c r="C2" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="D2" s="2" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="E2" s="2" t="s">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c r="F2" s="2" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="G2" s="2" t="s">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c r="H2" s="2" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="I2" s="2" t="s">
+        <x:v>7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="3" spans="1:25">
+      <x:c r="A3" s="3" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="B3" s="0" t="n">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="C3" s="0" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="D3" s="0" t="n">
+        <x:v>4621</x:v>
+      </x:c>
+      <x:c r="E3" s="0" t="n">
+        <x:v>4621</x:v>
+      </x:c>
+      <x:c r="G3" s="0" t="n">
+        <x:v>4643</x:v>
+      </x:c>
+      <x:c r="H3" s="0" t="n">
+        <x:v>4643</x:v>
+      </x:c>
+      <x:c r="I3" s="0" t="n">
+        <x:v>4643</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4" spans="1:25">
+      <x:c r="A4" s="3" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="B4" s="0" t="n">
+        <x:v>760</x:v>
+      </x:c>
+      <x:c r="C4" s="0" t="n">
+        <x:v>41</x:v>
+      </x:c>
+      <x:c r="D4" s="0" t="n">
+        <x:v>65843</x:v>
+      </x:c>
+      <x:c r="E4" s="0" t="n">
+        <x:v>65843</x:v>
+      </x:c>
+      <x:c r="G4" s="0" t="n">
+        <x:v>65270</x:v>
+      </x:c>
+      <x:c r="H4" s="0" t="n">
+        <x:v>65270</x:v>
+      </x:c>
+      <x:c r="I4" s="0" t="n">
+        <x:v>65270</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5" spans="1:25">
+      <x:c r="A5" s="3" t="s">
+        <x:v>11</x:v>
+      </x:c>
+      <x:c r="B5" s="0" t="n">
+        <x:v>8263</x:v>
+      </x:c>
+      <x:c r="C5" s="0" t="n">
+        <x:v>459</x:v>
+      </x:c>
+      <x:c r="D5" s="0" t="n">
+        <x:v>950849</x:v>
+      </x:c>
+      <x:c r="G5" s="0" t="n">
+        <x:v>954895</x:v>
+      </x:c>
+      <x:c r="H5" s="0" t="n">
+        <x:v>788965</x:v>
+      </x:c>
+      <x:c r="I5" s="0" t="n">
+        <x:v>704173</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="6" spans="1:25">
+      <x:c r="A6" s="3" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="B6" s="0" t="n">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="C6" s="0" t="n">
+        <x:v>146</x:v>
+      </x:c>
+      <x:c r="D6" s="0" t="n">
+        <x:v>22183</x:v>
+      </x:c>
+      <x:c r="G6" s="0" t="n">
+        <x:v>12115</x:v>
+      </x:c>
+      <x:c r="H6" s="0" t="n">
+        <x:v>21896</x:v>
+      </x:c>
+      <x:c r="I6" s="0" t="n">
+        <x:v>29164</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="8" spans="1:25">
+      <x:c r="B8" s="2" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="C8" s="2" t="s"/>
+      <x:c r="D8" s="2" t="s"/>
+      <x:c r="E8" s="2" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="F8" s="2" t="s"/>
+      <x:c r="G8" s="2" t="s"/>
+      <x:c r="H8" s="2" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="I8" s="2" t="s"/>
+      <x:c r="J8" s="2" t="s"/>
+      <x:c r="K8" s="2" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="L8" s="2" t="s"/>
+      <x:c r="M8" s="2" t="s"/>
+      <x:c r="N8" s="2" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="O8" s="2" t="s"/>
+      <x:c r="P8" s="2" t="s"/>
+      <x:c r="Q8" s="2" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="R8" s="2" t="s"/>
+      <x:c r="S8" s="2" t="s"/>
+      <x:c r="T8" s="2" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="U8" s="2" t="s"/>
+      <x:c r="V8" s="2" t="s"/>
+      <x:c r="W8" s="2" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="X8" s="2" t="s"/>
+      <x:c r="Y8" s="2" t="s"/>
+    </x:row>
+    <x:row r="9" spans="1:25">
+      <x:c r="B9" s="2" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="C9" s="2" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="D9" s="2" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="E9" s="2" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="F9" s="2" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="G9" s="2" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="H9" s="2" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="I9" s="2" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="J9" s="2" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="K9" s="2" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="L9" s="2" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="M9" s="2" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="N9" s="2" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="O9" s="2" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="P9" s="2" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="Q9" s="2" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="R9" s="2" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="S9" s="2" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="T9" s="2" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="U9" s="2" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="V9" s="2" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="W9" s="2" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="X9" s="2" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="Y9" s="2" t="s">
+        <x:v>23</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="10" spans="1:25">
+      <x:c r="A10" s="3" t="s">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="B10" s="0" t="n">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C10" s="0" t="n">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="D10" s="0" t="n">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c r="E10" s="0" t="n">
+        <x:v>129</x:v>
+      </x:c>
+      <x:c r="H10" s="0" t="n">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="I10" s="0" t="n">
+        <x:v>64</x:v>
+      </x:c>
+      <x:c r="J10" s="0" t="n">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="K10" s="0" t="n">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="L10" s="0" t="n">
+        <x:v>64</x:v>
+      </x:c>
+      <x:c r="M10" s="0" t="n">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="Q10" s="0" t="n">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="R10" s="0" t="n">
+        <x:v>64</x:v>
+      </x:c>
+      <x:c r="S10" s="0" t="n">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="T10" s="0" t="n">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="U10" s="0" t="n">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="V10" s="0" t="n">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="W10" s="0" t="n">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="X10" s="0" t="n">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="Y10" s="0" t="n">
+        <x:v>79</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="11" spans="1:25">
+      <x:c r="A11" s="3" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="B11" s="0" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="C11" s="0" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="D11" s="0" t="n">
+        <x:v>0</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="12" spans="1:25">
+      <x:c r="A12" s="3" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="B12" s="0" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="C12" s="0" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="D12" s="0" t="n">
+        <x:v>0</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="13" spans="1:25">
+      <x:c r="A13" s="3" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="B13" s="0" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="C13" s="0" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="D13" s="0" t="n">
+        <x:v>0</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="14" spans="1:25">
+      <x:c r="A14" s="3" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="B14" s="0" t="n">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C14" s="0" t="n">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="D14" s="0" t="n">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c r="H14" s="0" t="n">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="I14" s="0" t="n">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c r="J14" s="0" t="n">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="K14" s="0" t="n">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="L14" s="0" t="n">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c r="M14" s="0" t="n">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="Q14" s="0" t="n">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="R14" s="0" t="n">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c r="S14" s="0" t="n">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="T14" s="0" t="n">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="U14" s="0" t="n">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c r="V14" s="0" t="n">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="W14" s="0" t="n">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="X14" s="0" t="n">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="Y14" s="0" t="n">
+        <x:v>9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="15" spans="1:25">
+      <x:c r="A15" s="3" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="B15" s="0" t="n">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C15" s="0" t="n">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="D15" s="0" t="n">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="E15" s="0" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="H15" s="0" t="n">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="I15" s="0" t="n">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="J15" s="0" t="n">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="K15" s="0" t="n">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="L15" s="0" t="n">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="M15" s="0" t="n">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="Q15" s="0" t="n">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="R15" s="0" t="n">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="S15" s="0" t="n">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="T15" s="0" t="n">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="U15" s="0" t="n">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="V15" s="0" t="n">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="W15" s="0" t="n">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="X15" s="0" t="n">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="Y15" s="0" t="n">
+        <x:v>13</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="16" spans="1:25">
+      <x:c r="A16" s="3" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="B16" s="0" t="n">
+        <x:v>152</x:v>
+      </x:c>
+      <x:c r="C16" s="0" t="n">
+        <x:v>152</x:v>
+      </x:c>
+      <x:c r="D16" s="0" t="n">
+        <x:v>152</x:v>
+      </x:c>
+      <x:c r="E16" s="0" t="n">
+        <x:v>41</x:v>
+      </x:c>
+      <x:c r="H16" s="0" t="n">
+        <x:v>180</x:v>
+      </x:c>
+      <x:c r="I16" s="0" t="n">
+        <x:v>179</x:v>
+      </x:c>
+      <x:c r="J16" s="0" t="n">
+        <x:v>179</x:v>
+      </x:c>
+      <x:c r="K16" s="0" t="n">
+        <x:v>180</x:v>
+      </x:c>
+      <x:c r="L16" s="0" t="n">
+        <x:v>179</x:v>
+      </x:c>
+      <x:c r="M16" s="0" t="n">
+        <x:v>179</x:v>
+      </x:c>
+      <x:c r="Q16" s="0" t="n">
+        <x:v>179</x:v>
+      </x:c>
+      <x:c r="R16" s="0" t="n">
+        <x:v>179</x:v>
+      </x:c>
+      <x:c r="S16" s="0" t="n">
+        <x:v>179</x:v>
+      </x:c>
+      <x:c r="T16" s="0" t="n">
+        <x:v>179</x:v>
+      </x:c>
+      <x:c r="U16" s="0" t="n">
+        <x:v>179</x:v>
+      </x:c>
+      <x:c r="V16" s="0" t="n">
+        <x:v>179</x:v>
+      </x:c>
+      <x:c r="W16" s="0" t="n">
+        <x:v>179</x:v>
+      </x:c>
+      <x:c r="X16" s="0" t="n">
+        <x:v>179</x:v>
+      </x:c>
+      <x:c r="Y16" s="0" t="n">
+        <x:v>179</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="17" spans="1:25">
+      <x:c r="A17" s="3" t="s">
+        <x:v>31</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="18" spans="1:25">
+      <x:c r="A18" s="3" t="s">
+        <x:v>32</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="19" spans="1:25">
+      <x:c r="A19" s="3" t="s">
+        <x:v>33</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="20" spans="1:25">
+      <x:c r="A20" s="3" t="s">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="B20" s="0" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="C20" s="0" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="D20" s="0" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="E20" s="0" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="F20" s="0" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="G20" s="0" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="H20" s="0" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I20" s="0" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="J20" s="0" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="K20" s="0" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="L20" s="0" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="M20" s="0" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="Q20" s="0" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="R20" s="0" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="S20" s="0" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="T20" s="0" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="U20" s="0" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="V20" s="0" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="W20" s="0" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="X20" s="0" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="Y20" s="0" t="n">
+        <x:v>1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="21" spans="1:25">
+      <x:c r="A21" s="3" t="s">
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="B21" s="0" t="n">
+        <x:v>0.57</x:v>
+      </x:c>
+      <x:c r="C21" s="0" t="n">
+        <x:v>0.57</x:v>
+      </x:c>
+      <x:c r="D21" s="0" t="n">
+        <x:v>0.57</x:v>
+      </x:c>
+      <x:c r="E21" s="0" t="n">
+        <x:v>0.9</x:v>
+      </x:c>
+      <x:c r="F21" s="0" t="n">
+        <x:v>0.9</x:v>
+      </x:c>
+      <x:c r="G21" s="0" t="n">
+        <x:v>0.9</x:v>
+      </x:c>
+      <x:c r="H21" s="0" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I21" s="0" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="J21" s="0" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="K21" s="0" t="n">
+        <x:v>0.9</x:v>
+      </x:c>
+      <x:c r="L21" s="0" t="n">
+        <x:v>0.9</x:v>
+      </x:c>
+      <x:c r="M21" s="0" t="n">
+        <x:v>0.9</x:v>
+      </x:c>
+      <x:c r="Q21" s="0" t="n">
+        <x:v>0.9</x:v>
+      </x:c>
+      <x:c r="R21" s="0" t="n">
+        <x:v>0.9</x:v>
+      </x:c>
+      <x:c r="S21" s="0" t="n">
+        <x:v>0.9</x:v>
+      </x:c>
+      <x:c r="T21" s="0" t="n">
+        <x:v>0.9</x:v>
+      </x:c>
+      <x:c r="U21" s="0" t="n">
+        <x:v>0.9</x:v>
+      </x:c>
+      <x:c r="V21" s="0" t="n">
+        <x:v>0.9</x:v>
+      </x:c>
+      <x:c r="W21" s="0" t="n">
+        <x:v>0.9</x:v>
+      </x:c>
+      <x:c r="X21" s="0" t="n">
+        <x:v>0.9</x:v>
+      </x:c>
+      <x:c r="Y21" s="0" t="n">
+        <x:v>0.9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="22" spans="1:25">
+      <x:c r="A22" s="3" t="s">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="B22" s="0" t="n">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="C22" s="0" t="n">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="D22" s="0" t="n">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="E22" s="0" t="n">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="F22" s="0" t="n">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="G22" s="0" t="n">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="H22" s="0" t="n">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="I22" s="0" t="n">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="J22" s="0" t="n">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="K22" s="0" t="n">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="L22" s="0" t="n">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="M22" s="0" t="n">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="Q22" s="0" t="n">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="R22" s="0" t="n">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="S22" s="0" t="n">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="T22" s="0" t="n">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="U22" s="0" t="n">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="V22" s="0" t="n">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="W22" s="0" t="n">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="X22" s="0" t="n">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="Y22" s="0" t="n">
+        <x:v>31</x:v>
+      </x:c>
+    </x:row>
+  </x:sheetData>
+  <x:mergeCells count="9">
+    <x:mergeCell ref="A1:O1"/>
+    <x:mergeCell ref="B8:D8"/>
+    <x:mergeCell ref="E8:G8"/>
+    <x:mergeCell ref="H8:J8"/>
+    <x:mergeCell ref="K8:M8"/>
+    <x:mergeCell ref="N8:P8"/>
+    <x:mergeCell ref="Q8:S8"/>
+    <x:mergeCell ref="T8:V8"/>
+    <x:mergeCell ref="W8:Y8"/>
+  </x:mergeCells>
+  <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
+  <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
+  <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
+  <x:headerFooter/>
+  <x:tableParts count="0"/>
+</x:worksheet>
+</file>
+
+<file path=xl/worksheets/sheet35.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:O22"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="54.790625" style="0" customWidth="1"/>
     <x:col min="2" max="15" width="9.140625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:15">
       <x:c r="A1" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B1" s="1" t="s"/>
       <x:c r="C1" s="1" t="s"/>
       <x:c r="D1" s="1" t="s"/>
       <x:c r="E1" s="1" t="s"/>
       <x:c r="F1" s="1" t="s"/>
       <x:c r="G1" s="1" t="s"/>
       <x:c r="H1" s="1" t="s"/>
       <x:c r="I1" s="1" t="s"/>
       <x:c r="J1" s="1" t="s"/>
       <x:c r="K1" s="1" t="s"/>
       <x:c r="L1" s="1" t="s"/>
       <x:c r="M1" s="1" t="s"/>
       <x:c r="N1" s="1" t="s"/>
       <x:c r="O1" s="1" t="s"/>
     </x:row>
     <x:row r="3" spans="1:15">
       <x:c r="A3" s="3" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:15">
       <x:c r="A4" s="3" t="s">
         <x:v>10</x:v>
       </x:c>
@@ -13499,68 +14059,68 @@
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:15">
       <x:c r="A21" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:15">
       <x:c r="A22" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="1">
     <x:mergeCell ref="A1:O1"/>
   </x:mergeCells>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
-<file path=xl/worksheets/sheet34.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet36.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:O22"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="54.790625" style="0" customWidth="1"/>
     <x:col min="2" max="15" width="9.140625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:15">
       <x:c r="A1" s="1" t="s">
-        <x:v>73</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="B1" s="1" t="s"/>
       <x:c r="C1" s="1" t="s"/>
       <x:c r="D1" s="1" t="s"/>
       <x:c r="E1" s="1" t="s"/>
       <x:c r="F1" s="1" t="s"/>
       <x:c r="G1" s="1" t="s"/>
       <x:c r="H1" s="1" t="s"/>
       <x:c r="I1" s="1" t="s"/>
       <x:c r="J1" s="1" t="s"/>
       <x:c r="K1" s="1" t="s"/>
       <x:c r="L1" s="1" t="s"/>
       <x:c r="M1" s="1" t="s"/>
       <x:c r="N1" s="1" t="s"/>
       <x:c r="O1" s="1" t="s"/>
     </x:row>
     <x:row r="3" spans="1:15">
       <x:c r="A3" s="3" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:15">
       <x:c r="A4" s="3" t="s">
         <x:v>10</x:v>
       </x:c>
@@ -13630,80 +14190,80 @@
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:15">
       <x:c r="A21" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:15">
       <x:c r="A22" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="1">
     <x:mergeCell ref="A1:O1"/>
   </x:mergeCells>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
-<file path=xl/worksheets/sheet35.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet37.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:S22"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="54.790625" style="0" customWidth="1"/>
     <x:col min="2" max="7" width="11.920625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="10.000625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="9.610625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.230625" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="10.000625" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="9.610625" style="0" customWidth="1"/>
     <x:col min="13" max="13" width="8.230625" style="0" customWidth="1"/>
     <x:col min="14" max="14" width="10.000625" style="0" customWidth="1"/>
     <x:col min="15" max="15" width="9.610625" style="0" customWidth="1"/>
     <x:col min="16" max="16" width="8.230625" style="0" customWidth="1"/>
     <x:col min="17" max="17" width="10.000625" style="0" customWidth="1"/>
     <x:col min="18" max="18" width="9.610625" style="0" customWidth="1"/>
     <x:col min="19" max="19" width="8.230625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:19">
       <x:c r="A1" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="B1" s="1" t="s"/>
       <x:c r="C1" s="1" t="s"/>
       <x:c r="D1" s="1" t="s"/>
       <x:c r="E1" s="1" t="s"/>
       <x:c r="F1" s="1" t="s"/>
       <x:c r="G1" s="1" t="s"/>
       <x:c r="H1" s="1" t="s"/>
       <x:c r="I1" s="1" t="s"/>
       <x:c r="J1" s="1" t="s"/>
       <x:c r="K1" s="1" t="s"/>
       <x:c r="L1" s="1" t="s"/>
       <x:c r="M1" s="1" t="s"/>
       <x:c r="N1" s="1" t="s"/>
       <x:c r="O1" s="1" t="s"/>
     </x:row>
     <x:row r="2" spans="1:19">
       <x:c r="B2" s="2" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C2" s="2" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D2" s="2" t="s">
         <x:v>5</x:v>
@@ -15867,1326 +16427,381 @@
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="7">
     <x:mergeCell ref="A1:O1"/>
     <x:mergeCell ref="B8:D8"/>
     <x:mergeCell ref="E8:G8"/>
     <x:mergeCell ref="H8:J8"/>
     <x:mergeCell ref="K8:M8"/>
     <x:mergeCell ref="N8:P8"/>
     <x:mergeCell ref="Q8:S8"/>
   </x:mergeCells>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:AB22"/>
+  <x:dimension ref="A1:O22"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="54.790625" style="0" customWidth="1"/>
-    <x:col min="2" max="10" width="11.920625" style="0" customWidth="1"/>
-[...17 lines deleted...]
-    <x:col min="28" max="28" width="8.230625" style="0" customWidth="1"/>
+    <x:col min="2" max="15" width="9.140625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
-    <x:row r="1" spans="1:28">
+    <x:row r="1" spans="1:15">
       <x:c r="A1" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B1" s="1" t="s"/>
       <x:c r="C1" s="1" t="s"/>
       <x:c r="D1" s="1" t="s"/>
       <x:c r="E1" s="1" t="s"/>
       <x:c r="F1" s="1" t="s"/>
       <x:c r="G1" s="1" t="s"/>
       <x:c r="H1" s="1" t="s"/>
       <x:c r="I1" s="1" t="s"/>
       <x:c r="J1" s="1" t="s"/>
       <x:c r="K1" s="1" t="s"/>
       <x:c r="L1" s="1" t="s"/>
       <x:c r="M1" s="1" t="s"/>
       <x:c r="N1" s="1" t="s"/>
       <x:c r="O1" s="1" t="s"/>
     </x:row>
-    <x:row r="2" spans="1:28">
-[...28 lines deleted...]
-    <x:row r="3" spans="1:28">
+    <x:row r="3" spans="1:15">
       <x:c r="A3" s="3" t="s">
         <x:v>9</x:v>
       </x:c>
-      <x:c r="B3" s="0" t="n">
-[...24 lines deleted...]
-    <x:row r="4" spans="1:28">
+    </x:row>
+    <x:row r="4" spans="1:15">
       <x:c r="A4" s="3" t="s">
         <x:v>10</x:v>
       </x:c>
-      <x:c r="B4" s="0" t="n">
-[...24 lines deleted...]
-    <x:row r="5" spans="1:28">
+    </x:row>
+    <x:row r="5" spans="1:15">
       <x:c r="A5" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
-      <x:c r="B5" s="0" t="n">
-[...24 lines deleted...]
-    <x:row r="6" spans="1:28">
+    </x:row>
+    <x:row r="6" spans="1:15">
       <x:c r="A6" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
-      <x:c r="B6" s="0" t="n">
-[...154 lines deleted...]
-    <x:row r="10" spans="1:28">
+    </x:row>
+    <x:row r="10" spans="1:15">
       <x:c r="A10" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
-      <x:c r="B10" s="0" t="n">
-[...72 lines deleted...]
-    <x:row r="11" spans="1:28">
+    </x:row>
+    <x:row r="11" spans="1:15">
       <x:c r="A11" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
-      <x:c r="B11" s="0" t="n">
-[...72 lines deleted...]
-    <x:row r="12" spans="1:28">
+    </x:row>
+    <x:row r="12" spans="1:15">
       <x:c r="A12" s="3" t="s">
         <x:v>26</x:v>
       </x:c>
-      <x:c r="B12" s="0" t="n">
-[...72 lines deleted...]
-    <x:row r="13" spans="1:28">
+    </x:row>
+    <x:row r="13" spans="1:15">
       <x:c r="A13" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
-      <x:c r="B13" s="0" t="n">
-[...72 lines deleted...]
-    <x:row r="14" spans="1:28">
+    </x:row>
+    <x:row r="14" spans="1:15">
       <x:c r="A14" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
-      <x:c r="E14" s="0" t="n">
-[...9 lines deleted...]
-    <x:row r="15" spans="1:28">
+    </x:row>
+    <x:row r="15" spans="1:15">
       <x:c r="A15" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
-      <x:c r="B15" s="0" t="n">
-[...72 lines deleted...]
-    <x:row r="16" spans="1:28">
+    </x:row>
+    <x:row r="16" spans="1:15">
       <x:c r="A16" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
-      <x:c r="B16" s="0" t="n">
-[...72 lines deleted...]
-    <x:row r="17" spans="1:28">
+    </x:row>
+    <x:row r="17" spans="1:15">
       <x:c r="A17" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
-    <x:row r="18" spans="1:28">
+    <x:row r="18" spans="1:15">
       <x:c r="A18" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
-    <x:row r="19" spans="1:28">
+    <x:row r="19" spans="1:15">
       <x:c r="A19" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
-    <x:row r="20" spans="1:28">
+    <x:row r="20" spans="1:15">
       <x:c r="A20" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
-      <x:c r="B20" s="0" t="n">
-[...72 lines deleted...]
-    <x:row r="21" spans="1:28">
+    </x:row>
+    <x:row r="21" spans="1:15">
       <x:c r="A21" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
-      <x:c r="B21" s="0" t="n">
-[...72 lines deleted...]
-    <x:row r="22" spans="1:28">
+    </x:row>
+    <x:row r="22" spans="1:15">
       <x:c r="A22" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
-      <x:c r="B22" s="0" t="n">
-[...70 lines deleted...]
-      </x:c>
     </x:row>
   </x:sheetData>
-  <x:mergeCells count="10">
+  <x:mergeCells count="1">
     <x:mergeCell ref="A1:O1"/>
-    <x:mergeCell ref="B8:D8"/>
-[...7 lines deleted...]
-    <x:mergeCell ref="Z8:AB8"/>
   </x:mergeCells>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:AB22"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="54.790625" style="0" customWidth="1"/>
     <x:col min="2" max="10" width="11.920625" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="10.000625" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="9.610625" style="0" customWidth="1"/>
     <x:col min="13" max="13" width="8.230625" style="0" customWidth="1"/>
     <x:col min="14" max="14" width="10.000625" style="0" customWidth="1"/>
     <x:col min="15" max="15" width="9.610625" style="0" customWidth="1"/>
     <x:col min="16" max="16" width="8.230625" style="0" customWidth="1"/>
     <x:col min="17" max="17" width="10.000625" style="0" customWidth="1"/>
     <x:col min="18" max="18" width="9.610625" style="0" customWidth="1"/>
     <x:col min="19" max="19" width="8.230625" style="0" customWidth="1"/>
     <x:col min="20" max="20" width="10.000625" style="0" customWidth="1"/>
     <x:col min="21" max="21" width="9.610625" style="0" customWidth="1"/>
     <x:col min="22" max="22" width="8.230625" style="0" customWidth="1"/>
     <x:col min="23" max="23" width="10.000625" style="0" customWidth="1"/>
     <x:col min="24" max="24" width="9.610625" style="0" customWidth="1"/>
     <x:col min="25" max="25" width="8.230625" style="0" customWidth="1"/>
     <x:col min="26" max="26" width="10.000625" style="0" customWidth="1"/>
     <x:col min="27" max="27" width="9.610625" style="0" customWidth="1"/>
     <x:col min="28" max="28" width="8.230625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:28">
       <x:c r="A1" s="1" t="s">
-        <x:v>47</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="B1" s="1" t="s"/>
       <x:c r="C1" s="1" t="s"/>
       <x:c r="D1" s="1" t="s"/>
       <x:c r="E1" s="1" t="s"/>
       <x:c r="F1" s="1" t="s"/>
       <x:c r="G1" s="1" t="s"/>
       <x:c r="H1" s="1" t="s"/>
       <x:c r="I1" s="1" t="s"/>
       <x:c r="J1" s="1" t="s"/>
       <x:c r="K1" s="1" t="s"/>
       <x:c r="L1" s="1" t="s"/>
       <x:c r="M1" s="1" t="s"/>
       <x:c r="N1" s="1" t="s"/>
       <x:c r="O1" s="1" t="s"/>
     </x:row>
     <x:row r="2" spans="1:28">
       <x:c r="B2" s="2" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="C2" s="2" t="s">
-        <x:v>44</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="D2" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E2" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="F2" s="2" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="G2" s="2" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="H2" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="I2" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="J2" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:28">
       <x:c r="A3" s="3" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B3" s="0" t="n">
-        <x:v>8180</x:v>
+        <x:v>7931</x:v>
       </x:c>
       <x:c r="C3" s="0" t="n">
-        <x:v>8180</x:v>
+        <x:v>8321</x:v>
       </x:c>
       <x:c r="D3" s="0" t="n">
-        <x:v>7548</x:v>
+        <x:v>7329</x:v>
       </x:c>
       <x:c r="E3" s="0" t="n">
-        <x:v>6538</x:v>
+        <x:v>6660</x:v>
       </x:c>
       <x:c r="F3" s="0" t="n">
-        <x:v>8757</x:v>
-[...2 lines deleted...]
-        <x:v>6538</x:v>
+        <x:v>7912</x:v>
       </x:c>
       <x:c r="H3" s="0" t="n">
-        <x:v>7038</x:v>
+        <x:v>6801</x:v>
       </x:c>
       <x:c r="I3" s="0" t="n">
-        <x:v>8320</x:v>
+        <x:v>8003</x:v>
       </x:c>
       <x:c r="J3" s="0" t="n">
-        <x:v>9087</x:v>
+        <x:v>9104</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:28">
       <x:c r="A4" s="3" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B4" s="0" t="n">
-        <x:v>166364</x:v>
+        <x:v>167017</x:v>
       </x:c>
       <x:c r="C4" s="0" t="n">
-        <x:v>166364</x:v>
+        <x:v>172492</x:v>
       </x:c>
       <x:c r="D4" s="0" t="n">
-        <x:v>156829</x:v>
+        <x:v>150546</x:v>
       </x:c>
       <x:c r="E4" s="0" t="n">
-        <x:v>134949</x:v>
+        <x:v>126686</x:v>
       </x:c>
       <x:c r="F4" s="0" t="n">
-        <x:v>181129</x:v>
-[...2 lines deleted...]
-        <x:v>134949</x:v>
+        <x:v>149787</x:v>
       </x:c>
       <x:c r="H4" s="0" t="n">
-        <x:v>145323</x:v>
+        <x:v>129390</x:v>
       </x:c>
       <x:c r="I4" s="0" t="n">
-        <x:v>172207</x:v>
+        <x:v>150672</x:v>
       </x:c>
       <x:c r="J4" s="0" t="n">
-        <x:v>186860</x:v>
+        <x:v>171824</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:28">
       <x:c r="A5" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B5" s="0" t="n">
-        <x:v>1689831</x:v>
+        <x:v>1638385</x:v>
       </x:c>
       <x:c r="C5" s="0" t="n">
-        <x:v>1689831</x:v>
+        <x:v>1638385</x:v>
       </x:c>
       <x:c r="D5" s="0" t="n">
-        <x:v>2309723</x:v>
+        <x:v>2242553</x:v>
       </x:c>
       <x:c r="E5" s="0" t="n">
-        <x:v>1345360</x:v>
+        <x:v>1370521</x:v>
       </x:c>
       <x:c r="F5" s="0" t="n">
-        <x:v>2054251</x:v>
+        <x:v>1855865</x:v>
       </x:c>
       <x:c r="H5" s="0" t="n">
-        <x:v>1447677</x:v>
+        <x:v>1398765</x:v>
       </x:c>
       <x:c r="I5" s="0" t="n">
-        <x:v>1413876</x:v>
+        <x:v>1359989</x:v>
       </x:c>
       <x:c r="J5" s="0" t="n">
-        <x:v>1378338</x:v>
+        <x:v>1380891</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:28">
       <x:c r="A6" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B6" s="0" t="n">
-        <x:v>114801</x:v>
+        <x:v>117178</x:v>
       </x:c>
       <x:c r="C6" s="0" t="n">
-        <x:v>114801</x:v>
+        <x:v>117178</x:v>
       </x:c>
       <x:c r="D6" s="0" t="n">
-        <x:v>109650</x:v>
+        <x:v>103313</x:v>
       </x:c>
       <x:c r="E6" s="0" t="n">
-        <x:v>52154</x:v>
+        <x:v>53876</x:v>
       </x:c>
       <x:c r="F6" s="0" t="n">
-        <x:v>67095</x:v>
+        <x:v>68765</x:v>
       </x:c>
       <x:c r="H6" s="0" t="n">
-        <x:v>58074</x:v>
+        <x:v>83812</x:v>
       </x:c>
       <x:c r="I6" s="0" t="n">
-        <x:v>81353</x:v>
+        <x:v>83812</x:v>
       </x:c>
       <x:c r="J6" s="0" t="n">
-        <x:v>88914</x:v>
+        <x:v>85751</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:28">
       <x:c r="B8" s="2" t="s">
-        <x:v>45</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="C8" s="2" t="s"/>
       <x:c r="D8" s="2" t="s"/>
       <x:c r="E8" s="2" t="s">
-        <x:v>46</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="F8" s="2" t="s"/>
       <x:c r="G8" s="2" t="s"/>
       <x:c r="H8" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="I8" s="2" t="s"/>
       <x:c r="J8" s="2" t="s"/>
       <x:c r="K8" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="L8" s="2" t="s"/>
       <x:c r="M8" s="2" t="s"/>
       <x:c r="N8" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="O8" s="2" t="s"/>
       <x:c r="P8" s="2" t="s"/>
       <x:c r="Q8" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="R8" s="2" t="s"/>
       <x:c r="S8" s="2" t="s"/>
       <x:c r="T8" s="2" t="s">
         <x:v>17</x:v>
@@ -17270,573 +16885,519 @@
       </x:c>
       <x:c r="W9" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="X9" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="Y9" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Z9" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="AA9" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="AB9" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:28">
       <x:c r="A10" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B10" s="0" t="n">
-        <x:v>239</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="C10" s="0" t="n">
-        <x:v>214</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="D10" s="0" t="n">
-        <x:v>216</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="E10" s="0" t="n">
-        <x:v>239</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="F10" s="0" t="n">
-        <x:v>214</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="G10" s="0" t="n">
-        <x:v>216</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="H10" s="0" t="n">
         <x:v>254</x:v>
       </x:c>
       <x:c r="I10" s="0" t="n">
         <x:v>248</x:v>
       </x:c>
       <x:c r="J10" s="0" t="n">
         <x:v>236</x:v>
       </x:c>
       <x:c r="K10" s="0" t="n">
-        <x:v>93</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="L10" s="0" t="n">
-        <x:v>95</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="M10" s="0" t="n">
-        <x:v>81</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="N10" s="0" t="n">
-        <x:v>166</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="O10" s="0" t="n">
-        <x:v>166</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="P10" s="0" t="n">
-        <x:v>143</x:v>
-[...8 lines deleted...]
-        <x:v>81</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="T10" s="0" t="n">
-        <x:v>182</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="U10" s="0" t="n">
-        <x:v>177</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="V10" s="0" t="n">
-        <x:v>171</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="W10" s="0" t="n">
         <x:v>199</x:v>
       </x:c>
       <x:c r="X10" s="0" t="n">
-        <x:v>188</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="Y10" s="0" t="n">
-        <x:v>171</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="Z10" s="0" t="n">
-        <x:v>216</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="AA10" s="0" t="n">
-        <x:v>200</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="AB10" s="0" t="n">
-        <x:v>200</x:v>
+        <x:v>210</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:28">
       <x:c r="A11" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B11" s="0" t="n">
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="C11" s="0" t="n">
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="D11" s="0" t="n">
         <x:v>67</x:v>
       </x:c>
-      <x:c r="C11" s="0" t="n">
+      <x:c r="E11" s="0" t="n">
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="F11" s="0" t="n">
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="G11" s="0" t="n">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="H11" s="0" t="n">
+        <x:v>81</x:v>
+      </x:c>
+      <x:c r="I11" s="0" t="n">
+        <x:v>80</x:v>
+      </x:c>
+      <x:c r="J11" s="0" t="n">
+        <x:v>79</x:v>
+      </x:c>
+      <x:c r="K11" s="0" t="n">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="L11" s="0" t="n">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="M11" s="0" t="n">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="N11" s="0" t="n">
         <x:v>66</x:v>
       </x:c>
-      <x:c r="D11" s="0" t="n">
+      <x:c r="O11" s="0" t="n">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="P11" s="0" t="n">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="T11" s="0" t="n">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="U11" s="0" t="n">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="V11" s="0" t="n">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="W11" s="0" t="n">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="X11" s="0" t="n">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="Y11" s="0" t="n">
         <x:v>62</x:v>
       </x:c>
-      <x:c r="E11" s="0" t="n">
+      <x:c r="Z11" s="0" t="n">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="AA11" s="0" t="n">
         <x:v>67</x:v>
       </x:c>
-      <x:c r="F11" s="0" t="n">
+      <x:c r="AB11" s="0" t="n">
         <x:v>66</x:v>
-      </x:c>
-[...64 lines deleted...]
-        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:28">
       <x:c r="A12" s="3" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B12" s="0" t="n">
-        <x:v>96</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="C12" s="0" t="n">
-        <x:v>84</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="D12" s="0" t="n">
-        <x:v>76</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="E12" s="0" t="n">
-        <x:v>96</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="F12" s="0" t="n">
-        <x:v>84</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="G12" s="0" t="n">
-        <x:v>76</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="H12" s="0" t="n">
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="I12" s="0" t="n">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="J12" s="0" t="n">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="K12" s="0" t="n">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="L12" s="0" t="n">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="M12" s="0" t="n">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="N12" s="0" t="n">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="O12" s="0" t="n">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="P12" s="0" t="n">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="T12" s="0" t="n">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="U12" s="0" t="n">
         <x:v>61</x:v>
       </x:c>
-      <x:c r="I12" s="0" t="n">
+      <x:c r="V12" s="0" t="n">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="W12" s="0" t="n">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="X12" s="0" t="n">
+        <x:v>73</x:v>
+      </x:c>
+      <x:c r="Y12" s="0" t="n">
         <x:v>61</x:v>
       </x:c>
-      <x:c r="J12" s="0" t="n">
-[...46 lines deleted...]
-      </x:c>
       <x:c r="Z12" s="0" t="n">
-        <x:v>89</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="AA12" s="0" t="n">
-        <x:v>78</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="AB12" s="0" t="n">
-        <x:v>68</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:28">
       <x:c r="A13" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B13" s="0" t="n">
         <x:v>84</x:v>
       </x:c>
       <x:c r="C13" s="0" t="n">
         <x:v>90</x:v>
       </x:c>
       <x:c r="D13" s="0" t="n">
         <x:v>77</x:v>
       </x:c>
       <x:c r="E13" s="0" t="n">
-        <x:v>84</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="F13" s="0" t="n">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="G13" s="0" t="n">
         <x:v>90</x:v>
       </x:c>
-      <x:c r="G13" s="0" t="n">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="H13" s="0" t="n">
-        <x:v>66</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="I13" s="0" t="n">
-        <x:v>66</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="J13" s="0" t="n">
-        <x:v>58</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="K13" s="0" t="n">
         <x:v>34</x:v>
       </x:c>
       <x:c r="L13" s="0" t="n">
-        <x:v>30</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="M13" s="0" t="n">
-        <x:v>33</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="N13" s="0" t="n">
         <x:v>66</x:v>
       </x:c>
       <x:c r="O13" s="0" t="n">
-        <x:v>66</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="P13" s="0" t="n">
-        <x:v>58</x:v>
-[...8 lines deleted...]
-        <x:v>33</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="T13" s="0" t="n">
         <x:v>74</x:v>
       </x:c>
       <x:c r="U13" s="0" t="n">
-        <x:v>79</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="V13" s="0" t="n">
-        <x:v>79</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="W13" s="0" t="n">
         <x:v>72</x:v>
       </x:c>
       <x:c r="X13" s="0" t="n">
-        <x:v>86</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="Y13" s="0" t="n">
-        <x:v>78</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="Z13" s="0" t="n">
-        <x:v>88</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="AA13" s="0" t="n">
-        <x:v>85</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="AB13" s="0" t="n">
-        <x:v>85</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:28">
       <x:c r="A14" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="E14" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="F14" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="G14" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:28">
       <x:c r="A15" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B15" s="0" t="n">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C15" s="0" t="n">
         <x:v>22</x:v>
       </x:c>
       <x:c r="D15" s="0" t="n">
         <x:v>22</x:v>
       </x:c>
       <x:c r="E15" s="0" t="n">
-        <x:v>22</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="F15" s="0" t="n">
-        <x:v>22</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="G15" s="0" t="n">
-        <x:v>22</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="H15" s="0" t="n">
-        <x:v>21</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="I15" s="0" t="n">
-        <x:v>21</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="J15" s="0" t="n">
-        <x:v>21</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="K15" s="0" t="n">
         <x:v>18</x:v>
       </x:c>
       <x:c r="L15" s="0" t="n">
         <x:v>18</x:v>
       </x:c>
       <x:c r="M15" s="0" t="n">
         <x:v>18</x:v>
       </x:c>
       <x:c r="N15" s="0" t="n">
-        <x:v>24</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="O15" s="0" t="n">
-        <x:v>24</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="P15" s="0" t="n">
-        <x:v>24</x:v>
-[...8 lines deleted...]
-        <x:v>18</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="T15" s="0" t="n">
         <x:v>19</x:v>
       </x:c>
       <x:c r="U15" s="0" t="n">
         <x:v>19</x:v>
       </x:c>
       <x:c r="V15" s="0" t="n">
         <x:v>19</x:v>
       </x:c>
       <x:c r="W15" s="0" t="n">
-        <x:v>23</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="X15" s="0" t="n">
-        <x:v>23</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="Y15" s="0" t="n">
-        <x:v>23</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="Z15" s="0" t="n">
         <x:v>25</x:v>
       </x:c>
       <x:c r="AA15" s="0" t="n">
         <x:v>25</x:v>
       </x:c>
       <x:c r="AB15" s="0" t="n">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:28">
       <x:c r="A16" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B16" s="0" t="n">
-        <x:v>456</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="C16" s="0" t="n">
-        <x:v>456</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="D16" s="0" t="n">
-        <x:v>456</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="E16" s="0" t="n">
-        <x:v>456</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="F16" s="0" t="n">
-        <x:v>456</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="G16" s="0" t="n">
-        <x:v>456</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="H16" s="0" t="n">
-        <x:v>430</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="I16" s="0" t="n">
-        <x:v>430</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="J16" s="0" t="n">
-        <x:v>430</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="K16" s="0" t="n">
-        <x:v>370</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="L16" s="0" t="n">
-        <x:v>370</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="M16" s="0" t="n">
-        <x:v>370</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="N16" s="0" t="n">
-        <x:v>496</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="O16" s="0" t="n">
-        <x:v>496</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="P16" s="0" t="n">
-        <x:v>496</x:v>
-[...8 lines deleted...]
-        <x:v>370</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="T16" s="0" t="n">
-        <x:v>398</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="U16" s="0" t="n">
-        <x:v>398</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="V16" s="0" t="n">
-        <x:v>398</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="W16" s="0" t="n">
-        <x:v>472</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="X16" s="0" t="n">
-        <x:v>472</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="Y16" s="0" t="n">
-        <x:v>472</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="Z16" s="0" t="n">
-        <x:v>512</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="AA16" s="0" t="n">
-        <x:v>512</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="AB16" s="0" t="n">
-        <x:v>512</x:v>
+        <x:v>471</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:28">
       <x:c r="A17" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:28">
       <x:c r="A18" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:28">
       <x:c r="A19" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:28">
       <x:c r="A20" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B20" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C20" s="0" t="n">
@@ -17859,59 +17420,50 @@
       </x:c>
       <x:c r="I20" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="J20" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="K20" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="L20" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="M20" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="N20" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="O20" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="P20" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
-      <x:c r="Q20" s="0" t="n">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="T20" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="U20" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="V20" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="W20" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="X20" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="Y20" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="Z20" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AA20" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AB20" s="0" t="n">
@@ -17945,432 +17497,1446 @@
       </x:c>
       <x:c r="I21" s="0" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="J21" s="0" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="K21" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="L21" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="M21" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="N21" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="O21" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="P21" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
-      <x:c r="Q21" s="0" t="n">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="T21" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="U21" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="V21" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="W21" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="X21" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="Y21" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="Z21" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>1.5</x:v>
       </x:c>
       <x:c r="AA21" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>1.6</x:v>
       </x:c>
       <x:c r="AB21" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>1.6</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:28">
       <x:c r="A22" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B22" s="0" t="n">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="C22" s="0" t="n">
         <x:v>58</x:v>
       </x:c>
-      <x:c r="C22" s="0" t="n">
+      <x:c r="D22" s="0" t="n">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="E22" s="0" t="n">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="F22" s="0" t="n">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="G22" s="0" t="n">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="H22" s="0" t="n">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="I22" s="0" t="n">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="J22" s="0" t="n">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="K22" s="0" t="n">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="L22" s="0" t="n">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="M22" s="0" t="n">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="N22" s="0" t="n">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="O22" s="0" t="n">
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="P22" s="0" t="n">
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="T22" s="0" t="n">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="U22" s="0" t="n">
         <x:v>61</x:v>
       </x:c>
-      <x:c r="D22" s="0" t="n">
-[...52 lines deleted...]
-      </x:c>
       <x:c r="V22" s="0" t="n">
-        <x:v>67</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="W22" s="0" t="n">
-        <x:v>72</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="X22" s="0" t="n">
-        <x:v>73</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="Y22" s="0" t="n">
-        <x:v>73</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="Z22" s="0" t="n">
-        <x:v>60</x:v>
+        <x:v>55.5</x:v>
       </x:c>
       <x:c r="AA22" s="0" t="n">
-        <x:v>63</x:v>
+        <x:v>57.9</x:v>
       </x:c>
       <x:c r="AB22" s="0" t="n">
-        <x:v>63</x:v>
+        <x:v>58.2</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="10">
     <x:mergeCell ref="A1:O1"/>
     <x:mergeCell ref="B8:D8"/>
     <x:mergeCell ref="E8:G8"/>
     <x:mergeCell ref="H8:J8"/>
     <x:mergeCell ref="K8:M8"/>
     <x:mergeCell ref="N8:P8"/>
     <x:mergeCell ref="Q8:S8"/>
     <x:mergeCell ref="T8:V8"/>
     <x:mergeCell ref="W8:Y8"/>
     <x:mergeCell ref="Z8:AB8"/>
   </x:mergeCells>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:O22"/>
+  <x:dimension ref="A1:AB22"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="54.790625" style="0" customWidth="1"/>
-    <x:col min="2" max="15" width="9.140625" style="0" customWidth="1"/>
+    <x:col min="2" max="10" width="11.920625" style="0" customWidth="1"/>
+    <x:col min="11" max="11" width="10.000625" style="0" customWidth="1"/>
+    <x:col min="12" max="12" width="9.610625" style="0" customWidth="1"/>
+    <x:col min="13" max="13" width="8.230625" style="0" customWidth="1"/>
+    <x:col min="14" max="14" width="10.000625" style="0" customWidth="1"/>
+    <x:col min="15" max="15" width="9.610625" style="0" customWidth="1"/>
+    <x:col min="16" max="16" width="8.230625" style="0" customWidth="1"/>
+    <x:col min="17" max="17" width="10.000625" style="0" customWidth="1"/>
+    <x:col min="18" max="18" width="9.610625" style="0" customWidth="1"/>
+    <x:col min="19" max="19" width="8.230625" style="0" customWidth="1"/>
+    <x:col min="20" max="20" width="10.000625" style="0" customWidth="1"/>
+    <x:col min="21" max="21" width="9.610625" style="0" customWidth="1"/>
+    <x:col min="22" max="22" width="8.230625" style="0" customWidth="1"/>
+    <x:col min="23" max="23" width="10.000625" style="0" customWidth="1"/>
+    <x:col min="24" max="24" width="9.610625" style="0" customWidth="1"/>
+    <x:col min="25" max="25" width="8.230625" style="0" customWidth="1"/>
+    <x:col min="26" max="26" width="10.000625" style="0" customWidth="1"/>
+    <x:col min="27" max="27" width="9.610625" style="0" customWidth="1"/>
+    <x:col min="28" max="28" width="8.230625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
-    <x:row r="1" spans="1:15">
+    <x:row r="1" spans="1:28">
       <x:c r="A1" s="1" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B1" s="1" t="s"/>
       <x:c r="C1" s="1" t="s"/>
       <x:c r="D1" s="1" t="s"/>
       <x:c r="E1" s="1" t="s"/>
       <x:c r="F1" s="1" t="s"/>
       <x:c r="G1" s="1" t="s"/>
       <x:c r="H1" s="1" t="s"/>
       <x:c r="I1" s="1" t="s"/>
       <x:c r="J1" s="1" t="s"/>
       <x:c r="K1" s="1" t="s"/>
       <x:c r="L1" s="1" t="s"/>
       <x:c r="M1" s="1" t="s"/>
       <x:c r="N1" s="1" t="s"/>
       <x:c r="O1" s="1" t="s"/>
     </x:row>
-    <x:row r="3" spans="1:15">
+    <x:row r="2" spans="1:28">
+      <x:c r="B2" s="2" t="s">
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="C2" s="2" t="s">
+        <x:v>45</x:v>
+      </x:c>
+      <x:c r="D2" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="E2" s="2" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="F2" s="2" t="s">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c r="G2" s="2" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="H2" s="2" t="s">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c r="I2" s="2" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="J2" s="2" t="s">
+        <x:v>7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="3" spans="1:28">
       <x:c r="A3" s="3" t="s">
         <x:v>9</x:v>
       </x:c>
-    </x:row>
-    <x:row r="4" spans="1:15">
+      <x:c r="B3" s="0" t="n">
+        <x:v>8180</x:v>
+      </x:c>
+      <x:c r="C3" s="0" t="n">
+        <x:v>8738</x:v>
+      </x:c>
+      <x:c r="D3" s="0" t="n">
+        <x:v>7548</x:v>
+      </x:c>
+      <x:c r="E3" s="0" t="n">
+        <x:v>6538</x:v>
+      </x:c>
+      <x:c r="F3" s="0" t="n">
+        <x:v>8757</x:v>
+      </x:c>
+      <x:c r="G3" s="0" t="n">
+        <x:v>6538</x:v>
+      </x:c>
+      <x:c r="H3" s="0" t="n">
+        <x:v>7038</x:v>
+      </x:c>
+      <x:c r="I3" s="0" t="n">
+        <x:v>8320</x:v>
+      </x:c>
+      <x:c r="J3" s="0" t="n">
+        <x:v>9087</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4" spans="1:28">
       <x:c r="A4" s="3" t="s">
         <x:v>10</x:v>
       </x:c>
-    </x:row>
-    <x:row r="5" spans="1:15">
+      <x:c r="B4" s="0" t="n">
+        <x:v>166364</x:v>
+      </x:c>
+      <x:c r="C4" s="0" t="n">
+        <x:v>179014</x:v>
+      </x:c>
+      <x:c r="D4" s="0" t="n">
+        <x:v>156829</x:v>
+      </x:c>
+      <x:c r="E4" s="0" t="n">
+        <x:v>134949</x:v>
+      </x:c>
+      <x:c r="F4" s="0" t="n">
+        <x:v>181129</x:v>
+      </x:c>
+      <x:c r="G4" s="0" t="n">
+        <x:v>134949</x:v>
+      </x:c>
+      <x:c r="H4" s="0" t="n">
+        <x:v>145323</x:v>
+      </x:c>
+      <x:c r="I4" s="0" t="n">
+        <x:v>172207</x:v>
+      </x:c>
+      <x:c r="J4" s="0" t="n">
+        <x:v>186860</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5" spans="1:28">
       <x:c r="A5" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
-    </x:row>
-    <x:row r="6" spans="1:15">
+      <x:c r="B5" s="0" t="n">
+        <x:v>1689831</x:v>
+      </x:c>
+      <x:c r="C5" s="0" t="n">
+        <x:v>1689831</x:v>
+      </x:c>
+      <x:c r="D5" s="0" t="n">
+        <x:v>2309723</x:v>
+      </x:c>
+      <x:c r="E5" s="0" t="n">
+        <x:v>1345360</x:v>
+      </x:c>
+      <x:c r="F5" s="0" t="n">
+        <x:v>2054251</x:v>
+      </x:c>
+      <x:c r="H5" s="0" t="n">
+        <x:v>1447677</x:v>
+      </x:c>
+      <x:c r="I5" s="0" t="n">
+        <x:v>1413876</x:v>
+      </x:c>
+      <x:c r="J5" s="0" t="n">
+        <x:v>1378338</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="6" spans="1:28">
       <x:c r="A6" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
-    </x:row>
-    <x:row r="10" spans="1:15">
+      <x:c r="B6" s="0" t="n">
+        <x:v>114801</x:v>
+      </x:c>
+      <x:c r="C6" s="0" t="n">
+        <x:v>114801</x:v>
+      </x:c>
+      <x:c r="D6" s="0" t="n">
+        <x:v>109650</x:v>
+      </x:c>
+      <x:c r="E6" s="0" t="n">
+        <x:v>52154</x:v>
+      </x:c>
+      <x:c r="F6" s="0" t="n">
+        <x:v>67095</x:v>
+      </x:c>
+      <x:c r="H6" s="0" t="n">
+        <x:v>58074</x:v>
+      </x:c>
+      <x:c r="I6" s="0" t="n">
+        <x:v>81353</x:v>
+      </x:c>
+      <x:c r="J6" s="0" t="n">
+        <x:v>88914</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="8" spans="1:28">
+      <x:c r="B8" s="2" t="s">
+        <x:v>46</x:v>
+      </x:c>
+      <x:c r="C8" s="2" t="s"/>
+      <x:c r="D8" s="2" t="s"/>
+      <x:c r="E8" s="2" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="F8" s="2" t="s"/>
+      <x:c r="G8" s="2" t="s"/>
+      <x:c r="H8" s="2" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="I8" s="2" t="s"/>
+      <x:c r="J8" s="2" t="s"/>
+      <x:c r="K8" s="2" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="L8" s="2" t="s"/>
+      <x:c r="M8" s="2" t="s"/>
+      <x:c r="N8" s="2" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="O8" s="2" t="s"/>
+      <x:c r="P8" s="2" t="s"/>
+      <x:c r="Q8" s="2" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="R8" s="2" t="s"/>
+      <x:c r="S8" s="2" t="s"/>
+      <x:c r="T8" s="2" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="U8" s="2" t="s"/>
+      <x:c r="V8" s="2" t="s"/>
+      <x:c r="W8" s="2" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="X8" s="2" t="s"/>
+      <x:c r="Y8" s="2" t="s"/>
+      <x:c r="Z8" s="2" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="AA8" s="2" t="s"/>
+      <x:c r="AB8" s="2" t="s"/>
+    </x:row>
+    <x:row r="9" spans="1:28">
+      <x:c r="B9" s="2" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="C9" s="2" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="D9" s="2" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="E9" s="2" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="F9" s="2" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="G9" s="2" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="H9" s="2" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="I9" s="2" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="J9" s="2" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="K9" s="2" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="L9" s="2" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="M9" s="2" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="N9" s="2" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="O9" s="2" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="P9" s="2" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="Q9" s="2" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="R9" s="2" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="S9" s="2" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="T9" s="2" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="U9" s="2" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="V9" s="2" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="W9" s="2" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="X9" s="2" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="Y9" s="2" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="Z9" s="2" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="AA9" s="2" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="AB9" s="2" t="s">
+        <x:v>23</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="10" spans="1:28">
       <x:c r="A10" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
-    </x:row>
-    <x:row r="11" spans="1:15">
+      <x:c r="B10" s="0" t="n">
+        <x:v>239</x:v>
+      </x:c>
+      <x:c r="C10" s="0" t="n">
+        <x:v>214</x:v>
+      </x:c>
+      <x:c r="D10" s="0" t="n">
+        <x:v>216</x:v>
+      </x:c>
+      <x:c r="E10" s="0" t="n">
+        <x:v>248</x:v>
+      </x:c>
+      <x:c r="F10" s="0" t="n">
+        <x:v>229</x:v>
+      </x:c>
+      <x:c r="G10" s="0" t="n">
+        <x:v>226</x:v>
+      </x:c>
+      <x:c r="H10" s="0" t="n">
+        <x:v>254</x:v>
+      </x:c>
+      <x:c r="I10" s="0" t="n">
+        <x:v>248</x:v>
+      </x:c>
+      <x:c r="J10" s="0" t="n">
+        <x:v>236</x:v>
+      </x:c>
+      <x:c r="K10" s="0" t="n">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="L10" s="0" t="n">
+        <x:v>95</x:v>
+      </x:c>
+      <x:c r="M10" s="0" t="n">
+        <x:v>81</x:v>
+      </x:c>
+      <x:c r="N10" s="0" t="n">
+        <x:v>166</x:v>
+      </x:c>
+      <x:c r="O10" s="0" t="n">
+        <x:v>166</x:v>
+      </x:c>
+      <x:c r="P10" s="0" t="n">
+        <x:v>143</x:v>
+      </x:c>
+      <x:c r="Q10" s="0" t="n">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="R10" s="0" t="n">
+        <x:v>95</x:v>
+      </x:c>
+      <x:c r="S10" s="0" t="n">
+        <x:v>81</x:v>
+      </x:c>
+      <x:c r="T10" s="0" t="n">
+        <x:v>182</x:v>
+      </x:c>
+      <x:c r="U10" s="0" t="n">
+        <x:v>177</x:v>
+      </x:c>
+      <x:c r="V10" s="0" t="n">
+        <x:v>171</x:v>
+      </x:c>
+      <x:c r="W10" s="0" t="n">
+        <x:v>199</x:v>
+      </x:c>
+      <x:c r="X10" s="0" t="n">
+        <x:v>188</x:v>
+      </x:c>
+      <x:c r="Y10" s="0" t="n">
+        <x:v>171</x:v>
+      </x:c>
+      <x:c r="Z10" s="0" t="n">
+        <x:v>216</x:v>
+      </x:c>
+      <x:c r="AA10" s="0" t="n">
+        <x:v>200</x:v>
+      </x:c>
+      <x:c r="AB10" s="0" t="n">
+        <x:v>200</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="11" spans="1:28">
       <x:c r="A11" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
-    </x:row>
-    <x:row r="12" spans="1:15">
+      <x:c r="B11" s="0" t="n">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="C11" s="0" t="n">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="D11" s="0" t="n">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="E11" s="0" t="n">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="F11" s="0" t="n">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="G11" s="0" t="n">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="H11" s="0" t="n">
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="I11" s="0" t="n">
+        <x:v>92</x:v>
+      </x:c>
+      <x:c r="J11" s="0" t="n">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="K11" s="0" t="n">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="L11" s="0" t="n">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="M11" s="0" t="n">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="N11" s="0" t="n">
+        <x:v>43</x:v>
+      </x:c>
+      <x:c r="O11" s="0" t="n">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="P11" s="0" t="n">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="Q11" s="0" t="n">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="R11" s="0" t="n">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="S11" s="0" t="n">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="T11" s="0" t="n">
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="U11" s="0" t="n">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="V11" s="0" t="n">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="W11" s="0" t="n">
+        <x:v>46</x:v>
+      </x:c>
+      <x:c r="X11" s="0" t="n">
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="Y11" s="0" t="n">
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="Z11" s="0" t="n">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="AA11" s="0" t="n">
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="AB11" s="0" t="n">
+        <x:v>42</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="12" spans="1:28">
       <x:c r="A12" s="3" t="s">
         <x:v>26</x:v>
       </x:c>
-    </x:row>
-    <x:row r="13" spans="1:15">
+      <x:c r="B12" s="0" t="n">
+        <x:v>96</x:v>
+      </x:c>
+      <x:c r="C12" s="0" t="n">
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="D12" s="0" t="n">
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="E12" s="0" t="n">
+        <x:v>96</x:v>
+      </x:c>
+      <x:c r="F12" s="0" t="n">
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="G12" s="0" t="n">
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="H12" s="0" t="n">
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="I12" s="0" t="n">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="J12" s="0" t="n">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="K12" s="0" t="n">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="L12" s="0" t="n">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="M12" s="0" t="n">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="N12" s="0" t="n">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="O12" s="0" t="n">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="P12" s="0" t="n">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="Q12" s="0" t="n">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="R12" s="0" t="n">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="S12" s="0" t="n">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="T12" s="0" t="n">
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="U12" s="0" t="n">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="V12" s="0" t="n">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="W12" s="0" t="n">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="X12" s="0" t="n">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="Y12" s="0" t="n">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="Z12" s="0" t="n">
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="AA12" s="0" t="n">
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="AB12" s="0" t="n">
+        <x:v>68</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="13" spans="1:28">
       <x:c r="A13" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
-    </x:row>
-    <x:row r="14" spans="1:15">
+      <x:c r="B13" s="0" t="n">
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="C13" s="0" t="n">
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="D13" s="0" t="n">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="E13" s="0" t="n">
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="F13" s="0" t="n">
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="G13" s="0" t="n">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="H13" s="0" t="n">
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="I13" s="0" t="n">
+        <x:v>111</x:v>
+      </x:c>
+      <x:c r="J13" s="0" t="n">
+        <x:v>83</x:v>
+      </x:c>
+      <x:c r="K13" s="0" t="n">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="L13" s="0" t="n">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="M13" s="0" t="n">
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="N13" s="0" t="n">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="O13" s="0" t="n">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="P13" s="0" t="n">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="Q13" s="0" t="n">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="R13" s="0" t="n">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="S13" s="0" t="n">
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="T13" s="0" t="n">
+        <x:v>74</x:v>
+      </x:c>
+      <x:c r="U13" s="0" t="n">
+        <x:v>79</x:v>
+      </x:c>
+      <x:c r="V13" s="0" t="n">
+        <x:v>79</x:v>
+      </x:c>
+      <x:c r="W13" s="0" t="n">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="X13" s="0" t="n">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="Y13" s="0" t="n">
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="Z13" s="0" t="n">
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="AA13" s="0" t="n">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="AB13" s="0" t="n">
+        <x:v>85</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="14" spans="1:28">
       <x:c r="A14" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
-    </x:row>
-    <x:row r="15" spans="1:15">
+      <x:c r="E14" s="0" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="F14" s="0" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="G14" s="0" t="n">
+        <x:v>0</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="15" spans="1:28">
       <x:c r="A15" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
-    </x:row>
-    <x:row r="16" spans="1:15">
+      <x:c r="B15" s="0" t="n">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="C15" s="0" t="n">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="D15" s="0" t="n">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="E15" s="0" t="n">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="F15" s="0" t="n">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="G15" s="0" t="n">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="H15" s="0" t="n">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="I15" s="0" t="n">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J15" s="0" t="n">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="K15" s="0" t="n">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="L15" s="0" t="n">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="M15" s="0" t="n">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="N15" s="0" t="n">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="O15" s="0" t="n">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="P15" s="0" t="n">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="Q15" s="0" t="n">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="R15" s="0" t="n">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="S15" s="0" t="n">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="T15" s="0" t="n">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="U15" s="0" t="n">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="V15" s="0" t="n">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="W15" s="0" t="n">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="X15" s="0" t="n">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="Y15" s="0" t="n">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="Z15" s="0" t="n">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="AA15" s="0" t="n">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="AB15" s="0" t="n">
+        <x:v>25</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="16" spans="1:28">
       <x:c r="A16" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
-    </x:row>
-    <x:row r="17" spans="1:15">
+      <x:c r="B16" s="0" t="n">
+        <x:v>456</x:v>
+      </x:c>
+      <x:c r="C16" s="0" t="n">
+        <x:v>456</x:v>
+      </x:c>
+      <x:c r="D16" s="0" t="n">
+        <x:v>456</x:v>
+      </x:c>
+      <x:c r="E16" s="0" t="n">
+        <x:v>490</x:v>
+      </x:c>
+      <x:c r="F16" s="0" t="n">
+        <x:v>490</x:v>
+      </x:c>
+      <x:c r="G16" s="0" t="n">
+        <x:v>490</x:v>
+      </x:c>
+      <x:c r="H16" s="0" t="n">
+        <x:v>430</x:v>
+      </x:c>
+      <x:c r="I16" s="0" t="n">
+        <x:v>430</x:v>
+      </x:c>
+      <x:c r="J16" s="0" t="n">
+        <x:v>430</x:v>
+      </x:c>
+      <x:c r="K16" s="0" t="n">
+        <x:v>370</x:v>
+      </x:c>
+      <x:c r="L16" s="0" t="n">
+        <x:v>370</x:v>
+      </x:c>
+      <x:c r="M16" s="0" t="n">
+        <x:v>370</x:v>
+      </x:c>
+      <x:c r="N16" s="0" t="n">
+        <x:v>496</x:v>
+      </x:c>
+      <x:c r="O16" s="0" t="n">
+        <x:v>496</x:v>
+      </x:c>
+      <x:c r="P16" s="0" t="n">
+        <x:v>496</x:v>
+      </x:c>
+      <x:c r="Q16" s="0" t="n">
+        <x:v>370</x:v>
+      </x:c>
+      <x:c r="R16" s="0" t="n">
+        <x:v>370</x:v>
+      </x:c>
+      <x:c r="S16" s="0" t="n">
+        <x:v>370</x:v>
+      </x:c>
+      <x:c r="T16" s="0" t="n">
+        <x:v>398</x:v>
+      </x:c>
+      <x:c r="U16" s="0" t="n">
+        <x:v>398</x:v>
+      </x:c>
+      <x:c r="V16" s="0" t="n">
+        <x:v>398</x:v>
+      </x:c>
+      <x:c r="W16" s="0" t="n">
+        <x:v>472</x:v>
+      </x:c>
+      <x:c r="X16" s="0" t="n">
+        <x:v>472</x:v>
+      </x:c>
+      <x:c r="Y16" s="0" t="n">
+        <x:v>472</x:v>
+      </x:c>
+      <x:c r="Z16" s="0" t="n">
+        <x:v>512</x:v>
+      </x:c>
+      <x:c r="AA16" s="0" t="n">
+        <x:v>512</x:v>
+      </x:c>
+      <x:c r="AB16" s="0" t="n">
+        <x:v>512</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="17" spans="1:28">
       <x:c r="A17" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
-    <x:row r="18" spans="1:15">
+    <x:row r="18" spans="1:28">
       <x:c r="A18" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
-    <x:row r="19" spans="1:15">
+    <x:row r="19" spans="1:28">
       <x:c r="A19" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
-    <x:row r="20" spans="1:15">
+    <x:row r="20" spans="1:28">
       <x:c r="A20" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
-    </x:row>
-    <x:row r="21" spans="1:15">
+      <x:c r="B20" s="0" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="C20" s="0" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="D20" s="0" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="E20" s="0" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="F20" s="0" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="G20" s="0" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="H20" s="0" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="I20" s="0" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="J20" s="0" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="K20" s="0" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="L20" s="0" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="M20" s="0" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="N20" s="0" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="O20" s="0" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="P20" s="0" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="Q20" s="0" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="R20" s="0" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="S20" s="0" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="T20" s="0" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="U20" s="0" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="V20" s="0" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="W20" s="0" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="X20" s="0" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="Y20" s="0" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="Z20" s="0" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="AA20" s="0" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="AB20" s="0" t="n">
+        <x:v>2</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="21" spans="1:28">
       <x:c r="A21" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
-    </x:row>
-    <x:row r="22" spans="1:15">
+      <x:c r="B21" s="0" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="C21" s="0" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="D21" s="0" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="E21" s="0" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="F21" s="0" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="G21" s="0" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="H21" s="0" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I21" s="0" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="J21" s="0" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="K21" s="0" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="L21" s="0" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="M21" s="0" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="N21" s="0" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="O21" s="0" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="P21" s="0" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="Q21" s="0" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="R21" s="0" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="S21" s="0" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="T21" s="0" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="U21" s="0" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="V21" s="0" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="W21" s="0" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="X21" s="0" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="Y21" s="0" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="Z21" s="0" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="AA21" s="0" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="AB21" s="0" t="n">
+        <x:v>2</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="22" spans="1:28">
       <x:c r="A22" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
+      <x:c r="B22" s="0" t="n">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="C22" s="0" t="n">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="D22" s="0" t="n">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="E22" s="0" t="n">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="F22" s="0" t="n">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="G22" s="0" t="n">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="H22" s="0" t="n">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="I22" s="0" t="n">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="J22" s="0" t="n">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="K22" s="0" t="n">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="L22" s="0" t="n">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="M22" s="0" t="n">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="N22" s="0" t="n">
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="O22" s="0" t="n">
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="P22" s="0" t="n">
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="Q22" s="0" t="n">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="R22" s="0" t="n">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="S22" s="0" t="n">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="T22" s="0" t="n">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="U22" s="0" t="n">
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="V22" s="0" t="n">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="W22" s="0" t="n">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="X22" s="0" t="n">
+        <x:v>73</x:v>
+      </x:c>
+      <x:c r="Y22" s="0" t="n">
+        <x:v>73</x:v>
+      </x:c>
+      <x:c r="Z22" s="0" t="n">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="AA22" s="0" t="n">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="AB22" s="0" t="n">
+        <x:v>63</x:v>
+      </x:c>
     </x:row>
   </x:sheetData>
-  <x:mergeCells count="1">
+  <x:mergeCells count="10">
     <x:mergeCell ref="A1:O1"/>
+    <x:mergeCell ref="B8:D8"/>
+    <x:mergeCell ref="E8:G8"/>
+    <x:mergeCell ref="H8:J8"/>
+    <x:mergeCell ref="K8:M8"/>
+    <x:mergeCell ref="N8:P8"/>
+    <x:mergeCell ref="Q8:S8"/>
+    <x:mergeCell ref="T8:V8"/>
+    <x:mergeCell ref="W8:Y8"/>
+    <x:mergeCell ref="Z8:AB8"/>
   </x:mergeCells>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
-    <vt:vector baseType="lpstr" size="105">
+    <vt:vector baseType="lpstr" size="111">
       <vt:lpstr>19X</vt:lpstr>
       <vt:lpstr>22</vt:lpstr>
-      <vt:lpstr>28 East Shore Express</vt:lpstr>
+      <vt:lpstr>28</vt:lpstr>
       <vt:lpstr>50</vt:lpstr>
       <vt:lpstr>51</vt:lpstr>
       <vt:lpstr>55</vt:lpstr>
+      <vt:lpstr>Highway 89 Night Service</vt:lpstr>
       <vt:lpstr>HWY 267</vt:lpstr>
       <vt:lpstr>HWY 89</vt:lpstr>
       <vt:lpstr>Lake Link Zone 1</vt:lpstr>
       <vt:lpstr>Mainline Nevada</vt:lpstr>
       <vt:lpstr>Mainline North Shore</vt:lpstr>
       <vt:lpstr>Mainline West Shore</vt:lpstr>
       <vt:lpstr>Night Service 267</vt:lpstr>
-      <vt:lpstr>Night Service Olympic Valley...</vt:lpstr>
       <vt:lpstr>TART ADA Paratransit</vt:lpstr>
       <vt:lpstr>TART Connect 1 and 2</vt:lpstr>
       <vt:lpstr>TART Connect 3</vt:lpstr>
       <vt:lpstr>TTD ADA Paratransit</vt:lpstr>
       <vt:lpstr>10 Orange</vt:lpstr>
       <vt:lpstr>11 Green</vt:lpstr>
       <vt:lpstr>12 Red</vt:lpstr>
       <vt:lpstr>13 Yellow</vt:lpstr>
       <vt:lpstr>14 Purple</vt:lpstr>
       <vt:lpstr>15 Blue</vt:lpstr>
       <vt:lpstr>18X</vt:lpstr>
       <vt:lpstr>20X</vt:lpstr>
       <vt:lpstr>21x</vt:lpstr>
       <vt:lpstr>23</vt:lpstr>
+      <vt:lpstr>28 East Shore Express</vt:lpstr>
       <vt:lpstr>30 Emerald Bay Trolley</vt:lpstr>
       <vt:lpstr>53</vt:lpstr>
       <vt:lpstr>53 Late Night</vt:lpstr>
       <vt:lpstr>Night Service 89</vt:lpstr>
+      <vt:lpstr>Night Service Olympic Valley...</vt:lpstr>
       <vt:lpstr>TART Connect 1</vt:lpstr>
       <vt:lpstr>TART Connect 2</vt:lpstr>
       <vt:lpstr>TTD Demand Response</vt:lpstr>
       <vt:lpstr>19X!Print_Area</vt:lpstr>
       <vt:lpstr>19X!Print_Titles</vt:lpstr>
       <vt:lpstr>22!Print_Area</vt:lpstr>
       <vt:lpstr>22!Print_Titles</vt:lpstr>
-      <vt:lpstr>28 East Shore Express!Print_Area</vt:lpstr>
-      <vt:lpstr>28 East Shore Express!Print_Titles</vt:lpstr>
+      <vt:lpstr>28!Print_Area</vt:lpstr>
+      <vt:lpstr>28!Print_Titles</vt:lpstr>
       <vt:lpstr>50!Print_Area</vt:lpstr>
       <vt:lpstr>50!Print_Titles</vt:lpstr>
       <vt:lpstr>51!Print_Area</vt:lpstr>
       <vt:lpstr>51!Print_Titles</vt:lpstr>
       <vt:lpstr>55!Print_Area</vt:lpstr>
       <vt:lpstr>55!Print_Titles</vt:lpstr>
+      <vt:lpstr>Highway 89 Night Service!Print_Area</vt:lpstr>
+      <vt:lpstr>Highway 89 Night Service!Print_Titles</vt:lpstr>
       <vt:lpstr>HWY 267!Print_Area</vt:lpstr>
       <vt:lpstr>HWY 267!Print_Titles</vt:lpstr>
       <vt:lpstr>HWY 89!Print_Area</vt:lpstr>
       <vt:lpstr>HWY 89!Print_Titles</vt:lpstr>
       <vt:lpstr>Lake Link Zone 1!Print_Area</vt:lpstr>
       <vt:lpstr>Lake Link Zone 1!Print_Titles</vt:lpstr>
       <vt:lpstr>Mainline Nevada!Print_Area</vt:lpstr>
       <vt:lpstr>Mainline Nevada!Print_Titles</vt:lpstr>
       <vt:lpstr>Mainline North Shore!Print_Area</vt:lpstr>
       <vt:lpstr>Mainline North Shore!Print_Titles</vt:lpstr>
       <vt:lpstr>Mainline West Shore!Print_Area</vt:lpstr>
       <vt:lpstr>Mainline West Shore!Print_Titles</vt:lpstr>
       <vt:lpstr>Night Service 267!Print_Area</vt:lpstr>
       <vt:lpstr>Night Service 267!Print_Titles</vt:lpstr>
-      <vt:lpstr>Night Service Olympic Valley...!Print_Area</vt:lpstr>
-      <vt:lpstr>Night Service Olympic Valley...!Print_Titles</vt:lpstr>
       <vt:lpstr>TART ADA Paratransit!Print_Area</vt:lpstr>
       <vt:lpstr>TART ADA Paratransit!Print_Titles</vt:lpstr>
       <vt:lpstr>TART Connect 1 and 2!Print_Area</vt:lpstr>
       <vt:lpstr>TART Connect 1 and 2!Print_Titles</vt:lpstr>
       <vt:lpstr>TART Connect 3!Print_Area</vt:lpstr>
       <vt:lpstr>TART Connect 3!Print_Titles</vt:lpstr>
       <vt:lpstr>TTD ADA Paratransit!Print_Area</vt:lpstr>
       <vt:lpstr>TTD ADA Paratransit!Print_Titles</vt:lpstr>
       <vt:lpstr>10 Orange!Print_Area</vt:lpstr>
       <vt:lpstr>10 Orange!Print_Titles</vt:lpstr>
       <vt:lpstr>11 Green!Print_Area</vt:lpstr>
       <vt:lpstr>11 Green!Print_Titles</vt:lpstr>
       <vt:lpstr>12 Red!Print_Area</vt:lpstr>
       <vt:lpstr>12 Red!Print_Titles</vt:lpstr>
       <vt:lpstr>13 Yellow!Print_Area</vt:lpstr>
       <vt:lpstr>13 Yellow!Print_Titles</vt:lpstr>
       <vt:lpstr>14 Purple!Print_Area</vt:lpstr>
       <vt:lpstr>14 Purple!Print_Titles</vt:lpstr>
       <vt:lpstr>15 Blue!Print_Area</vt:lpstr>
       <vt:lpstr>15 Blue!Print_Titles</vt:lpstr>
       <vt:lpstr>18X!Print_Area</vt:lpstr>
       <vt:lpstr>18X!Print_Titles</vt:lpstr>
       <vt:lpstr>20X!Print_Area</vt:lpstr>
       <vt:lpstr>20X!Print_Titles</vt:lpstr>
       <vt:lpstr>21x!Print_Area</vt:lpstr>
       <vt:lpstr>21x!Print_Titles</vt:lpstr>
       <vt:lpstr>23!Print_Area</vt:lpstr>
       <vt:lpstr>23!Print_Titles</vt:lpstr>
+      <vt:lpstr>28 East Shore Express!Print_Area</vt:lpstr>
+      <vt:lpstr>28 East Shore Express!Print_Titles</vt:lpstr>
       <vt:lpstr>30 Emerald Bay Trolley!Print_Area</vt:lpstr>
       <vt:lpstr>30 Emerald Bay Trolley!Print_Titles</vt:lpstr>
       <vt:lpstr>53!Print_Area</vt:lpstr>
       <vt:lpstr>53!Print_Titles</vt:lpstr>
       <vt:lpstr>53 Late Night!Print_Area</vt:lpstr>
       <vt:lpstr>53 Late Night!Print_Titles</vt:lpstr>
       <vt:lpstr>Night Service 89!Print_Area</vt:lpstr>
       <vt:lpstr>Night Service 89!Print_Titles</vt:lpstr>
+      <vt:lpstr>Night Service Olympic Valley...!Print_Area</vt:lpstr>
+      <vt:lpstr>Night Service Olympic Valley...!Print_Titles</vt:lpstr>
       <vt:lpstr>TART Connect 1!Print_Area</vt:lpstr>
       <vt:lpstr>TART Connect 1!Print_Titles</vt:lpstr>
       <vt:lpstr>TART Connect 2!Print_Area</vt:lpstr>
       <vt:lpstr>TART Connect 2!Print_Titles</vt:lpstr>
       <vt:lpstr>TTD Demand Response!Print_Area</vt:lpstr>
       <vt:lpstr>TTD Demand Response!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>35</vt:i4>
+        <vt:i4>37</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>70</vt:i4>
+        <vt:i4>74</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>