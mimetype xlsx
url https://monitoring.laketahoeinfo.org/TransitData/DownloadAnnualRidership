--- v3 (2026-02-04)
+++ v4 (2026-03-03)
@@ -26,51 +26,51 @@
   <Override PartName="/xl/worksheets/sheet17.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet18.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet19.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet20.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet21.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet22.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet23.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet24.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet25.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet26.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet27.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet28.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet29.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet30.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet31.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet32.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet33.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet34.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet35.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet36.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet37.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbe6cfd80c35e4160" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/313002fb0b924f8882b6c5ad5d65601b.psmdcp" Id="R18268629ae974a2e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9a25fff45d1f4935" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/fe874d679f004048bac29edc1795e3e6.psmdcp" Id="R76ad43c119884803" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="19X" sheetId="2" r:id="rId2"/>
     <x:sheet name="22" sheetId="3" r:id="rId3"/>
     <x:sheet name="28" sheetId="4" r:id="rId4"/>
     <x:sheet name="50" sheetId="5" r:id="rId5"/>
     <x:sheet name="51" sheetId="6" r:id="rId6"/>
     <x:sheet name="55" sheetId="7" r:id="rId7"/>
     <x:sheet name="Highway 89 Night Service" sheetId="8" r:id="rId8"/>
     <x:sheet name="HWY 267" sheetId="9" r:id="rId9"/>
     <x:sheet name="HWY 89" sheetId="10" r:id="rId10"/>
     <x:sheet name="Lake Link Zone 1" sheetId="11" r:id="rId11"/>
     <x:sheet name="Mainline Nevada" sheetId="12" r:id="rId12"/>
     <x:sheet name="Mainline North Shore" sheetId="13" r:id="rId13"/>
     <x:sheet name="Mainline West Shore" sheetId="14" r:id="rId14"/>
     <x:sheet name="Night Service 267" sheetId="15" r:id="rId15"/>
     <x:sheet name="TART ADA Paratransit" sheetId="16" r:id="rId16"/>
     <x:sheet name="TART Connect 1 and 2" sheetId="17" r:id="rId17"/>